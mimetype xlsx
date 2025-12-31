--- v0 (2025-11-06)
+++ v1 (2025-12-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabc3b79776ee476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6aec5f7318d8443c8531b5a8830d9a6b.psmdcp" Id="R894f465d900e4ad5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R143b4dab056348ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1eb8fa5f5e9451ea5732be72edc0d1b.psmdcp" Id="R0c9a9aaaeeb14a5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>WPM21</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Industrial Price Index</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/15/2020 11:00:00 AM</x:t>
+    <x:t>15/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WPM21/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>WPIM</x:t>
   </x:si>
   <x:si>
     <x:t>Wholesale Prices Monthly Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Ronan O'Sullivan</x:t>
   </x:si>
@@ -1021,1035 +1021,326 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...983 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02596V03150" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Broad Industrial Sector NACE Rev 2" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="104">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="104">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H937" totalsRowShown="0">
   <x:autoFilter ref="A1:H937"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02596V03150"/>
     <x:tableColumn id="4" name="Broad Industrial Sector NACE Rev 2"/>
     <x:tableColumn id="5" name="TLIST(M1)"/>
     <x:tableColumn id="6" name="Month"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2318,51 +1609,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WPM21/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2549,51 +1840,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H937"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="46.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="9.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="40.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -26943,51 +26234,51 @@
       <x:c r="E937" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="F937" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="G937" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H937" s="0">
         <x:v>99.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27004,51 +26295,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H937" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="WPM21"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Industrial Price Index"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02596V03150">
       <x:sharedItems count="9">
         <x:s v="Z0610"/>
         <x:s v="Z0500"/>
         <x:s v="Z0800"/>
         <x:s v="Z0900"/>
         <x:s v="ZA100"/>
         <x:s v="ZA200"/>
         <x:s v="V2100"/>
         <x:s v="ZXC801"/>
         <x:s v="ZXC907"/>
       </x:sharedItems>
     </x:cacheField>
@@ -27507,27 +26798,9388 @@
         <x:n v="109.1"/>
         <x:n v="95.6"/>
         <x:n v="106.8"/>
         <x:n v="108.1"/>
         <x:n v="108.2"/>
         <x:n v="105.6"/>
         <x:n v="105.3"/>
         <x:n v="86.3"/>
         <x:n v="86.2"/>
         <x:n v="86.1"/>
         <x:n v="87.1"/>
         <x:n v="87.3"/>
         <x:n v="87.4"/>
         <x:n v="87.6"/>
         <x:n v="89.2"/>
         <x:n v="89.3"/>
         <x:n v="89.7"/>
         <x:n v="90.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="91.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="91.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0610"/>
+    <s v="Intermediate goods (except energy)"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="117.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="116.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="117.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="117.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="119.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="116.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="120.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="119.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="119.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="118.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="117.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="117.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="116.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="114.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="114.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="114.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="114.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="113.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="114.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="114.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="111.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="111.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="111.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="109.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="109.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="108.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0500"/>
+    <s v="Capital goods"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="108.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="90.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="91.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="91.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0800"/>
+    <s v="Durable consumer goods"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="Z0900"/>
+    <s v="Non-durable consumer goods"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="90.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="90.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="91.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="109.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="108.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="108.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="108.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA100"/>
+    <s v="Manufacturing industries (home sales)"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="110.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZA200"/>
+    <s v="Manufacturing industries (export sales)"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="V2100"/>
+    <s v="Manufacturing industries (10 to 33)"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="77.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="80.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="79.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="80.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="84.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="83.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="88.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="88.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="86.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="113.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="113.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="109.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="101.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="102.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="104.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="108.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="108.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="106.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC801"/>
+    <s v="Energy products"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="105.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200501"/>
+    <s v="2005M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200502"/>
+    <s v="2005M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="86.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200503"/>
+    <s v="2005M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="86.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200504"/>
+    <s v="2005M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200505"/>
+    <s v="2005M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200506"/>
+    <s v="2005M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200507"/>
+    <s v="2005M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200508"/>
+    <s v="2005M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200509"/>
+    <s v="2005M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200510"/>
+    <s v="2005M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200511"/>
+    <s v="2005M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="89.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200512"/>
+    <s v="2005M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200601"/>
+    <s v="2006M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="89.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200602"/>
+    <s v="2006M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200603"/>
+    <s v="2006M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="90.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200604"/>
+    <s v="2006M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="91.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200605"/>
+    <s v="2006M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200606"/>
+    <s v="2006M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200607"/>
+    <s v="2006M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200608"/>
+    <s v="2006M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="92.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200609"/>
+    <s v="2006M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="93.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200610"/>
+    <s v="2006M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200611"/>
+    <s v="2006M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200612"/>
+    <s v="2006M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200701"/>
+    <s v="2007M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200702"/>
+    <s v="2007M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200703"/>
+    <s v="2007M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="95.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200704"/>
+    <s v="2007M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200705"/>
+    <s v="2007M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200706"/>
+    <s v="2007M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200707"/>
+    <s v="2007M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200708"/>
+    <s v="2007M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200709"/>
+    <s v="2007M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200710"/>
+    <s v="2007M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200711"/>
+    <s v="2007M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200712"/>
+    <s v="2007M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200801"/>
+    <s v="2008M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200802"/>
+    <s v="2008M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200803"/>
+    <s v="2008M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200804"/>
+    <s v="2008M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200805"/>
+    <s v="2008M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200806"/>
+    <s v="2008M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200807"/>
+    <s v="2008M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200808"/>
+    <s v="2008M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200809"/>
+    <s v="2008M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200810"/>
+    <s v="2008M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200811"/>
+    <s v="2008M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200812"/>
+    <s v="2008M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200901"/>
+    <s v="2009M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200902"/>
+    <s v="2009M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200903"/>
+    <s v="2009M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200904"/>
+    <s v="2009M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200905"/>
+    <s v="2009M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200906"/>
+    <s v="2009M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200907"/>
+    <s v="2009M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200908"/>
+    <s v="2009M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200909"/>
+    <s v="2009M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200910"/>
+    <s v="2009M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200911"/>
+    <s v="2009M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="200912"/>
+    <s v="2009M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201001"/>
+    <s v="2010M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201002"/>
+    <s v="2010M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201003"/>
+    <s v="2010M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201004"/>
+    <s v="2010M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201005"/>
+    <s v="2010M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201006"/>
+    <s v="2010M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201007"/>
+    <s v="2010M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201008"/>
+    <s v="2010M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201009"/>
+    <s v="2010M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201010"/>
+    <s v="2010M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201011"/>
+    <s v="2010M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201012"/>
+    <s v="2010M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201101"/>
+    <s v="2011M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="100.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201102"/>
+    <s v="2011M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201103"/>
+    <s v="2011M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201104"/>
+    <s v="2011M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="96.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201105"/>
+    <s v="2011M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.1"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201106"/>
+    <s v="2011M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201107"/>
+    <s v="2011M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.2"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201108"/>
+    <s v="2011M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201109"/>
+    <s v="2011M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201110"/>
+    <s v="2011M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201111"/>
+    <s v="2011M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201112"/>
+    <s v="2011M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201201"/>
+    <s v="2012M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201202"/>
+    <s v="2012M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201203"/>
+    <s v="2012M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="97.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201204"/>
+    <s v="2012M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201205"/>
+    <s v="2012M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201206"/>
+    <s v="2012M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201207"/>
+    <s v="2012M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201208"/>
+    <s v="2012M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.7"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201209"/>
+    <s v="2012M09"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.4"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201210"/>
+    <s v="2012M10"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.5"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201211"/>
+    <s v="2012M11"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.6"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201212"/>
+    <s v="2012M12"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201301"/>
+    <s v="2013M01"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201302"/>
+    <s v="2013M02"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.8"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201303"/>
+    <s v="2013M03"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201304"/>
+    <s v="2013M04"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201305"/>
+    <s v="2013M05"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="98.9"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201306"/>
+    <s v="2013M06"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201307"/>
+    <s v="2013M07"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="WPM21"/>
+    <s v="Industrial Price Index"/>
+    <s v="ZXC907"/>
+    <s v="Building and construction (i.e. materials and wages)"/>
+    <s v="201308"/>
+    <s v="2013M08"/>
+    <s v="Base 2010=100 rescaled from Base 2005=100"/>
+    <n v="99.1"/>
+  </r>
+</pivotCacheRecords>
 </file>