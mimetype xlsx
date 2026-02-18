--- v1 (2025-12-31)
+++ v2 (2026-02-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R143b4dab056348ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1eb8fa5f5e9451ea5732be72edc0d1b.psmdcp" Id="R0c9a9aaaeeb14a5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce642b4b8a141c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2d18e2bb3c64affb323653834db3342.psmdcp" Id="R5fe006aacff4441d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>