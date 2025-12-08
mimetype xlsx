--- v0 (2025-10-13)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eaf66488efc42c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d044e71248d4bce8486b896aac8cf4f.psmdcp" Id="Rbb9a59fdcf904a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rade17cfdef174501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/090c62ff565548c8bc45b043a3685509.psmdcp" Id="R230d6e126da54a74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>WPEI03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Wood and Paper Exports and Imports Value</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>4/15/2025 11:00:00 AM</x:t>
+    <x:t>15/04/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WPEI03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>WPEI</x:t>
   </x:si>
   <x:si>
     <x:t>Wood &amp; Paper Exports &amp; Imports</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Niamh Shanahan</x:t>
   </x:si>
@@ -296,50 +296,53 @@
   <x:si>
     <x:t>2003</x:t>
   </x:si>
   <x:si>
     <x:t>2004</x:t>
   </x:si>
   <x:si>
     <x:t>2005</x:t>
   </x:si>
   <x:si>
     <x:t>2006</x:t>
   </x:si>
   <x:si>
     <x:t>2007</x:t>
   </x:si>
   <x:si>
     <x:t>2008</x:t>
   </x:si>
   <x:si>
     <x:t>2009</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
@@ -520,475 +523,186 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...423 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="29">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="29">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03928V04680" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Wood Products" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H755" totalsRowShown="0">
   <x:autoFilter ref="A1:H755"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03928V04680"/>
     <x:tableColumn id="6" name="Wood Products"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1257,51 +971,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WPEI03/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1488,51 +1202,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H755"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="35.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="14.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -6678,50 +6392,53 @@
         <x:v>12226</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H200" s="0">
         <x:v>14</x:v>
@@ -6947,14248 +6664,14251 @@
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H209" s="0">
         <x:v>115190</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H210" s="0">
         <x:v>556151</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H211" s="0">
         <x:v>13783</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H212" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H213" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H214" s="0">
         <x:v>1489</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H215" s="0">
         <x:v>85042</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H216" s="0">
         <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H217" s="0">
         <x:v>172876</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H218" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H219" s="0">
         <x:v>59571</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H220" s="0">
         <x:v>40443</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H221" s="0">
         <x:v>65049</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H222" s="0">
         <x:v>117025</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H223" s="0">
         <x:v>587314</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H224" s="0">
         <x:v>11398</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H225" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H226" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H227" s="0">
         <x:v>2996</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H228" s="0">
         <x:v>95027</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H229" s="0">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H230" s="0">
         <x:v>179710</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H231" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H232" s="0">
         <x:v>57802</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H233" s="0">
         <x:v>38245</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H234" s="0">
         <x:v>72406</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H235" s="0">
         <x:v>129517</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H236" s="0">
         <x:v>639190</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H237" s="0">
         <x:v>12257</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H238" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H239" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H240" s="0">
         <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H241" s="0">
         <x:v>105778</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H242" s="0">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H243" s="0">
         <x:v>199215</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H244" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H245" s="0">
         <x:v>57112</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H246" s="0">
         <x:v>50610</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H247" s="0">
         <x:v>89104</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H248" s="0">
         <x:v>123875</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H249" s="0">
         <x:v>688161</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H250" s="0">
         <x:v>16878</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H251" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H252" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H253" s="0">
         <x:v>1515</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H254" s="0">
         <x:v>131165</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H255" s="0">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H256" s="0">
         <x:v>197971</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H257" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H258" s="0">
         <x:v>64309</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H259" s="0">
         <x:v>42068</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H260" s="0">
         <x:v>96055</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H261" s="0">
         <x:v>137761</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H262" s="0">
         <x:v>712530</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H263" s="0">
         <x:v>18177</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H264" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H265" s="0">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H266" s="0">
         <x:v>3626</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H267" s="0">
         <x:v>126162</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H268" s="0">
         <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H269" s="0">
         <x:v>190737</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H270" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H271" s="0">
         <x:v>66324</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H272" s="0">
         <x:v>33649</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H273" s="0">
         <x:v>128519</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H274" s="0">
         <x:v>144605</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H275" s="0">
         <x:v>741227</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H276" s="0">
         <x:v>21174</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H277" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H278" s="0">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H279" s="0">
         <x:v>7263</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H280" s="0">
         <x:v>124690</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H281" s="0">
         <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H282" s="0">
         <x:v>208761</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H283" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H284" s="0">
         <x:v>75531</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H285" s="0">
         <x:v>33988</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H286" s="0">
         <x:v>127247</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H287" s="0">
         <x:v>141698</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H288" s="0">
         <x:v>748074</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H289" s="0">
         <x:v>20859</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H290" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H291" s="0">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H292" s="0">
         <x:v>9114</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H293" s="0">
         <x:v>127423</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H294" s="0">
         <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H295" s="0">
         <x:v>223423</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H296" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H297" s="0">
         <x:v>75519</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H298" s="0">
         <x:v>30062</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H299" s="0">
         <x:v>107179</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H300" s="0">
         <x:v>153299</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H301" s="0">
         <x:v>791060</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H302" s="0">
         <x:v>22342</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H303" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H304" s="0">
         <x:v>709</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H305" s="0">
         <x:v>10695</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H306" s="0">
         <x:v>144273</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H307" s="0">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H308" s="0">
         <x:v>244634</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H309" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H310" s="0">
         <x:v>61169</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H311" s="0">
         <x:v>24579</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H312" s="0">
         <x:v>118601</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H313" s="0">
         <x:v>163414</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H314" s="0">
         <x:v>790095</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H315" s="0">
         <x:v>25942</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H316" s="0">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H317" s="0">
         <x:v>842</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H318" s="0">
         <x:v>12264</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H319" s="0">
         <x:v>135396</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H320" s="0">
         <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H321" s="0">
         <x:v>241135</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H322" s="0">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H323" s="0">
         <x:v>45760</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H324" s="0">
         <x:v>24501</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H325" s="0">
         <x:v>109948</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H326" s="0">
         <x:v>193301</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H327" s="0">
         <x:v>750727</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H328" s="0">
         <x:v>18495</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H329" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H330" s="0">
         <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H331" s="0">
         <x:v>10791</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H332" s="0">
         <x:v>144578</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H333" s="0">
         <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H334" s="0">
         <x:v>229454</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H335" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H336" s="0">
         <x:v>40586</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H337" s="0">
         <x:v>24136</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H338" s="0">
         <x:v>99296</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H339" s="0">
         <x:v>181952</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H340" s="0">
         <x:v>1046103</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H341" s="0">
         <x:v>25511</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H342" s="0">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H343" s="0">
         <x:v>1942</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H344" s="0">
         <x:v>12251</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H345" s="0">
         <x:v>233702</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H346" s="0">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H347" s="0">
         <x:v>344724</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H348" s="0">
         <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H349" s="0">
         <x:v>83436</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H350" s="0">
         <x:v>30618</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H351" s="0">
         <x:v>118127</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H352" s="0">
         <x:v>194597</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H353" s="0">
         <x:v>1210667</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H354" s="0">
         <x:v>28284</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H355" s="0">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H356" s="0">
         <x:v>1213</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H357" s="0">
         <x:v>33250</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H358" s="0">
         <x:v>228750</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H359" s="0">
         <x:v>721</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H360" s="0">
         <x:v>388858</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H361" s="0">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H362" s="0">
         <x:v>84963</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H363" s="0">
         <x:v>37953</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H364" s="0">
         <x:v>170280</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H365" s="0">
         <x:v>235905</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H366" s="0">
         <x:v>1025645</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H367" s="0">
         <x:v>31212</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H368" s="0">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H369" s="0">
         <x:v>1418</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H370" s="0">
         <x:v>35022</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H371" s="0">
         <x:v>150087</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H372" s="0">
         <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H373" s="0">
         <x:v>338298</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H374" s="0">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H375" s="0">
         <x:v>56945</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H376" s="0">
         <x:v>38478</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H377" s="0">
         <x:v>149460</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H378" s="0">
         <x:v>223420</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H379" s="0">
         <x:v>995323</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H380" s="0">
         <x:v>4032</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H381" s="0">
         <x:v>5765</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H382" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H383" s="0">
         <x:v>736</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H384" s="0">
         <x:v>55116</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H385" s="0">
         <x:v>36103</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H386" s="0">
         <x:v>60071</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H387" s="0">
         <x:v>13594</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H388" s="0">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H389" s="0">
         <x:v>344572</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H390" s="0">
         <x:v>116877</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H391" s="0">
         <x:v>357889</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H392" s="0">
         <x:v>1002771</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H393" s="0">
         <x:v>6156</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H394" s="0">
         <x:v>6499</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H395" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H396" s="0">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H397" s="0">
         <x:v>55394</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H398" s="0">
         <x:v>34016</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H399" s="0">
         <x:v>67511</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H400" s="0">
         <x:v>13383</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H401" s="0">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H402" s="0">
         <x:v>309031</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H403" s="0">
         <x:v>150195</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H404" s="0">
         <x:v>360093</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H405" s="0">
         <x:v>1169320</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H406" s="0">
         <x:v>16701</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H407" s="0">
         <x:v>10598</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H408" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H409" s="0">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H410" s="0">
         <x:v>77701</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H411" s="0">
         <x:v>40816</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H412" s="0">
         <x:v>75354</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H413" s="0">
         <x:v>15426</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H414" s="0">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H415" s="0">
         <x:v>324285</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H416" s="0">
         <x:v>198619</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H417" s="0">
         <x:v>409278</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H418" s="0">
         <x:v>1331380</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H419" s="0">
         <x:v>18964</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H420" s="0">
         <x:v>11204</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H421" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H422" s="0">
         <x:v>1237</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H423" s="0">
         <x:v>91601</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H424" s="0">
         <x:v>63095</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H425" s="0">
         <x:v>82029</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H426" s="0">
         <x:v>19484</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H427" s="0">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H428" s="0">
         <x:v>343084</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H429" s="0">
         <x:v>243458</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H430" s="0">
         <x:v>456986</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H431" s="0">
         <x:v>1394700</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H432" s="0">
         <x:v>20813</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H433" s="0">
         <x:v>11836</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H434" s="0">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H435" s="0">
         <x:v>1481</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H436" s="0">
         <x:v>98791</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H437" s="0">
         <x:v>60386</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H438" s="0">
         <x:v>82830</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H439" s="0">
         <x:v>20552</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H440" s="0">
         <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H441" s="0">
         <x:v>351269</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H442" s="0">
         <x:v>292516</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H443" s="0">
         <x:v>453113</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H444" s="0">
         <x:v>1636425</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H445" s="0">
         <x:v>24213</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H446" s="0">
         <x:v>14783</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H447" s="0">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H448" s="0">
         <x:v>3890</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H449" s="0">
         <x:v>125948</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H450" s="0">
         <x:v>73226</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H451" s="0">
         <x:v>105560</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H452" s="0">
         <x:v>24411</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H453" s="0">
         <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H454" s="0">
         <x:v>381027</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H455" s="0">
         <x:v>387302</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H456" s="0">
         <x:v>495346</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H457" s="0">
         <x:v>1622852</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H458" s="0">
         <x:v>30773</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H459" s="0">
         <x:v>16640</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H460" s="0">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H461" s="0">
         <x:v>4096</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H462" s="0">
         <x:v>107495</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H463" s="0">
         <x:v>65185</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H464" s="0">
         <x:v>107892</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H465" s="0">
         <x:v>24661</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H466" s="0">
         <x:v>1758</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H467" s="0">
         <x:v>386297</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H468" s="0">
         <x:v>395499</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H469" s="0">
         <x:v>482131</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H470" s="0">
         <x:v>1651112</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H471" s="0">
         <x:v>38182</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H472" s="0">
         <x:v>15144</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H473" s="0">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H474" s="0">
         <x:v>3677</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H475" s="0">
         <x:v>113006</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H476" s="0">
         <x:v>44642</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H477" s="0">
         <x:v>101577</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H478" s="0">
         <x:v>21153</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H479" s="0">
         <x:v>1412</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H480" s="0">
         <x:v>379239</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H481" s="0">
         <x:v>437437</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H482" s="0">
         <x:v>495277</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H483" s="0">
         <x:v>1694847</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H484" s="0">
         <x:v>49749</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H485" s="0">
         <x:v>18827</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H486" s="0">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H487" s="0">
         <x:v>3500</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H488" s="0">
         <x:v>151992</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H489" s="0">
         <x:v>52884</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H490" s="0">
         <x:v>102110</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H491" s="0">
         <x:v>17564</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H492" s="0">
         <x:v>2779</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H493" s="0">
         <x:v>384866</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H494" s="0">
         <x:v>461894</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H495" s="0">
         <x:v>448332</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H496" s="0">
         <x:v>1810826</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H497" s="0">
         <x:v>62108</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H498" s="0">
         <x:v>19050</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H499" s="0">
         <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H500" s="0">
         <x:v>3698</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H501" s="0">
         <x:v>147968</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H502" s="0">
         <x:v>65699</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H503" s="0">
         <x:v>127111</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H504" s="0">
         <x:v>16785</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H505" s="0">
         <x:v>3948</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H506" s="0">
         <x:v>380124</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H507" s="0">
         <x:v>559299</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H508" s="0">
         <x:v>424278</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H509" s="0">
         <x:v>1948551</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H510" s="0">
         <x:v>55223</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H511" s="0">
         <x:v>18920</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H512" s="0">
         <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H513" s="0">
         <x:v>5553</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H514" s="0">
         <x:v>168483</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H515" s="0">
         <x:v>73505</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H516" s="0">
         <x:v>135391</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H517" s="0">
         <x:v>14513</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H518" s="0">
         <x:v>2645</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H519" s="0">
         <x:v>377513</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H520" s="0">
         <x:v>640824</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H521" s="0">
         <x:v>455656</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H522" s="0">
         <x:v>2109009</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H523" s="0">
         <x:v>51048</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H524" s="0">
         <x:v>18924</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H525" s="0">
         <x:v>1096</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H526" s="0">
         <x:v>4335</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H527" s="0">
         <x:v>190807</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H528" s="0">
         <x:v>63200</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H529" s="0">
         <x:v>140775</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H530" s="0">
         <x:v>15345</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H531" s="0">
         <x:v>2019</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H532" s="0">
         <x:v>375359</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H533" s="0">
         <x:v>759635</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H534" s="0">
         <x:v>486467</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H535" s="0">
         <x:v>2203592</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H536" s="0">
         <x:v>50866</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H537" s="0">
         <x:v>11912</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H538" s="0">
         <x:v>1612</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H539" s="0">
         <x:v>7999</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H540" s="0">
         <x:v>198708</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H541" s="0">
         <x:v>74716</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H542" s="0">
         <x:v>144378</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H543" s="0">
         <x:v>21135</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H544" s="0">
         <x:v>5505</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H545" s="0">
         <x:v>412136</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H546" s="0">
         <x:v>758304</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H547" s="0">
         <x:v>516319</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H548" s="0">
         <x:v>1822890</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H549" s="0">
         <x:v>36368</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H550" s="0">
         <x:v>6075</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H551" s="0">
         <x:v>2406</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H552" s="0">
         <x:v>4267</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H553" s="0">
         <x:v>94529</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H554" s="0">
         <x:v>50390</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H555" s="0">
         <x:v>106790</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H556" s="0">
         <x:v>19780</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H557" s="0">
         <x:v>5551</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H558" s="0">
         <x:v>380512</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H559" s="0">
         <x:v>551242</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H560" s="0">
         <x:v>564979</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H561" s="0">
         <x:v>1257357</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H562" s="0">
         <x:v>24377</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H563" s="0">
         <x:v>3003</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H564" s="0">
         <x:v>3312</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H565" s="0">
         <x:v>2052</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H566" s="0">
         <x:v>43946</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H567" s="0">
         <x:v>27797</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H568" s="0">
         <x:v>67432</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H569" s="0">
         <x:v>22225</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H570" s="0">
         <x:v>7188</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H571" s="0">
         <x:v>267317</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H572" s="0">
         <x:v>317162</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H573" s="0">
         <x:v>471546</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H574" s="0">
         <x:v>1283844</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H575" s="0">
         <x:v>19872</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H576" s="0">
         <x:v>3432</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H577" s="0">
         <x:v>3869</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H578" s="0">
         <x:v>2516</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H579" s="0">
         <x:v>51561</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H580" s="0">
         <x:v>26039</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H581" s="0">
         <x:v>65091</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H582" s="0">
         <x:v>30811</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H583" s="0">
         <x:v>9670</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H584" s="0">
         <x:v>274501</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H585" s="0">
         <x:v>304581</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H586" s="0">
         <x:v>491901</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H587" s="0">
         <x:v>1301142</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H588" s="0">
         <x:v>20569</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H589" s="0">
         <x:v>2235</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H590" s="0">
         <x:v>2427</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H591" s="0">
         <x:v>3658</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H592" s="0">
         <x:v>42508</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H593" s="0">
         <x:v>22439</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H594" s="0">
         <x:v>68111</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H595" s="0">
         <x:v>45136</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H596" s="0">
         <x:v>7775</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H597" s="0">
         <x:v>290133</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H598" s="0">
         <x:v>256584</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H599" s="0">
         <x:v>539567</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H600" s="0">
         <x:v>1309983</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H601" s="0">
         <x:v>19443</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H602" s="0">
         <x:v>1454</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H603" s="0">
         <x:v>3036</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H604" s="0">
         <x:v>5159</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H605" s="0">
         <x:v>34970</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H606" s="0">
         <x:v>22249</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H607" s="0">
         <x:v>74330</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H608" s="0">
         <x:v>44075</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H609" s="0">
         <x:v>6667</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H610" s="0">
         <x:v>292313</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H611" s="0">
         <x:v>256203</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H612" s="0">
         <x:v>550083</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H613" s="0">
         <x:v>1292936</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H614" s="0">
         <x:v>20334</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H615" s="0">
         <x:v>1646</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H616" s="0">
         <x:v>4083</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H617" s="0">
         <x:v>9285</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H618" s="0">
         <x:v>35351</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H619" s="0">
         <x:v>18840</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H620" s="0">
         <x:v>77787</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H621" s="0">
         <x:v>40621</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H622" s="0">
         <x:v>6760</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H623" s="0">
         <x:v>302922</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H624" s="0">
         <x:v>263289</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H625" s="0">
         <x:v>512016</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H626" s="0">
         <x:v>1439743</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H627" s="0">
         <x:v>25978</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H628" s="0">
         <x:v>3119</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H629" s="0">
         <x:v>4125</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H630" s="0">
         <x:v>9278</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H631" s="0">
         <x:v>49111</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H632" s="0">
         <x:v>23873</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H633" s="0">
         <x:v>96983</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H634" s="0">
         <x:v>41914</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H635" s="0">
         <x:v>8243</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H636" s="0">
         <x:v>309904</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H637" s="0">
         <x:v>319696</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H638" s="0">
         <x:v>547519</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H639" s="0">
         <x:v>1648324</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H640" s="0">
         <x:v>35933</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H641" s="0">
         <x:v>2931</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H642" s="0">
         <x:v>4995</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H643" s="0">
         <x:v>10471</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H644" s="0">
         <x:v>57725</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H645" s="0">
         <x:v>29059</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H646" s="0">
         <x:v>111400</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H647" s="0">
         <x:v>53346</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H648" s="0">
         <x:v>6884</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H649" s="0">
         <x:v>317521</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H650" s="0">
         <x:v>389824</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H651" s="0">
         <x:v>628235</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H652" s="0">
         <x:v>1582230</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H653" s="0">
         <x:v>27727</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H654" s="0">
         <x:v>3361</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H655" s="0">
         <x:v>3119</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H656" s="0">
         <x:v>24502</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H657" s="0">
         <x:v>56518</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H658" s="0">
         <x:v>30236</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H659" s="0">
         <x:v>115494</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H660" s="0">
         <x:v>45709</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H661" s="0">
         <x:v>6617</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H662" s="0">
         <x:v>294100</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H663" s="0">
         <x:v>376013</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H664" s="0">
         <x:v>598836</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H665" s="0">
         <x:v>1649399</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H666" s="0">
         <x:v>33256</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H667" s="0">
         <x:v>4820</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H668" s="0">
         <x:v>2990</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H669" s="0">
         <x:v>18344</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H670" s="0">
         <x:v>67702</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H671" s="0">
         <x:v>29351</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H672" s="0">
         <x:v>125300</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H673" s="0">
         <x:v>46372</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H674" s="0">
         <x:v>7423</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H675" s="0">
         <x:v>292534</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H676" s="0">
         <x:v>410754</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H677" s="0">
         <x:v>610553</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H678" s="0">
         <x:v>1755239</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H679" s="0">
         <x:v>23381</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H680" s="0">
         <x:v>5078</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H681" s="0">
         <x:v>4840</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H682" s="0">
         <x:v>20941</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H683" s="0">
         <x:v>91781</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H684" s="0">
         <x:v>31084</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H685" s="0">
         <x:v>130634</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H686" s="0">
         <x:v>38328</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H687" s="0">
         <x:v>7111</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H688" s="0">
         <x:v>316391</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H689" s="0">
         <x:v>458431</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H690" s="0">
         <x:v>627240</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H691" s="0">
         <x:v>1909024</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H692" s="0">
         <x:v>26556</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H693" s="0">
         <x:v>5405</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H694" s="0">
         <x:v>5153</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H695" s="0">
         <x:v>29931</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H696" s="0">
         <x:v>93724</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H697" s="0">
         <x:v>37474</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H698" s="0">
         <x:v>141507</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H699" s="0">
         <x:v>53159</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H700" s="0">
         <x:v>6614</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H701" s="0">
         <x:v>312725</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H702" s="0">
         <x:v>519812</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H703" s="0">
         <x:v>676964</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H704" s="0">
         <x:v>1792114</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H705" s="0">
         <x:v>23835</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H706" s="0">
         <x:v>4097</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H707" s="0">
         <x:v>5475</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H708" s="0">
         <x:v>34940</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H709" s="0">
         <x:v>82398</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H710" s="0">
         <x:v>30258</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H711" s="0">
         <x:v>141609</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E712" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H712" s="0">
         <x:v>52909</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E713" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F713" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H713" s="0">
         <x:v>3458</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H714" s="0">
         <x:v>274752</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H715" s="0">
         <x:v>472930</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D716" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E716" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F716" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G716" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H716" s="0">
         <x:v>665454</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D717" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E717" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F717" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H717" s="0">
         <x:v>2091655</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C718" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D718" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E718" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F718" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G718" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H718" s="0">
         <x:v>38566</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C719" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D719" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E719" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F719" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H719" s="0">
         <x:v>5682</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C720" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D720" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E720" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F720" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G720" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H720" s="0">
         <x:v>8884</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C721" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D721" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E721" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H721" s="0">
         <x:v>33304</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C722" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D722" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E722" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F722" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G722" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H722" s="0">
         <x:v>139537</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C723" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D723" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E723" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F723" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H723" s="0">
         <x:v>34917</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C724" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D724" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E724" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F724" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G724" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H724" s="0">
         <x:v>177321</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D725" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E725" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F725" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H725" s="0">
         <x:v>32781</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D726" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E726" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F726" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G726" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H726" s="0">
         <x:v>2793</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D727" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E727" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F727" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H727" s="0">
         <x:v>321452</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D728" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E728" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F728" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G728" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H728" s="0">
         <x:v>637834</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C729" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D729" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E729" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H729" s="0">
         <x:v>658582</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C730" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D730" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E730" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F730" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G730" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H730" s="0">
         <x:v>2706782</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
       <x:c r="A731" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C731" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D731" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E731" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F731" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G731" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H731" s="0">
         <x:v>28198</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:8">
       <x:c r="A732" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C732" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D732" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E732" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F732" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G732" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H732" s="0">
         <x:v>7361</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E733" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H733" s="0">
         <x:v>10618</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D734" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E734" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F734" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G734" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H734" s="0">
         <x:v>48776</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:8">
       <x:c r="A735" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C735" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D735" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E735" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F735" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H735" s="0">
         <x:v>133940</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:8">
       <x:c r="A736" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C736" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D736" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E736" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F736" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G736" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H736" s="0">
         <x:v>39818</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:8">
       <x:c r="A737" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C737" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D737" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E737" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F737" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G737" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H737" s="0">
         <x:v>226292</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:8">
       <x:c r="A738" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C738" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D738" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E738" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F738" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G738" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H738" s="0">
         <x:v>45699</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:8">
       <x:c r="A739" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C739" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D739" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E739" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F739" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G739" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H739" s="0">
         <x:v>3175</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:8">
       <x:c r="A740" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D740" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E740" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F740" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G740" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H740" s="0">
         <x:v>477858</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:8">
       <x:c r="A741" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D741" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E741" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F741" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H741" s="0">
         <x:v>801874</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:8">
       <x:c r="A742" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C742" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D742" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E742" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F742" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G742" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H742" s="0">
         <x:v>883172</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:8">
       <x:c r="A743" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B743" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C743" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B743" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D743" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E743" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F743" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G743" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H743" s="0">
         <x:v>2518087</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:8">
       <x:c r="A744" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B744" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C744" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B744" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D744" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E744" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F744" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G744" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H744" s="0">
         <x:v>27881</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:8">
       <x:c r="A745" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B745" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C745" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B745" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D745" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E745" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F745" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G745" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H745" s="0">
         <x:v>7097</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:8">
       <x:c r="A746" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B746" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C746" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B746" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D746" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E746" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F746" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G746" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H746" s="0">
         <x:v>15258</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:8">
       <x:c r="A747" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B747" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C747" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B747" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D747" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E747" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F747" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G747" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H747" s="0">
         <x:v>75261</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:8">
       <x:c r="A748" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B748" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C748" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B748" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D748" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E748" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F748" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G748" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H748" s="0">
         <x:v>105790</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:8">
       <x:c r="A749" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B749" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C749" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B749" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D749" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E749" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F749" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G749" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H749" s="0">
         <x:v>43666</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:8">
       <x:c r="A750" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B750" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C750" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B750" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D750" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E750" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F750" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G750" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H750" s="0">
         <x:v>207334</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:8">
       <x:c r="A751" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B751" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C751" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B751" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D751" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E751" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F751" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G751" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H751" s="0">
         <x:v>46225</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:8">
       <x:c r="A752" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B752" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C752" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B752" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D752" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E752" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F752" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G752" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H752" s="0">
         <x:v>2401</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:8">
       <x:c r="A753" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B753" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C753" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B753" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D753" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E753" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F753" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G753" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H753" s="0">
         <x:v>393326</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:8">
       <x:c r="A754" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B754" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C754" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B754" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D754" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E754" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F754" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G754" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H754" s="0">
         <x:v>715433</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:8">
       <x:c r="A755" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="B755" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C755" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B755" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D755" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E755" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F755" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H755" s="0">
         <x:v>878415</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -21205,51 +20925,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H755" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="WPEI03C01"/>
         <x:s v="WPEI03C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Exports"/>
         <x:s v="Imports"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="29">
         <x:s v="1995"/>
         <x:s v="1996"/>
         <x:s v="1997"/>
         <x:s v="1998"/>
         <x:s v="1999"/>
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
@@ -22064,27 +21784,7568 @@
         <x:n v="45699"/>
         <x:n v="3175"/>
         <x:n v="477858"/>
         <x:n v="801874"/>
         <x:n v="883172"/>
         <x:n v="2518087"/>
         <x:n v="27881"/>
         <x:n v="7097"/>
         <x:n v="15258"/>
         <x:n v="75261"/>
         <x:n v="105790"/>
         <x:n v="43666"/>
         <x:n v="207334"/>
         <x:n v="46225"/>
         <x:n v="2401"/>
         <x:n v="393326"/>
         <x:n v="715433"/>
         <x:n v="878415"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="329323"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="11769"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="2804"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="36604"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="70296"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="9362"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="27973"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="61182"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="107351"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="349585"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="12248"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="2051"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="40046"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="71285"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="5749"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="25625"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="67788"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="123973"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="371228"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="10146"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="35439"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="85602"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="5193"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="36118"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="80713"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="115721"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="389559"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="10523"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="28890"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="99815"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="5063"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="39735"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="80197"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="123121"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="421010"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="11186"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="3660"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="29088"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="109259"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="6811"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="62008"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="74437"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="123036"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="486022"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="12406"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="3447"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="35127"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="122902"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="11946"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="75284"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="79132"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="142536"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="529300"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="9951"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="3095"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="39797"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="159239"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="10939"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="63407"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="81779"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="157801"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="555995"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="9140"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="60709"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="179019"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="1871"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="16741"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="62562"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="84291"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="137567"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="599620"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="13692"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="61856"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="195762"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="2371"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="21129"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="93463"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="69816"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="139435"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="608287"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="14637"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="1733"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="60254"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="205928"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="2360"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="34114"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="85471"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="70529"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="132725"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="623514"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="14525"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="56709"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="233941"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="57649"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="68960"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="67348"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="122859"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="660646"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="14854"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="52629"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="239519"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="50922"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="71775"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="112219"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="117306"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="663541"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="17431"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="70506"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="258015"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="59812"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="67869"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="77650"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="110131"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="563272"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="12547"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="55237"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="195085"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="64136"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="59958"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="61499"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="112340"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="450734"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="10515"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="53885"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="147570"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="50361"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="36707"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="44995"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="104936"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="541026"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="12226"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="1102"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="86838"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="179037"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="61375"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="36839"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="47778"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="115190"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="556151"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="13783"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="1489"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="85042"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="172876"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="59571"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="40443"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="65049"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="117025"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="587314"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="11398"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="95027"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="179710"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="57802"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="38245"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="72406"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="129517"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="639190"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="12257"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="703"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="105778"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="480"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="199215"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="57112"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="50610"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="89104"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="123875"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="688161"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="16878"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="131165"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="197971"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="64309"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="42068"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="96055"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="137761"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="712530"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="18177"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="3626"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="126162"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="190737"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="66324"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="33649"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="128519"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="144605"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="741227"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="21174"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="7263"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="124690"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="684"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="208761"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="75531"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="33988"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="127247"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="141698"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="748074"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="20859"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="9114"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="127423"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="223423"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="75519"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="30062"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="107179"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="153299"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="791060"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="22342"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="10695"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="144273"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="244634"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="61169"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="24579"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="118601"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="163414"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="790095"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="25942"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="12264"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="135396"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="660"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="241135"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="45760"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="24501"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="109948"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="193301"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="750727"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="18495"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="10791"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="144578"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="229454"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="40586"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="24136"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="99296"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="181952"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1046103"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="25511"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="12251"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="233702"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="297"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="344724"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="535"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="83436"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="30618"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="118127"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="194597"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1210667"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="28284"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="33250"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="228750"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="388858"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="84963"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="37953"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="170280"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="235905"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1025645"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="31212"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="35022"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="150087"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="338298"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="56945"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="38478"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="149460"/>
+  </r>
+  <r>
+    <s v="WPEI03C01"/>
+    <s v="Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="223420"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="995323"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="4032"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="5765"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="736"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="55116"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="36103"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="60071"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="13594"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="344572"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="116877"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="357889"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1002771"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="6156"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="6499"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="55394"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="34016"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="67511"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="13383"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="309031"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="150195"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="360093"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1169320"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="16701"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="10598"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="77701"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="40816"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="75354"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="15426"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="324285"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="198619"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="409278"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1331380"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="18964"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="11204"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="91601"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="63095"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="82029"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="19484"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="343084"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="243458"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="456986"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1394700"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="20813"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="11836"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="1481"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="98791"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="60386"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="82830"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="20552"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="755"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="351269"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="292516"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="453113"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1636425"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="24213"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="14783"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="3890"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="125948"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="73226"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="105560"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="24411"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="381027"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="387302"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="495346"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1622852"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="30773"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="16640"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="4096"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="107495"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="65185"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="107892"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="24661"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="386297"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="395499"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="482131"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1651112"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="38182"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="15144"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="3677"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="113006"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="44642"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="101577"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="21153"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="1412"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="379239"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="437437"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="495277"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1694847"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="49749"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="18827"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="3500"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="151992"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="52884"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="102110"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="17564"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="2779"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="384866"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="461894"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="448332"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1810826"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="62108"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="19050"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="3698"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="147968"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="65699"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="127111"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="16785"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="3948"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="380124"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="559299"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="424278"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1948551"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="55223"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="18920"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="5553"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="168483"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="73505"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="135391"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="14513"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="377513"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="640824"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="455656"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="2109009"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="51048"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="18924"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="4335"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="190807"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="63200"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="140775"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="15345"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="2019"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="375359"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="759635"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="486467"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="2203592"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="50866"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="11912"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="1612"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="7999"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="198708"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="74716"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="144378"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="21135"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="5505"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="412136"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="758304"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="516319"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1822890"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="36368"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="6075"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="94529"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="50390"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="106790"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="19780"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="5551"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="380512"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="551242"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="564979"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1257357"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="24377"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="3312"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="2052"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="43946"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="27797"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="67432"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="22225"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="7188"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="267317"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="317162"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="471546"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1283844"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="19872"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="3432"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="3869"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="51561"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="26039"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="65091"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="30811"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="9670"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="274501"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="304581"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="491901"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1301142"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="20569"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="2235"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="3658"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="42508"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="22439"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="68111"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="45136"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="7775"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="290133"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="256584"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="539567"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1309983"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="19443"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="3036"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="5159"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="34970"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="22249"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="74330"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="44075"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="6667"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="292313"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="256203"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="550083"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1292936"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="20334"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="1646"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="4083"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="9285"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="35351"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="18840"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="77787"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="40621"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="6760"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="302922"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="263289"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="512016"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1439743"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="25978"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="4125"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="9278"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="49111"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="23873"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="96983"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="41914"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="8243"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="309904"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="319696"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="547519"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1648324"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="35933"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="2931"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="4995"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="10471"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="57725"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="29059"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="111400"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="53346"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="6884"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="317521"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="389824"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="628235"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1582230"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="27727"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="3119"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="24502"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="56518"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="30236"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="115494"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="45709"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="6617"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="294100"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="376013"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="598836"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1649399"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="33256"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="4820"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="2990"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="18344"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="67702"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="29351"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="125300"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="46372"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="7423"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="292534"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="410754"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="610553"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1755239"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="23381"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="5078"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="4840"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="20941"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="91781"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="31084"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="130634"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="38328"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="7111"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="316391"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="458431"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="627240"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1909024"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="26556"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="5405"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="5153"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="29931"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="93724"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="37474"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="141507"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="53159"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="6614"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="312725"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="519812"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="676964"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="1792114"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="23835"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="4097"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="34940"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="82398"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="30258"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="141609"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="52909"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="3458"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="274752"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="472930"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="665454"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="2091655"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="38566"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="5682"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="8884"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="33304"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="139537"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="34917"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="177321"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="32781"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="321452"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="637834"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="658582"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="2706782"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="28198"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="7361"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="10618"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="48776"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="133940"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="39818"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="226292"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="45699"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="3175"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="477858"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="801874"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="883172"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All Products"/>
+    <s v="Euro Thousand"/>
+    <n v="2518087"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="27881"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Non-Coniferous Industrial roundwood"/>
+    <s v="Euro Thousand"/>
+    <n v="7097"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Wood Fuel"/>
+    <s v="Euro Thousand"/>
+    <n v="15258"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Other Biomass"/>
+    <s v="Euro Thousand"/>
+    <n v="75261"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="105790"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Non-Coniferous Sawnwood"/>
+    <s v="Euro Thousand"/>
+    <n v="43666"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="70"/>
+    <s v="Veneer sheets and Wood-based panels"/>
+    <s v="Euro Thousand"/>
+    <n v="207334"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="80"/>
+    <s v="Pulp"/>
+    <s v="Euro Thousand"/>
+    <n v="46225"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="90"/>
+    <s v="Recovered paper"/>
+    <s v="Euro Thousand"/>
+    <n v="2401"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="100"/>
+    <s v="Paper and paperboard"/>
+    <s v="Euro Thousand"/>
+    <n v="393326"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="110"/>
+    <s v="Secondary wood products"/>
+    <s v="Euro Thousand"/>
+    <n v="715433"/>
+  </r>
+  <r>
+    <s v="WPEI03C02"/>
+    <s v="Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="120"/>
+    <s v="Secondary paper products"/>
+    <s v="Euro Thousand"/>
+    <n v="878415"/>
+  </r>
+</pivotCacheRecords>
 </file>