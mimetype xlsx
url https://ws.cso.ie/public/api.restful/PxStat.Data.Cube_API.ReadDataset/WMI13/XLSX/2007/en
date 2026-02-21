--- v0 (2025-11-17)
+++ v1 (2026-02-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46be99fce2874088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/38e61963c07640239791b460cf834287.psmdcp" Id="Rf2702baf98a44728" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae42ce0622714561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7bfad774ad1f4c55ae04b2a37fe34332.psmdcp" Id="R0a9f9c4f090a4a88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>WMI13</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Recipients of Department of Social Protection Supports</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/11/2025 11:00:00 AM</x:t>
+    <x:t>13/02/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WMI13/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>WMI</x:t>
   </x:si>
   <x:si>
     <x:t>Women and Men in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Laura Delaney</x:t>
   </x:si>
@@ -327,50 +327,56 @@
     <x:t>341</x:t>
   </x:si>
   <x:si>
     <x:t>Guardian's Payment (Contributory)</x:t>
   </x:si>
   <x:si>
     <x:t>340</x:t>
   </x:si>
   <x:si>
     <x:t>Guardian's Payment (Non-Contributory)</x:t>
   </x:si>
   <x:si>
     <x:t>450</x:t>
   </x:si>
   <x:si>
     <x:t>Rent Supplement</x:t>
   </x:si>
   <x:si>
     <x:t>460</x:t>
   </x:si>
   <x:si>
     <x:t>Other Supplements (including heating and light)</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
+    <x:t>2024</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -508,368 +514,171 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03824V04573" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Protection Support" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="23">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J93" totalsRowShown="0">
-  <x:autoFilter ref="A1:J93"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J139" totalsRowShown="0">
+  <x:autoFilter ref="A1:J139"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03824V04573"/>
     <x:tableColumn id="6" name="Social Protection Support"/>
     <x:tableColumn id="7" name="C02199V02655"/>
     <x:tableColumn id="8" name="Sex"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1135,51 +944,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WMI13/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.ie/dsp/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1366,55 +1175,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:J93"/>
+  <x:dimension ref="A1:J139"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="43.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="7.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
@@ -3112,137 +2921,149 @@
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J54" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
     </x:row>
     <x:row r="55" spans="1:10">
       <x:c r="A55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J55" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
     </x:row>
     <x:row r="56" spans="1:10">
       <x:c r="A56" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J56" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
     </x:row>
     <x:row r="57" spans="1:10">
       <x:c r="A57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J57" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
     </x:row>
     <x:row r="58" spans="1:10">
       <x:c r="A58" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>53</x:v>
@@ -3292,79 +3113,85 @@
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J60" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
     </x:row>
     <x:row r="61" spans="1:10">
       <x:c r="A61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J61" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
     </x:row>
     <x:row r="62" spans="1:10">
       <x:c r="A62" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>53</x:v>
@@ -4344,65 +4171,1537 @@
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J93" s="0">
         <x:v>1487</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:10">
+      <x:c r="A94" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C94" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D94" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E94" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F94" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G94" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H94" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I94" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J94" s="0">
+        <x:v>1707</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:10">
+      <x:c r="A95" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C95" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D95" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E95" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F95" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G95" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H95" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I95" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J95" s="0">
+        <x:v>1820</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:10">
+      <x:c r="A96" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C96" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D96" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E96" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F96" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G96" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H96" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I96" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J96" s="0">
+        <x:v>1078</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:10">
+      <x:c r="A97" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C97" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E97" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F97" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G97" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I97" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J97" s="0">
+        <x:v>790</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:10">
+      <x:c r="A98" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C98" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D98" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E98" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F98" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G98" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H98" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I98" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J98" s="0">
+        <x:v>11455</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:10">
+      <x:c r="A99" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C99" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D99" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E99" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F99" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G99" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I99" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J99" s="0">
+        <x:v>8008</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:10">
+      <x:c r="A100" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C100" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D100" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E100" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F100" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G100" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H100" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I100" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J100" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:10">
+      <x:c r="A101" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C101" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D101" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E101" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F101" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="G101" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I101" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J101" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:10">
+      <x:c r="A102" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C102" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D102" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E102" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F102" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G102" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H102" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I102" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J102" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:10">
+      <x:c r="A103" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C103" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E103" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="F103" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G103" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I103" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J103" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:10">
+      <x:c r="A104" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C104" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D104" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E104" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F104" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G104" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H104" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I104" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J104" s="0">
+        <x:v>2161</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:10">
+      <x:c r="A105" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C105" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D105" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E105" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F105" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="G105" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I105" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J105" s="0">
+        <x:v>465</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:10">
+      <x:c r="A106" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C106" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D106" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E106" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F106" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G106" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H106" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I106" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J106" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:10">
+      <x:c r="A107" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C107" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D107" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E107" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F107" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G107" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I107" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J107" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:10">
+      <x:c r="A108" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C108" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D108" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E108" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F108" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G108" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H108" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I108" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J108" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:10">
+      <x:c r="A109" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C109" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D109" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E109" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F109" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="G109" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I109" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J109" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:10">
+      <x:c r="A110" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C110" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D110" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E110" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F110" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G110" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H110" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I110" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J110" s="0">
+        <x:v>2454</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:10">
+      <x:c r="A111" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C111" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D111" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E111" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F111" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G111" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I111" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J111" s="0">
+        <x:v>2120</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:10">
+      <x:c r="A112" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C112" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D112" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E112" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F112" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G112" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H112" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I112" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J112" s="0">
+        <x:v>21911</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:10">
+      <x:c r="A113" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C113" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E113" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F113" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="G113" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I113" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J113" s="0">
+        <x:v>76074</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:10">
+      <x:c r="A114" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C114" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D114" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E114" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F114" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G114" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H114" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I114" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J114" s="0">
+        <x:v>25444</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:10">
+      <x:c r="A115" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C115" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D115" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E115" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F115" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G115" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I115" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J115" s="0">
+        <x:v>110142</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:10">
+      <x:c r="A116" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C116" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D116" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E116" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F116" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G116" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H116" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I116" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J116" s="0">
+        <x:v>650</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:10">
+      <x:c r="A117" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C117" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D117" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E117" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F117" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G117" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H117" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I117" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J117" s="0">
+        <x:v>3457</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:10">
+      <x:c r="A118" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C118" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D118" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E118" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F118" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G118" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H118" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I118" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J118" s="0">
+        <x:v>21724</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:10">
+      <x:c r="A119" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C119" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D119" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E119" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F119" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="G119" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I119" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J119" s="0">
+        <x:v>33973</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:10">
+      <x:c r="A120" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C120" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D120" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E120" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F120" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="G120" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H120" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I120" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J120" s="0">
+        <x:v>91862</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:10">
+      <x:c r="A121" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C121" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D121" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E121" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F121" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="G121" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I121" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J121" s="0">
+        <x:v>75771</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:10">
+      <x:c r="A122" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C122" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D122" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E122" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="F122" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G122" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H122" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I122" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J122" s="0">
+        <x:v>19197</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:10">
+      <x:c r="A123" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C123" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D123" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E123" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="F123" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G123" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I123" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J123" s="0">
+        <x:v>31205</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:10">
+      <x:c r="A124" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C124" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D124" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E124" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F124" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="G124" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H124" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I124" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J124" s="0">
+        <x:v>357</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:10">
+      <x:c r="A125" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C125" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D125" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E125" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F125" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="G125" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I125" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J125" s="0">
+        <x:v>203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:10">
+      <x:c r="A126" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C126" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D126" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E126" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F126" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="G126" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H126" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I126" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J126" s="0">
+        <x:v>14052</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:10">
+      <x:c r="A127" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C127" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E127" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F127" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="G127" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I127" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J127" s="0">
+        <x:v>32892</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:10">
+      <x:c r="A128" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C128" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D128" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E128" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F128" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="G128" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H128" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I128" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J128" s="0">
+        <x:v>10382</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:10">
+      <x:c r="A129" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C129" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D129" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E129" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="F129" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="G129" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H129" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I129" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J129" s="0">
+        <x:v>666534</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:10">
+      <x:c r="A130" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C130" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D130" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E130" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F130" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G130" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H130" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I130" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J130" s="0">
+        <x:v>363</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:10">
+      <x:c r="A131" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C131" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D131" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E131" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F131" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="G131" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I131" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J131" s="0">
+        <x:v>1745</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:10">
+      <x:c r="A132" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C132" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D132" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E132" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F132" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="G132" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H132" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I132" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J132" s="0">
+        <x:v>183</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:10">
+      <x:c r="A133" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C133" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D133" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E133" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="F133" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="G133" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I133" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J133" s="0">
+        <x:v>1145</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:10">
+      <x:c r="A134" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C134" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D134" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E134" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F134" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="G134" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H134" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I134" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J134" s="0">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:10">
+      <x:c r="A135" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C135" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D135" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E135" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F135" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="G135" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I135" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J135" s="0">
+        <x:v>543</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:10">
+      <x:c r="A136" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C136" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D136" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E136" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F136" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="G136" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H136" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I136" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J136" s="0">
+        <x:v>3276</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:10">
+      <x:c r="A137" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C137" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D137" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E137" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F137" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="G137" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I137" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J137" s="0">
+        <x:v>3340</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:10">
+      <x:c r="A138" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C138" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D138" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E138" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F138" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G138" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H138" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="I138" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J138" s="0">
+        <x:v>1175</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:10">
+      <x:c r="A139" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C139" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="D139" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E139" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F139" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G139" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I139" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J139" s="0">
+        <x:v>1250</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -4419,73 +5718,75 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J93" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="WMI13C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Recipients of Department of Social Protection Supports"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
-      <x:sharedItems count="2">
+      <x:sharedItems count="3">
         <x:s v="2022"/>
         <x:s v="2023"/>
+        <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
-      <x:sharedItems count="2">
+      <x:sharedItems count="3">
         <x:s v="2022"/>
         <x:s v="2023"/>
+        <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03824V04573">
       <x:sharedItems count="23">
         <x:s v="200"/>
         <x:s v="191"/>
         <x:s v="400"/>
         <x:s v="330"/>
         <x:s v="280"/>
         <x:s v="410"/>
         <x:s v="420"/>
         <x:s v="430"/>
         <x:s v="401"/>
         <x:s v="180"/>
         <x:s v="181"/>
         <x:s v="300"/>
         <x:s v="140"/>
         <x:s v="100"/>
         <x:s v="160"/>
         <x:s v="381"/>
         <x:s v="171"/>
         <x:s v="440"/>
         <x:s v="192"/>
         <x:s v="341"/>
         <x:s v="340"/>
@@ -4516,51 +5817,51 @@
         <x:s v="Back to Work Family Dividend"/>
         <x:s v="Guardian's Payment (Contributory)"/>
         <x:s v="Guardian's Payment (Non-Contributory)"/>
         <x:s v="Rent Supplement"/>
         <x:s v="Other Supplements (including heating and light)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="2">
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="2">
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" containsInteger="1" minValue="55" maxValue="646031" count="87">
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" containsInteger="1" minValue="55" maxValue="666534" count="122">
         <x:n v="1852"/>
         <x:n v="1756"/>
         <x:n v="1355"/>
         <x:n v="923"/>
         <x:n v="11212"/>
         <x:n v="7412"/>
         <x:n v="55"/>
         <x:n v="62"/>
         <x:n v="1250"/>
         <x:n v="1842"/>
         <x:n v="2283"/>
         <x:n v="518"/>
         <x:n v="155"/>
         <x:n v="141"/>
         <x:n v="173"/>
         <x:n v="243"/>
         <x:n v="3151"/>
         <x:n v="1841"/>
         <x:n v="20783"/>
         <x:n v="71392"/>
         <x:n v="23752"/>
         <x:n v="100182"/>
         <x:n v="589"/>
         <x:n v="2916"/>
         <x:n v="22754"/>
@@ -4604,34 +5905,1726 @@
         <x:n v="105130"/>
         <x:n v="653"/>
         <x:n v="3251"/>
         <x:n v="22266"/>
         <x:n v="34384"/>
         <x:n v="89292"/>
         <x:n v="73034"/>
         <x:n v="21057"/>
         <x:n v="35307"/>
         <x:n v="311"/>
         <x:n v="180"/>
         <x:n v="14153"/>
         <x:n v="31952"/>
         <x:n v="10026"/>
         <x:n v="646031"/>
         <x:n v="445"/>
         <x:n v="1810"/>
         <x:n v="175"/>
         <x:n v="1065"/>
         <x:n v="85"/>
         <x:n v="513"/>
         <x:n v="3908"/>
         <x:n v="3953"/>
         <x:n v="1441"/>
         <x:n v="1487"/>
+        <x:n v="1707"/>
+        <x:n v="1820"/>
+        <x:n v="1078"/>
+        <x:n v="790"/>
+        <x:n v="11455"/>
+        <x:n v="8008"/>
+        <x:n v="2161"/>
+        <x:n v="465"/>
+        <x:n v="2454"/>
+        <x:n v="2120"/>
+        <x:n v="21911"/>
+        <x:n v="76074"/>
+        <x:n v="25444"/>
+        <x:n v="110142"/>
+        <x:n v="650"/>
+        <x:n v="3457"/>
+        <x:n v="21724"/>
+        <x:n v="33973"/>
+        <x:n v="91862"/>
+        <x:n v="75771"/>
+        <x:n v="19197"/>
+        <x:n v="31205"/>
+        <x:n v="357"/>
+        <x:n v="203"/>
+        <x:n v="14052"/>
+        <x:n v="32892"/>
+        <x:n v="10382"/>
+        <x:n v="666534"/>
+        <x:n v="363"/>
+        <x:n v="1745"/>
+        <x:n v="1145"/>
+        <x:n v="543"/>
+        <x:n v="3276"/>
+        <x:n v="3340"/>
+        <x:n v="1175"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="200"/>
+    <s v="Back To Education"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="200"/>
+    <s v="Back To Education"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1756"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="191"/>
+    <s v="Back to Work Enterprise Allowance"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1355"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="191"/>
+    <s v="Back to Work Enterprise Allowance"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="400"/>
+    <s v="Community Employment Programme"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11212"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="400"/>
+    <s v="Community Employment Programme"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7412"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="330"/>
+    <s v="Part Time Job Incentive"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="330"/>
+    <s v="Part Time Job Incentive"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="280"/>
+    <s v="Partial Capacity Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="280"/>
+    <s v="Partial Capacity Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="410"/>
+    <s v="Rural Social Scheme"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2283"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="410"/>
+    <s v="Rural Social Scheme"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="420"/>
+    <s v="Short-term Enterprise Allowance"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="420"/>
+    <s v="Short-term Enterprise Allowance"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="430"/>
+    <s v="Job Initiative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="430"/>
+    <s v="Job Initiative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="401"/>
+    <s v="TÚS"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="401"/>
+    <s v="TÚS"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="180"/>
+    <s v="Carer's Allowance"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20783"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="180"/>
+    <s v="Carer's Allowance"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="71392"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="181"/>
+    <s v="Carer's Support Grant"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="23752"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="181"/>
+    <s v="Carer's Support Grant"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="100182"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="300"/>
+    <s v="Carer's Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="300"/>
+    <s v="Carer's Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="140"/>
+    <s v="Invalidity Pension"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="22754"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="140"/>
+    <s v="Invalidity Pension"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33696"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="100"/>
+    <s v="Disability Allowance"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="87490"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="100"/>
+    <s v="Disability Allowance"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="70317"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="160"/>
+    <s v="Illness Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="21478"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="160"/>
+    <s v="Illness Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="38223"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="381"/>
+    <s v="Injury Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="381"/>
+    <s v="Injury Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="171"/>
+    <s v="Working Family Payment"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14860"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="171"/>
+    <s v="Working Family Payment"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32255"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="440"/>
+    <s v="Child Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="9571"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="440"/>
+    <s v="Child Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="638223"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="192"/>
+    <s v="Back to Work Family Dividend"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="192"/>
+    <s v="Back to Work Family Dividend"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2029"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="341"/>
+    <s v="Guardian's Payment (Contributory)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="341"/>
+    <s v="Guardian's Payment (Contributory)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1009"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="340"/>
+    <s v="Guardian's Payment (Non-Contributory)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="340"/>
+    <s v="Guardian's Payment (Non-Contributory)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="450"/>
+    <s v="Rent Supplement"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="4540"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="450"/>
+    <s v="Rent Supplement"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="4509"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="460"/>
+    <s v="Other Supplements (including heating and light)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="460"/>
+    <s v="Other Supplements (including heating and light)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1633"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="200"/>
+    <s v="Back To Education"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1632"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="200"/>
+    <s v="Back To Education"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="191"/>
+    <s v="Back to Work Enterprise Allowance"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1166"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="191"/>
+    <s v="Back to Work Enterprise Allowance"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="400"/>
+    <s v="Community Employment Programme"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11283"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="400"/>
+    <s v="Community Employment Programme"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7538"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="330"/>
+    <s v="Part Time Job Incentive"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="330"/>
+    <s v="Part Time Job Incentive"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="280"/>
+    <s v="Partial Capacity Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="280"/>
+    <s v="Partial Capacity Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="410"/>
+    <s v="Rural Social Scheme"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2212"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="410"/>
+    <s v="Rural Social Scheme"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="420"/>
+    <s v="Short-term Enterprise Allowance"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="420"/>
+    <s v="Short-term Enterprise Allowance"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="430"/>
+    <s v="Job Initiative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="430"/>
+    <s v="Job Initiative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="401"/>
+    <s v="TÚS"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="401"/>
+    <s v="TÚS"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2687"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="180"/>
+    <s v="Carer's Allowance"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="21475"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="180"/>
+    <s v="Carer's Allowance"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="74312"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="181"/>
+    <s v="Carer's Support Grant"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24571"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="181"/>
+    <s v="Carer's Support Grant"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="105130"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="300"/>
+    <s v="Carer's Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="300"/>
+    <s v="Carer's Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3251"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="140"/>
+    <s v="Invalidity Pension"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="22266"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="140"/>
+    <s v="Invalidity Pension"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="34384"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="100"/>
+    <s v="Disability Allowance"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="89292"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="100"/>
+    <s v="Disability Allowance"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="73034"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="160"/>
+    <s v="Illness Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="21057"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="160"/>
+    <s v="Illness Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35307"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="381"/>
+    <s v="Injury Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="381"/>
+    <s v="Injury Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="171"/>
+    <s v="Working Family Payment"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14153"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="171"/>
+    <s v="Working Family Payment"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31952"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="440"/>
+    <s v="Child Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10026"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="440"/>
+    <s v="Child Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="646031"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="192"/>
+    <s v="Back to Work Family Dividend"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="192"/>
+    <s v="Back to Work Family Dividend"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1810"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="341"/>
+    <s v="Guardian's Payment (Contributory)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="341"/>
+    <s v="Guardian's Payment (Contributory)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="340"/>
+    <s v="Guardian's Payment (Non-Contributory)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="340"/>
+    <s v="Guardian's Payment (Non-Contributory)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="450"/>
+    <s v="Rent Supplement"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3908"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="450"/>
+    <s v="Rent Supplement"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3953"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="460"/>
+    <s v="Other Supplements (including heating and light)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1441"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="460"/>
+    <s v="Other Supplements (including heating and light)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1487"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="200"/>
+    <s v="Back To Education"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="200"/>
+    <s v="Back To Education"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1820"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="191"/>
+    <s v="Back to Work Enterprise Allowance"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="191"/>
+    <s v="Back to Work Enterprise Allowance"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="400"/>
+    <s v="Community Employment Programme"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="11455"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="400"/>
+    <s v="Community Employment Programme"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="8008"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="330"/>
+    <s v="Part Time Job Incentive"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="330"/>
+    <s v="Part Time Job Incentive"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="280"/>
+    <s v="Partial Capacity Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="280"/>
+    <s v="Partial Capacity Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="410"/>
+    <s v="Rural Social Scheme"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2161"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="410"/>
+    <s v="Rural Social Scheme"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="420"/>
+    <s v="Short-term Enterprise Allowance"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="420"/>
+    <s v="Short-term Enterprise Allowance"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="430"/>
+    <s v="Job Initiative"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="430"/>
+    <s v="Job Initiative"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="401"/>
+    <s v="TÚS"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="401"/>
+    <s v="TÚS"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="180"/>
+    <s v="Carer's Allowance"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="21911"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="180"/>
+    <s v="Carer's Allowance"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="76074"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="181"/>
+    <s v="Carer's Support Grant"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25444"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="181"/>
+    <s v="Carer's Support Grant"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="110142"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="300"/>
+    <s v="Carer's Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="300"/>
+    <s v="Carer's Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3457"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="140"/>
+    <s v="Invalidity Pension"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="21724"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="140"/>
+    <s v="Invalidity Pension"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33973"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="100"/>
+    <s v="Disability Allowance"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="91862"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="100"/>
+    <s v="Disability Allowance"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="75771"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="160"/>
+    <s v="Illness Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19197"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="160"/>
+    <s v="Illness Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31205"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="381"/>
+    <s v="Injury Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="381"/>
+    <s v="Injury Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="171"/>
+    <s v="Working Family Payment"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="14052"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="171"/>
+    <s v="Working Family Payment"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32892"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="440"/>
+    <s v="Child Benefit"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="10382"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="440"/>
+    <s v="Child Benefit"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="666534"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="192"/>
+    <s v="Back to Work Family Dividend"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="192"/>
+    <s v="Back to Work Family Dividend"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1745"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="341"/>
+    <s v="Guardian's Payment (Contributory)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="341"/>
+    <s v="Guardian's Payment (Contributory)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="340"/>
+    <s v="Guardian's Payment (Non-Contributory)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="340"/>
+    <s v="Guardian's Payment (Non-Contributory)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="450"/>
+    <s v="Rent Supplement"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="3276"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="450"/>
+    <s v="Rent Supplement"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="3340"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="460"/>
+    <s v="Other Supplements (including heating and light)"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="WMI13C01"/>
+    <s v="Recipients of Department of Social Protection Supports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="460"/>
+    <s v="Other Supplements (including heating and light)"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+</pivotCacheRecords>
 </file>