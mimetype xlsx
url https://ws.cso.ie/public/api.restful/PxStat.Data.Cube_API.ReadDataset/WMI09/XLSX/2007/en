--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55020d6a49d14429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/704587018976489aa1eff569cbcc1b8d.psmdcp" Id="R298cbbfa349c41be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6d4e5dc999d41f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07afef68dfa14091a1a961dbcb88a20e.psmdcp" Id="R2c065062ca074c23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>WMI09</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Level of Leaving Certificate Subjects</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/14/2025 11:00:00 AM</x:t>
+    <x:t>14/10/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WMI09/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>WMI</x:t>
   </x:si>
   <x:si>
     <x:t>Women and Men in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Laura Delaney</x:t>
   </x:si>
@@ -454,50 +454,53 @@
   </x:si>
   <x:si>
     <x:t>Politics and Society</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Male</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>WMI09C02</x:t>
   </x:si>
   <x:si>
     <x:t>Ordinary Level</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -634,531 +637,206 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...479 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02458V02976" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="42">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+      </items>
+    </pivotField>
+    <pivotField name="Subject" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="42">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J505" totalsRowShown="0">
   <x:autoFilter ref="A1:J505"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02458V02976"/>
     <x:tableColumn id="8" name="Subject"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1429,51 +1107,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WMI09/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.examinations.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1660,51 +1338,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J505"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="35.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10158,79 +9836,85 @@
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J265" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="266" spans="1:10">
       <x:c r="A266" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H266" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I266" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J266" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="267" spans="1:10">
       <x:c r="A267" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>80</x:v>
@@ -10600,50 +10284,53 @@
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J279" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="280" spans="1:10">
       <x:c r="A280" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H280" s="0" t="s">
         <x:v>106</x:v>
@@ -10725,50 +10412,53 @@
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J283" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="284" spans="1:10">
       <x:c r="A284" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H284" s="0" t="s">
         <x:v>114</x:v>
@@ -10882,166 +10572,181 @@
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H288" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J288" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="289" spans="1:10">
       <x:c r="A289" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J289" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="290" spans="1:10">
       <x:c r="A290" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H290" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I290" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J290" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="291" spans="1:10">
       <x:c r="A291" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J291" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="292" spans="1:10">
       <x:c r="A292" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H292" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J292" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="293" spans="1:10">
       <x:c r="A293" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>132</x:v>
@@ -11059,50 +10764,53 @@
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H294" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J294" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="295" spans="1:10">
       <x:c r="A295" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>136</x:v>
@@ -11472,79 +11180,85 @@
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J307" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="308" spans="1:10">
       <x:c r="A308" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H308" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I308" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J308" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="309" spans="1:10">
       <x:c r="A309" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>80</x:v>
@@ -11914,50 +11628,53 @@
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I321" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J321" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="322" spans="1:10">
       <x:c r="A322" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H322" s="0" t="s">
         <x:v>106</x:v>
@@ -12039,50 +11756,53 @@
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J325" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="326" spans="1:10">
       <x:c r="A326" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H326" s="0" t="s">
         <x:v>114</x:v>
@@ -12196,166 +11916,181 @@
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H330" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I330" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J330" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="331" spans="1:10">
       <x:c r="A331" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J331" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="332" spans="1:10">
       <x:c r="A332" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H332" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I332" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J332" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="333" spans="1:10">
       <x:c r="A333" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J333" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="334" spans="1:10">
       <x:c r="A334" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H334" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I334" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J334" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="335" spans="1:10">
       <x:c r="A335" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
         <x:v>132</x:v>
@@ -12373,50 +12108,53 @@
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H336" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I336" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J336" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="337" spans="1:10">
       <x:c r="A337" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>136</x:v>
@@ -12786,79 +12524,85 @@
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I349" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J349" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="350" spans="1:10">
       <x:c r="A350" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H350" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I350" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J350" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="351" spans="1:10">
       <x:c r="A351" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>80</x:v>
@@ -13228,50 +12972,53 @@
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J363" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="364" spans="1:10">
       <x:c r="A364" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H364" s="0" t="s">
         <x:v>106</x:v>
@@ -13353,50 +13100,53 @@
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I367" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J367" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="368" spans="1:10">
       <x:c r="A368" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>114</x:v>
@@ -13510,166 +13260,181 @@
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H372" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I372" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J372" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="373" spans="1:10">
       <x:c r="A373" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J373" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="374" spans="1:10">
       <x:c r="A374" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I374" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J374" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="375" spans="1:10">
       <x:c r="A375" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J375" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="376" spans="1:10">
       <x:c r="A376" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I376" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J376" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="377" spans="1:10">
       <x:c r="A377" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>132</x:v>
@@ -13687,50 +13452,53 @@
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J378" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="379" spans="1:10">
       <x:c r="A379" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>136</x:v>
@@ -14100,108 +13868,117 @@
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I391" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J391" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="392" spans="1:10">
       <x:c r="A392" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H392" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I392" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J392" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="393" spans="1:10">
       <x:c r="A393" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I393" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J393" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="394" spans="1:10">
       <x:c r="A394" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H394" s="0" t="s">
         <x:v>82</x:v>
@@ -14539,50 +14316,53 @@
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I405" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J405" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="406" spans="1:10">
       <x:c r="A406" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H406" s="0" t="s">
         <x:v>106</x:v>
@@ -14824,166 +14604,181 @@
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I414" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J414" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="415" spans="1:10">
       <x:c r="A415" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I415" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J415" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="416" spans="1:10">
       <x:c r="A416" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J416" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="417" spans="1:10">
       <x:c r="A417" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J417" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="418" spans="1:10">
       <x:c r="A418" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J418" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="419" spans="1:10">
       <x:c r="A419" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>132</x:v>
@@ -15001,50 +14796,53 @@
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J420" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="421" spans="1:10">
       <x:c r="A421" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>136</x:v>
@@ -15414,108 +15212,117 @@
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J433" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="434" spans="1:10">
       <x:c r="A434" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H434" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I434" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J434" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="435" spans="1:10">
       <x:c r="A435" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I435" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J435" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="436" spans="1:10">
       <x:c r="A436" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H436" s="0" t="s">
         <x:v>82</x:v>
@@ -15853,50 +15660,53 @@
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I447" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J447" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="448" spans="1:10">
       <x:c r="A448" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H448" s="0" t="s">
         <x:v>106</x:v>
@@ -16138,166 +15948,181 @@
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H456" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I456" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J456" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="457" spans="1:10">
       <x:c r="A457" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I457" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J457" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="458" spans="1:10">
       <x:c r="A458" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H458" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I458" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J458" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="459" spans="1:10">
       <x:c r="A459" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I459" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J459" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="460" spans="1:10">
       <x:c r="A460" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H460" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I460" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J460" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="461" spans="1:10">
       <x:c r="A461" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>132</x:v>
@@ -16315,50 +16140,53 @@
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H462" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I462" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J462" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="463" spans="1:10">
       <x:c r="A463" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>136</x:v>
@@ -16728,108 +16556,117 @@
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I475" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J475" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="476" spans="1:10">
       <x:c r="A476" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H476" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I476" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J476" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="477" spans="1:10">
       <x:c r="A477" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J477" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="478" spans="1:10">
       <x:c r="A478" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
         <x:v>82</x:v>
@@ -17167,50 +17004,53 @@
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J489" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="490" spans="1:10">
       <x:c r="A490" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H490" s="0" t="s">
         <x:v>106</x:v>
@@ -17452,166 +17292,181 @@
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H498" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J498" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="499" spans="1:10">
       <x:c r="A499" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J499" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="500" spans="1:10">
       <x:c r="A500" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H500" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J500" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="501" spans="1:10">
       <x:c r="A501" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J501" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="502" spans="1:10">
       <x:c r="A502" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H502" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="J502" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
     </x:row>
     <x:row r="503" spans="1:10">
       <x:c r="A503" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>132</x:v>
@@ -17628,97 +17483,100 @@
         <x:v>142</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I504" s="0" t="s">
         <x:v>55</x:v>
+      </x:c>
+      <x:c r="J504" s="0" t="s">
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:10">
       <x:c r="A505" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J505" s="0">
         <x:v>123</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -17735,51 +17593,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J505" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="WMI09C01"/>
         <x:s v="WMI09C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Higher Level"/>
         <x:s v="Ordinary Level"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="2">
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
@@ -18272,27 +18130,6076 @@
         <x:n v="16369"/>
         <x:n v="1108"/>
         <x:n v="2529"/>
         <x:n v="698"/>
         <x:n v="1226"/>
         <x:n v="36"/>
         <x:n v="695"/>
         <x:n v="267"/>
         <x:n v="32"/>
         <x:n v="2526"/>
         <x:n v="159"/>
         <x:n v="984"/>
         <x:n v="1368"/>
         <x:n v="19"/>
         <x:n v="1201"/>
         <x:n v="84"/>
         <x:n v="128"/>
         <x:n v="144"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="23899"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="English"/>
+    <s v="Number"/>
+    <n v="43275"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Mathematics"/>
+    <s v="Number"/>
+    <n v="20516"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="History"/>
+    <s v="Number"/>
+    <n v="9503"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Geography"/>
+    <s v="Number"/>
+    <n v="16889"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Classical Studies"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="French"/>
+    <s v="Number"/>
+    <n v="14701"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="German"/>
+    <s v="Number"/>
+    <n v="6129"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Spanish"/>
+    <s v="Number"/>
+    <n v="7574"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Italian"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="168"/>
+    <s v="Art Portfolio"/>
+    <s v="Number"/>
+    <n v="7642"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="47"/>
+    <s v="Dutch"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="48"/>
+    <s v="Portuguese"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Applied Mathematics"/>
+    <s v="Number"/>
+    <n v="1701"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Physics"/>
+    <s v="Number"/>
+    <n v="6143"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Chemistry"/>
+    <s v="Number"/>
+    <n v="8068"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Physics and Chemistry"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Agricultural Science"/>
+    <s v="Number"/>
+    <n v="6132"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Biology"/>
+    <s v="Number"/>
+    <n v="28724"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="174"/>
+    <s v="Engineering Science"/>
+    <s v="Number"/>
+    <n v="5623"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Construction Studies"/>
+    <s v="Number"/>
+    <n v="9165"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="28"/>
+    <s v="Accounting"/>
+    <s v="Number"/>
+    <n v="5051"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Business Studies"/>
+    <s v="Number"/>
+    <n v="15869"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="Economics"/>
+    <s v="Number"/>
+    <n v="4510"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="67"/>
+    <s v="Japanese"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="65"/>
+    <s v="Arabic"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="78"/>
+    <s v="Technology"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="46"/>
+    <s v="Music"/>
+    <s v="Number"/>
+    <n v="5869"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Home Economics (Social and Scientific)"/>
+    <s v="Number"/>
+    <n v="9105"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Russian"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="233"/>
+    <s v="Computer Science"/>
+    <s v="Number"/>
+    <n v="1986"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Religious Education"/>
+    <s v="Number"/>
+    <n v="918"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Physical Education"/>
+    <s v="Number"/>
+    <n v="6508"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Polish"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="69"/>
+    <s v="Latvian"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="70"/>
+    <s v="Lithuanian"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="77"/>
+    <s v="Hungarian"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Romanian"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="76"/>
+    <s v="Bulgarian"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="79"/>
+    <s v="Design and Communication Graphics"/>
+    <s v="Number"/>
+    <n v="5234"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="235"/>
+    <s v="Mandarin Chinese"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="237"/>
+    <s v="Politics and Society"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="9253"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="English"/>
+    <s v="Number"/>
+    <n v="19800"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Mathematics"/>
+    <s v="Number"/>
+    <n v="10409"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="History"/>
+    <s v="Number"/>
+    <n v="4913"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Geography"/>
+    <s v="Number"/>
+    <n v="9021"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Classical Studies"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="French"/>
+    <s v="Number"/>
+    <n v="5471"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="German"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Spanish"/>
+    <s v="Number"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Italian"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="168"/>
+    <s v="Art Portfolio"/>
+    <s v="Number"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="47"/>
+    <s v="Dutch"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="48"/>
+    <s v="Portuguese"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Applied Mathematics"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Physics"/>
+    <s v="Number"/>
+    <n v="4349"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Chemistry"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Physics and Chemistry"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Agricultural Science"/>
+    <s v="Number"/>
+    <n v="3455"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Biology"/>
+    <s v="Number"/>
+    <n v="10597"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="174"/>
+    <s v="Engineering Science"/>
+    <s v="Number"/>
+    <n v="5102"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Construction Studies"/>
+    <s v="Number"/>
+    <n v="7798"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="28"/>
+    <s v="Accounting"/>
+    <s v="Number"/>
+    <n v="2699"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Business Studies"/>
+    <s v="Number"/>
+    <n v="7802"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="Economics"/>
+    <s v="Number"/>
+    <n v="2918"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="67"/>
+    <s v="Japanese"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="65"/>
+    <s v="Arabic"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="78"/>
+    <s v="Technology"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="46"/>
+    <s v="Music"/>
+    <s v="Number"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Home Economics (Social and Scientific)"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Russian"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="233"/>
+    <s v="Computer Science"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Religious Education"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Physical Education"/>
+    <s v="Number"/>
+    <n v="4354"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Polish"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="69"/>
+    <s v="Latvian"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="70"/>
+    <s v="Lithuanian"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="77"/>
+    <s v="Hungarian"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Romanian"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="76"/>
+    <s v="Bulgarian"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="79"/>
+    <s v="Design and Communication Graphics"/>
+    <s v="Number"/>
+    <n v="4155"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="235"/>
+    <s v="Mandarin Chinese"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="237"/>
+    <s v="Politics and Society"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="14646"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="English"/>
+    <s v="Number"/>
+    <n v="23475"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Mathematics"/>
+    <s v="Number"/>
+    <n v="10107"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="History"/>
+    <s v="Number"/>
+    <n v="4590"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Geography"/>
+    <s v="Number"/>
+    <n v="7868"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Classical Studies"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="French"/>
+    <s v="Number"/>
+    <n v="9230"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="German"/>
+    <s v="Number"/>
+    <n v="3334"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Spanish"/>
+    <s v="Number"/>
+    <n v="4537"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Italian"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="168"/>
+    <s v="Art Portfolio"/>
+    <s v="Number"/>
+    <n v="5678"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="47"/>
+    <s v="Dutch"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="48"/>
+    <s v="Portuguese"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Applied Mathematics"/>
+    <s v="Number"/>
+    <n v="489"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Physics"/>
+    <s v="Number"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Chemistry"/>
+    <s v="Number"/>
+    <n v="4827"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Physics and Chemistry"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Agricultural Science"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Biology"/>
+    <s v="Number"/>
+    <n v="18127"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="174"/>
+    <s v="Engineering Science"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Construction Studies"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="28"/>
+    <s v="Accounting"/>
+    <s v="Number"/>
+    <n v="2352"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Business Studies"/>
+    <s v="Number"/>
+    <n v="8067"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="Economics"/>
+    <s v="Number"/>
+    <n v="1592"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="67"/>
+    <s v="Japanese"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="65"/>
+    <s v="Arabic"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="78"/>
+    <s v="Technology"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="46"/>
+    <s v="Music"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Home Economics (Social and Scientific)"/>
+    <s v="Number"/>
+    <n v="8036"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Russian"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="233"/>
+    <s v="Computer Science"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Religious Education"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Physical Education"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Polish"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="69"/>
+    <s v="Latvian"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="70"/>
+    <s v="Lithuanian"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="77"/>
+    <s v="Hungarian"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Romanian"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="76"/>
+    <s v="Bulgarian"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="79"/>
+    <s v="Design and Communication Graphics"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="235"/>
+    <s v="Mandarin Chinese"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="237"/>
+    <s v="Politics and Society"/>
+    <s v="Number"/>
+    <n v="1300"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="23647"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="English"/>
+    <s v="Number"/>
+    <n v="42721"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Mathematics"/>
+    <s v="Number"/>
+    <n v="20321"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="History"/>
+    <s v="Number"/>
+    <n v="9568"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Geography"/>
+    <s v="Number"/>
+    <n v="15686"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Classical Studies"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="French"/>
+    <s v="Number"/>
+    <n v="13315"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="German"/>
+    <s v="Number"/>
+    <n v="5484"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Spanish"/>
+    <s v="Number"/>
+    <n v="7976"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Italian"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="168"/>
+    <s v="Art Portfolio"/>
+    <s v="Number"/>
+    <n v="8440"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="47"/>
+    <s v="Dutch"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="48"/>
+    <s v="Portuguese"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Applied Mathematics"/>
+    <s v="Number"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Physics"/>
+    <s v="Number"/>
+    <n v="5988"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Chemistry"/>
+    <s v="Number"/>
+    <n v="7907"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Physics and Chemistry"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Agricultural Science"/>
+    <s v="Number"/>
+    <n v="5501"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Biology"/>
+    <s v="Number"/>
+    <n v="28403"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="174"/>
+    <s v="Engineering Science"/>
+    <s v="Number"/>
+    <n v="5560"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Construction Studies"/>
+    <s v="Number"/>
+    <n v="9516"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="28"/>
+    <s v="Accounting"/>
+    <s v="Number"/>
+    <n v="5251"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Business Studies"/>
+    <s v="Number"/>
+    <n v="16550"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="Economics"/>
+    <s v="Number"/>
+    <n v="4253"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="67"/>
+    <s v="Japanese"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="65"/>
+    <s v="Arabic"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="78"/>
+    <s v="Technology"/>
+    <s v="Number"/>
+    <n v="2127"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="46"/>
+    <s v="Music"/>
+    <s v="Number"/>
+    <n v="6027"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Home Economics (Social and Scientific)"/>
+    <s v="Number"/>
+    <n v="8275"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Russian"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="233"/>
+    <s v="Computer Science"/>
+    <s v="Number"/>
+    <n v="2471"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Religious Education"/>
+    <s v="Number"/>
+    <n v="1154"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Physical Education"/>
+    <s v="Number"/>
+    <n v="7392"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Polish"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="69"/>
+    <s v="Latvian"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="70"/>
+    <s v="Lithuanian"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="77"/>
+    <s v="Hungarian"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Romanian"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="76"/>
+    <s v="Bulgarian"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="79"/>
+    <s v="Design and Communication Graphics"/>
+    <s v="Number"/>
+    <n v="5370"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="235"/>
+    <s v="Mandarin Chinese"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="237"/>
+    <s v="Politics and Society"/>
+    <s v="Number"/>
+    <n v="2350"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="9045"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="English"/>
+    <s v="Number"/>
+    <n v="19468"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Mathematics"/>
+    <s v="Number"/>
+    <n v="10332"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="History"/>
+    <s v="Number"/>
+    <n v="4765"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Geography"/>
+    <s v="Number"/>
+    <n v="8421"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Classical Studies"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="French"/>
+    <s v="Number"/>
+    <n v="4944"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="German"/>
+    <s v="Number"/>
+    <n v="2461"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Spanish"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Italian"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="168"/>
+    <s v="Art Portfolio"/>
+    <s v="Number"/>
+    <n v="2167"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="47"/>
+    <s v="Dutch"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="48"/>
+    <s v="Portuguese"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Applied Mathematics"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Physics"/>
+    <s v="Number"/>
+    <n v="4129"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Chemistry"/>
+    <s v="Number"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Physics and Chemistry"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Agricultural Science"/>
+    <s v="Number"/>
+    <n v="3138"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Biology"/>
+    <s v="Number"/>
+    <n v="10384"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="174"/>
+    <s v="Engineering Science"/>
+    <s v="Number"/>
+    <n v="4917"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Construction Studies"/>
+    <s v="Number"/>
+    <n v="7839"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="28"/>
+    <s v="Accounting"/>
+    <s v="Number"/>
+    <n v="2851"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Business Studies"/>
+    <s v="Number"/>
+    <n v="8167"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="Economics"/>
+    <s v="Number"/>
+    <n v="2714"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="67"/>
+    <s v="Japanese"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="65"/>
+    <s v="Arabic"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="78"/>
+    <s v="Technology"/>
+    <s v="Number"/>
+    <n v="1692"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="46"/>
+    <s v="Music"/>
+    <s v="Number"/>
+    <n v="1972"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Home Economics (Social and Scientific)"/>
+    <s v="Number"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Russian"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="233"/>
+    <s v="Computer Science"/>
+    <s v="Number"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Religious Education"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Physical Education"/>
+    <s v="Number"/>
+    <n v="4992"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Polish"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="69"/>
+    <s v="Latvian"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="70"/>
+    <s v="Lithuanian"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="77"/>
+    <s v="Hungarian"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Romanian"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="76"/>
+    <s v="Bulgarian"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="79"/>
+    <s v="Design and Communication Graphics"/>
+    <s v="Number"/>
+    <n v="4150"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="235"/>
+    <s v="Mandarin Chinese"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="237"/>
+    <s v="Politics and Society"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="14602"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="English"/>
+    <s v="Number"/>
+    <n v="23253"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Mathematics"/>
+    <s v="Number"/>
+    <n v="9989"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="History"/>
+    <s v="Number"/>
+    <n v="4803"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Geography"/>
+    <s v="Number"/>
+    <n v="7265"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Classical Studies"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="French"/>
+    <s v="Number"/>
+    <n v="8371"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="German"/>
+    <s v="Number"/>
+    <n v="3023"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Spanish"/>
+    <s v="Number"/>
+    <n v="4832"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Italian"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="168"/>
+    <s v="Art Portfolio"/>
+    <s v="Number"/>
+    <n v="6273"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="47"/>
+    <s v="Dutch"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="48"/>
+    <s v="Portuguese"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Applied Mathematics"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Physics"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Chemistry"/>
+    <s v="Number"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Physics and Chemistry"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Agricultural Science"/>
+    <s v="Number"/>
+    <n v="2363"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Biology"/>
+    <s v="Number"/>
+    <n v="18019"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="174"/>
+    <s v="Engineering Science"/>
+    <s v="Number"/>
+    <n v="643"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Construction Studies"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="28"/>
+    <s v="Accounting"/>
+    <s v="Number"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Business Studies"/>
+    <s v="Number"/>
+    <n v="8383"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="Economics"/>
+    <s v="Number"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="67"/>
+    <s v="Japanese"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="65"/>
+    <s v="Arabic"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="78"/>
+    <s v="Technology"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="46"/>
+    <s v="Music"/>
+    <s v="Number"/>
+    <n v="4055"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Home Economics (Social and Scientific)"/>
+    <s v="Number"/>
+    <n v="7145"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Russian"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="233"/>
+    <s v="Computer Science"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Religious Education"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Physical Education"/>
+    <s v="Number"/>
+    <n v="2400"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Polish"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="69"/>
+    <s v="Latvian"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="70"/>
+    <s v="Lithuanian"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="77"/>
+    <s v="Hungarian"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Romanian"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="76"/>
+    <s v="Bulgarian"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="79"/>
+    <s v="Design and Communication Graphics"/>
+    <s v="Number"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="235"/>
+    <s v="Mandarin Chinese"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="WMI09C01"/>
+    <s v="Higher Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="237"/>
+    <s v="Politics and Society"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="22851"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="English"/>
+    <s v="Number"/>
+    <n v="13998"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Mathematics"/>
+    <s v="Number"/>
+    <n v="33220"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="History"/>
+    <s v="Number"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Geography"/>
+    <s v="Number"/>
+    <n v="3531"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Classical Studies"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="French"/>
+    <s v="Number"/>
+    <n v="5130"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="German"/>
+    <s v="Number"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Spanish"/>
+    <s v="Number"/>
+    <n v="2520"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Italian"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="168"/>
+    <s v="Art Portfolio"/>
+    <s v="Number"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="47"/>
+    <s v="Dutch"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="48"/>
+    <s v="Portuguese"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Applied Mathematics"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Physics"/>
+    <s v="Number"/>
+    <n v="1383"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Chemistry"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Physics and Chemistry"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Agricultural Science"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Biology"/>
+    <s v="Number"/>
+    <n v="5879"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="174"/>
+    <s v="Engineering Science"/>
+    <s v="Number"/>
+    <n v="699"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Construction Studies"/>
+    <s v="Number"/>
+    <n v="1095"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="28"/>
+    <s v="Accounting"/>
+    <s v="Number"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Business Studies"/>
+    <s v="Number"/>
+    <n v="3632"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="Economics"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="67"/>
+    <s v="Japanese"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="65"/>
+    <s v="Arabic"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="78"/>
+    <s v="Technology"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="46"/>
+    <s v="Music"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Home Economics (Social and Scientific)"/>
+    <s v="Number"/>
+    <n v="2227"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Russian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="233"/>
+    <s v="Computer Science"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Religious Education"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Physical Education"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Polish"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="69"/>
+    <s v="Latvian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="70"/>
+    <s v="Lithuanian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="77"/>
+    <s v="Hungarian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Romanian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="76"/>
+    <s v="Bulgarian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="79"/>
+    <s v="Design and Communication Graphics"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="235"/>
+    <s v="Mandarin Chinese"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="237"/>
+    <s v="Politics and Society"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="12980"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="English"/>
+    <s v="Number"/>
+    <n v="8834"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Mathematics"/>
+    <s v="Number"/>
+    <n v="16389"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="History"/>
+    <s v="Number"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Geography"/>
+    <s v="Number"/>
+    <n v="2138"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Classical Studies"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="French"/>
+    <s v="Number"/>
+    <n v="2306"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="German"/>
+    <s v="Number"/>
+    <n v="928"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Spanish"/>
+    <s v="Number"/>
+    <n v="1237"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Italian"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="168"/>
+    <s v="Art Portfolio"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="47"/>
+    <s v="Dutch"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="48"/>
+    <s v="Portuguese"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Applied Mathematics"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Physics"/>
+    <s v="Number"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Chemistry"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Physics and Chemistry"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Agricultural Science"/>
+    <s v="Number"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Biology"/>
+    <s v="Number"/>
+    <n v="2679"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="174"/>
+    <s v="Engineering Science"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Construction Studies"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="28"/>
+    <s v="Accounting"/>
+    <s v="Number"/>
+    <n v="1092"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Business Studies"/>
+    <s v="Number"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="Economics"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="67"/>
+    <s v="Japanese"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="65"/>
+    <s v="Arabic"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="78"/>
+    <s v="Technology"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="46"/>
+    <s v="Music"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Home Economics (Social and Scientific)"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Russian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="233"/>
+    <s v="Computer Science"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Religious Education"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Physical Education"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Polish"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="69"/>
+    <s v="Latvian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="70"/>
+    <s v="Lithuanian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="77"/>
+    <s v="Hungarian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Romanian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="76"/>
+    <s v="Bulgarian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="79"/>
+    <s v="Design and Communication Graphics"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="235"/>
+    <s v="Mandarin Chinese"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="237"/>
+    <s v="Politics and Society"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="9871"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="English"/>
+    <s v="Number"/>
+    <n v="5164"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Mathematics"/>
+    <s v="Number"/>
+    <n v="16831"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="History"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Geography"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Classical Studies"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="French"/>
+    <s v="Number"/>
+    <n v="2824"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="German"/>
+    <s v="Number"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Spanish"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Italian"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="168"/>
+    <s v="Art Portfolio"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="47"/>
+    <s v="Dutch"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="48"/>
+    <s v="Portuguese"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Applied Mathematics"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Physics"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Chemistry"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Physics and Chemistry"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Agricultural Science"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Biology"/>
+    <s v="Number"/>
+    <n v="3200"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="174"/>
+    <s v="Engineering Science"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Construction Studies"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="28"/>
+    <s v="Accounting"/>
+    <s v="Number"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Business Studies"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="Economics"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="67"/>
+    <s v="Japanese"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="65"/>
+    <s v="Arabic"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="78"/>
+    <s v="Technology"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="46"/>
+    <s v="Music"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Home Economics (Social and Scientific)"/>
+    <s v="Number"/>
+    <n v="1560"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Russian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="233"/>
+    <s v="Computer Science"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Religious Education"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Physical Education"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Polish"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="69"/>
+    <s v="Latvian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="70"/>
+    <s v="Lithuanian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="77"/>
+    <s v="Hungarian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Romanian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="76"/>
+    <s v="Bulgarian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="79"/>
+    <s v="Design and Communication Graphics"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="235"/>
+    <s v="Mandarin Chinese"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="237"/>
+    <s v="Politics and Society"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="21414"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="English"/>
+    <s v="Number"/>
+    <n v="13159"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Mathematics"/>
+    <s v="Number"/>
+    <n v="32278"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="History"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="05"/>
+    <s v="Geography"/>
+    <s v="Number"/>
+    <n v="2954"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="Classical Studies"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="French"/>
+    <s v="Number"/>
+    <n v="4625"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="German"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="Spanish"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="Italian"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="168"/>
+    <s v="Art Portfolio"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="47"/>
+    <s v="Dutch"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="48"/>
+    <s v="Portuguese"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="Applied Mathematics"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="15"/>
+    <s v="Physics"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="16"/>
+    <s v="Chemistry"/>
+    <s v="Number"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="17"/>
+    <s v="Physics and Chemistry"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="18"/>
+    <s v="Agricultural Science"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="19"/>
+    <s v="Biology"/>
+    <s v="Number"/>
+    <n v="4742"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="174"/>
+    <s v="Engineering Science"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="23"/>
+    <s v="Construction Studies"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="28"/>
+    <s v="Accounting"/>
+    <s v="Number"/>
+    <n v="2172"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="29"/>
+    <s v="Business Studies"/>
+    <s v="Number"/>
+    <n v="3187"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="30"/>
+    <s v="Economics"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="67"/>
+    <s v="Japanese"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="65"/>
+    <s v="Arabic"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="78"/>
+    <s v="Technology"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="46"/>
+    <s v="Music"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="24"/>
+    <s v="Home Economics (Social and Scientific)"/>
+    <s v="Number"/>
+    <n v="1800"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="52"/>
+    <s v="Russian"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="233"/>
+    <s v="Computer Science"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="42"/>
+    <s v="Religious Education"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="41"/>
+    <s v="Physical Education"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="27"/>
+    <s v="Polish"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="69"/>
+    <s v="Latvian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="70"/>
+    <s v="Lithuanian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="77"/>
+    <s v="Hungarian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="71"/>
+    <s v="Romanian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="76"/>
+    <s v="Bulgarian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="79"/>
+    <s v="Design and Communication Graphics"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="235"/>
+    <s v="Mandarin Chinese"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="237"/>
+    <s v="Politics and Society"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="12390"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="English"/>
+    <s v="Number"/>
+    <n v="8453"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Mathematics"/>
+    <s v="Number"/>
+    <n v="15909"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="History"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="05"/>
+    <s v="Geography"/>
+    <s v="Number"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="Classical Studies"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="French"/>
+    <s v="Number"/>
+    <n v="2096"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="German"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="Spanish"/>
+    <s v="Number"/>
+    <n v="1101"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="Italian"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="168"/>
+    <s v="Art Portfolio"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="47"/>
+    <s v="Dutch"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="48"/>
+    <s v="Portuguese"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="Applied Mathematics"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="15"/>
+    <s v="Physics"/>
+    <s v="Number"/>
+    <n v="978"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="16"/>
+    <s v="Chemistry"/>
+    <s v="Number"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="17"/>
+    <s v="Physics and Chemistry"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="18"/>
+    <s v="Agricultural Science"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="19"/>
+    <s v="Biology"/>
+    <s v="Number"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="174"/>
+    <s v="Engineering Science"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="23"/>
+    <s v="Construction Studies"/>
+    <s v="Number"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="28"/>
+    <s v="Accounting"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="29"/>
+    <s v="Business Studies"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="30"/>
+    <s v="Economics"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="67"/>
+    <s v="Japanese"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="65"/>
+    <s v="Arabic"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="78"/>
+    <s v="Technology"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="46"/>
+    <s v="Music"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="24"/>
+    <s v="Home Economics (Social and Scientific)"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="52"/>
+    <s v="Russian"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="233"/>
+    <s v="Computer Science"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="42"/>
+    <s v="Religious Education"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="41"/>
+    <s v="Physical Education"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="27"/>
+    <s v="Polish"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="69"/>
+    <s v="Latvian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="70"/>
+    <s v="Lithuanian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="77"/>
+    <s v="Hungarian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="71"/>
+    <s v="Romanian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="76"/>
+    <s v="Bulgarian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="79"/>
+    <s v="Design and Communication Graphics"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="235"/>
+    <s v="Mandarin Chinese"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="237"/>
+    <s v="Politics and Society"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Irish"/>
+    <s v="Number"/>
+    <n v="9024"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="English"/>
+    <s v="Number"/>
+    <n v="4706"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Mathematics"/>
+    <s v="Number"/>
+    <n v="16369"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="History"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="05"/>
+    <s v="Geography"/>
+    <s v="Number"/>
+    <n v="1176"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="Classical Studies"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="French"/>
+    <s v="Number"/>
+    <n v="2529"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="German"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="Spanish"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="Italian"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="168"/>
+    <s v="Art Portfolio"/>
+    <s v="Number"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="47"/>
+    <s v="Dutch"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="48"/>
+    <s v="Portuguese"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="Applied Mathematics"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="15"/>
+    <s v="Physics"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="16"/>
+    <s v="Chemistry"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="17"/>
+    <s v="Physics and Chemistry"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="18"/>
+    <s v="Agricultural Science"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="19"/>
+    <s v="Biology"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="174"/>
+    <s v="Engineering Science"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="23"/>
+    <s v="Construction Studies"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="28"/>
+    <s v="Accounting"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="29"/>
+    <s v="Business Studies"/>
+    <s v="Number"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="30"/>
+    <s v="Economics"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="67"/>
+    <s v="Japanese"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="65"/>
+    <s v="Arabic"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="78"/>
+    <s v="Technology"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="46"/>
+    <s v="Music"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="24"/>
+    <s v="Home Economics (Social and Scientific)"/>
+    <s v="Number"/>
+    <n v="1201"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="52"/>
+    <s v="Russian"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="233"/>
+    <s v="Computer Science"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="42"/>
+    <s v="Religious Education"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="41"/>
+    <s v="Physical Education"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="27"/>
+    <s v="Polish"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="69"/>
+    <s v="Latvian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="70"/>
+    <s v="Lithuanian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="77"/>
+    <s v="Hungarian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="71"/>
+    <s v="Romanian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="76"/>
+    <s v="Bulgarian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="79"/>
+    <s v="Design and Communication Graphics"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="235"/>
+    <s v="Mandarin Chinese"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WMI09C02"/>
+    <s v="Ordinary Level"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="237"/>
+    <s v="Politics and Society"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+</pivotCacheRecords>
 </file>