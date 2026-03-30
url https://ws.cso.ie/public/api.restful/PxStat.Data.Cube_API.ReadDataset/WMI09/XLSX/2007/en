--- v1 (2025-12-08)
+++ v2 (2026-03-30)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6d4e5dc999d41f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07afef68dfa14091a1a961dbcb88a20e.psmdcp" Id="R2c065062ca074c23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb1a2e0ded4e4ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/37416a0f25234022b16f05410004ff49.psmdcp" Id="Rba1f950d3d5d46d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>