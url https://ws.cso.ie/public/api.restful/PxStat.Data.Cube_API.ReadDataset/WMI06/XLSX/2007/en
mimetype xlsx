--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73b75ce3056a4ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c68036f0623f40efb1bc4d3191b85d09.psmdcp" Id="Ra90ef131b4b84357" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe0aec3e4e02477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7eb8b5d5ce42426ba554b4e16b9c61b0.psmdcp" Id="Re5b60c4930864deb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>WMI06</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Gender Equality Index</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>1/7/2025 11:00:00 AM</x:t>
+    <x:t>07/01/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WMI06/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>WMI</x:t>
   </x:si>
   <x:si>
     <x:t>Women and Men in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Laura Delaney</x:t>
   </x:si>
@@ -571,451 +571,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...399 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C04026V04786" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField name="Country" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="28">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H1177" totalsRowShown="0">
   <x:autoFilter ref="A1:H1177"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C04026V04786"/>
     <x:tableColumn id="6" name="Country"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1284,51 +1013,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WMI06/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eige.europa.eu/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1515,51 +1244,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H1177"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="31.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -32149,51 +31878,51 @@
       <x:c r="E1177" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F1177" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G1177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H1177" s="0">
         <x:v>93.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -32210,51 +31939,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H1177" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="7">
         <x:s v="WMI06C01"/>
         <x:s v="WMI06C02"/>
         <x:s v="WMI06C03"/>
         <x:s v="WMI06C04"/>
         <x:s v="WMI06C05"/>
         <x:s v="WMI06C06"/>
         <x:s v="WMI06C07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="7">
         <x:s v="Gender Equality Index - Overall"/>
         <x:s v="Gender Equality Index - Work"/>
         <x:s v="Gender Equality Index - Money"/>
         <x:s v="Gender Equality Index - Knowledge"/>
         <x:s v="Gender Equality Index - Time"/>
         <x:s v="Gender Equality Index - Power"/>
         <x:s v="Gender Equality Index - Health"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
@@ -32785,27 +32514,11788 @@
         <x:n v="95"/>
         <x:n v="88.6"/>
         <x:n v="89"/>
         <x:n v="82.7"/>
         <x:n v="90.4"/>
         <x:n v="87.3"/>
         <x:n v="94.2"/>
         <x:n v="85.2"/>
         <x:n v="95.2"/>
         <x:n v="94.8"/>
         <x:n v="91.2"/>
         <x:n v="89.2"/>
         <x:n v="91.4"/>
         <x:n v="84.4"/>
         <x:n v="93.1"/>
         <x:n v="91"/>
         <x:n v="93.4"/>
         <x:n v="93.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="77.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="55.6"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="51.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="73.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="53.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="75.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="62.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="54.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="57.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="53.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="68.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="68.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="77.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="74.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="82.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="76.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="78.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="76.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="78.8"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="63.4"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="57.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="WMI06C01"/>
+    <s v="Gender Equality Index - Overall"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="79.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="63.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="70.7"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="67.7"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="75.9"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="72.8"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="73.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="74.9"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="72.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="63.7"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="76.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="76.8"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="78.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="76.8"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="79.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="76.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="77.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="73.8"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="82.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="76.8"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="77.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="79.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="79.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="76.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="75.8"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="82.8"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="78.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="77.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="75.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="77.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="76.2"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="80.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="76.3"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="76.1"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="78.6"/>
+  </r>
+  <r>
+    <s v="WMI06C02"/>
+    <s v="Gender Equality Index - Work"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="81.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="61.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="86.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="72.2"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="78.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="80.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="91.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="82.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="86.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="72.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="81.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="88.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="62.3"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="76.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="86.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="72.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="72.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="81.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="86.2"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="72.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="82.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="89.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="73.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="78.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="69.9"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="92.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="84.2"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="87.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="76.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="83.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="75.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="85.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="89.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="72.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="78.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="84.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="80.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="73.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="74.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="90.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="79.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="73.3"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="71.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="78.3"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="93.9"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="88.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="88.2"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="78.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="70.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="84.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="87.2"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="79.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="79.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="80.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="84.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="70.9"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="94.1"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="73.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="79.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="74.4"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="72.8"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="WMI06C03"/>
+    <s v="Gender Equality Index - Money"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="53.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="50.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="49.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="55.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="51.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="60.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="73.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="54.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="56.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="57.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="52.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="55.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="54.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="54.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="50.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="70.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="57.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="52.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="61.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="58.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="54.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="68.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="53.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="47.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="57.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="60.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="74.6"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="63.6"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="65.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="50.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="54.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="60.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="73.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="57.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="61.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="70.2"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="57.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="70.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="58.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="71.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="55.4"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="60.5"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="WMI06C04"/>
+    <s v="Gender Equality Index - Knowledge"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="76.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="50.6"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="46.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="50.6"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="46.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="50.6"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="46.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="74.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="44.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="67.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="51.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="50.6"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="69.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="83.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="72.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="46.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="77.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="62.6"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="62.1"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="61.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="59.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="68.4"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="69.7"/>
+  </r>
+  <r>
+    <s v="WMI06C05"/>
+    <s v="Gender Equality Index - Time"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="55.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="59.9"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="26.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="64.9"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="56.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="34.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="53.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="24.3"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="78.3"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="34.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="47.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="44.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="32.5"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="44.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="39.9"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="46.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="26.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="66.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="53.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="61.5"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="27.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="59.5"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="36.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="29.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="49.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="34.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="57.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="29.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="71.9"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="84.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="60.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="28.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="62.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="76.9"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="81.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="45.3"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="52.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="50.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="39.3"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="53.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="22.9"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="48.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="31.5"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="53.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="34.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="84.5"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="57.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="64.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="61.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="80.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="81.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="49.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="30.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="50.9"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="45.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="59.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="51.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="34.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="53.3"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="74.3"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="59.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="71.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="81.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="62.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="49.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="48.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="64.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="45.3"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="72.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="55.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="30.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="56.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="73.9"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="61.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="72.3"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="58.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="77.7"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="67.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="33.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="85.3"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="28.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="50.5"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="75.3"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="57.1"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="61.3"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="32.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="30.4"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="75.8"/>
+  </r>
+  <r>
+    <s v="WMI06C06"/>
+    <s v="Gender Equality Index - Power"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="77.1"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="90.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="81.9"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="90.9"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="83.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="83.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="88.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="78.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="89.6"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="86.6"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="92.1"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="83.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="84.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="89.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="94.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="86.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="77.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="89.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="90.6"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="81.6"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="90.1"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="83.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="78.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="91.9"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="77.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="90.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="82.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="90.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="79.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="89.9"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="92.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="90.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="91.9"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="94.6"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="88.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="85.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="79.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="82.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="90.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="91.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="83.6"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="84.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="85.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="92.6"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="77.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="89.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="94.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="91.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="89.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="82.9"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="90.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="87.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="94.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="91.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="84.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="84.1"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="86.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="93.1"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="94.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EU272020"/>
+    <s v="EU27 countries (from 2020)"/>
+    <s v="%"/>
+    <n v="88.6"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BE"/>
+    <s v="Belgium"/>
+    <s v="%"/>
+    <n v="88.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="BG"/>
+    <s v="Bulgaria"/>
+    <s v="%"/>
+    <n v="78.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CZ"/>
+    <s v="Czechia"/>
+    <s v="%"/>
+    <n v="85.1"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DK"/>
+    <s v="Denmark"/>
+    <s v="%"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="%"/>
+    <n v="89.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="EE"/>
+    <s v="Estonia"/>
+    <s v="%"/>
+    <n v="85.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IE"/>
+    <s v="Ireland"/>
+    <s v="%"/>
+    <n v="94.6"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="GR"/>
+    <s v="Greece"/>
+    <s v="%"/>
+    <n v="85.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="%"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="%"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HR"/>
+    <s v="Croatia"/>
+    <s v="%"/>
+    <n v="85.2"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="%"/>
+    <n v="89.3"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="CY"/>
+    <s v="Cyprus"/>
+    <s v="%"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LV"/>
+    <s v="Latvia"/>
+    <s v="%"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LT"/>
+    <s v="Lithuania"/>
+    <s v="%"/>
+    <n v="83.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="LU"/>
+    <s v="Luxembourg"/>
+    <s v="%"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="HU"/>
+    <s v="Hungary"/>
+    <s v="%"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="MT"/>
+    <s v="Malta"/>
+    <s v="%"/>
+    <n v="87.9"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="NL"/>
+    <s v="Netherlands (the)"/>
+    <s v="%"/>
+    <n v="93.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="AT"/>
+    <s v="Austria"/>
+    <s v="%"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PL"/>
+    <s v="Poland"/>
+    <s v="%"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="PT"/>
+    <s v="Portugal"/>
+    <s v="%"/>
+    <n v="84.6"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="RO"/>
+    <s v="Romania"/>
+    <s v="%"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SI"/>
+    <s v="Slovenia"/>
+    <s v="%"/>
+    <n v="86.9"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SK"/>
+    <s v="Slovakia"/>
+    <s v="%"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="FI"/>
+    <s v="Finland"/>
+    <s v="%"/>
+    <n v="91.7"/>
+  </r>
+  <r>
+    <s v="WMI06C07"/>
+    <s v="Gender Equality Index - Health"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="SE"/>
+    <s v="Sweden"/>
+    <s v="%"/>
+    <n v="93.8"/>
+  </r>
+</pivotCacheRecords>
 </file>