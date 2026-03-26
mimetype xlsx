--- v0 (2025-11-08)
+++ v1 (2026-03-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe4de0e93bb44d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8138e91a9a5c434f8945c3f5d81aa34e.psmdcp" Id="Ra4d915060c6240d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaa53578a24d4893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9453d2d73214c68bad7330eed795843.psmdcp" Id="R4b869f326fb3443d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>WBD02</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Healthy Life Years (HLY) at birth</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/22/2025 11:00:00 AM</x:t>
+    <x:t>22/08/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Source: Eurostat&lt;br&gt;Healthy Life Years is calculated using data on the prevalence of healthy and unhealthy conditions from the Survey on Income and Living Conditions (SILC) and mortality data from Vital Statistics publications. In 2020, the SILC methodology was revised due to the introduction of Regulation 2019/1700 resulting in a break in series. The SILC measure used in the calculation of Healthy Life Years is not considered to be impacted by the break in series, but caution should be applied when comparing data pre and post 2020 for this indicator.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WBD02/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>WBD</x:t>
   </x:si>
   <x:si>
     <x:t>Well-being</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -415,283 +415,138 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...231 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="16">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H49" totalsRowShown="0">
   <x:autoFilter ref="A1:H49"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -960,51 +815,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WBD02/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1193,51 +1048,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H49"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="28.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -2499,51 +2354,51 @@
       <x:c r="E49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H49" s="0">
         <x:v>66.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -2560,51 +2415,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H49" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="WBD02C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Healthy Life Years (HLY) at birth"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="16">
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
@@ -2672,27 +2527,508 @@
         <x:n v="68.5"/>
         <x:n v="65.7"/>
         <x:n v="68"/>
         <x:n v="66.3"/>
         <x:n v="67.5"/>
         <x:n v="66.5"/>
         <x:n v="69.8"/>
         <x:n v="68.6"/>
         <x:n v="67.9"/>
         <x:n v="69.3"/>
         <x:n v="69.4"/>
         <x:n v="70.4"/>
         <x:n v="69.6"/>
         <x:n v="70.5"/>
         <x:n v="66.2"/>
         <x:n v="67.1"/>
         <x:n v="65.2"/>
         <x:n v="66.8"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="63.5"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="67.5"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="66.5"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="69.3"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="68.3"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="70.5"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="66.2"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="65.3"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="67.2"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="66.4"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="66.8"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Years"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Years"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="WBD02C01"/>
+    <s v="Healthy Life Years (HLY) at birth"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Years"/>
+    <n v="66.2"/>
+  </r>
+</pivotCacheRecords>
 </file>