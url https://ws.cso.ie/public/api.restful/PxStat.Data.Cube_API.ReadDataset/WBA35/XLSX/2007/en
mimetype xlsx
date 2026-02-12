--- v0 (2025-11-13)
+++ v1 (2026-02-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16241a56516143d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/966d1183a9f94dc595d19323d049d58e.psmdcp" Id="R9ad4e1e367aa4d44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe4ba2201df64d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7d2197bce044f3da3f8bcd626b9352d.psmdcp" Id="R0b02af7015be4b0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>WBA35</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage of individuals emotional well-being indicator</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/16/2024 11:00:00 AM</x:t>
+    <x:t>16/05/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Feeling lonely only collected in 2018.&lt;br&gt;Please note that the ‘not stated’ response has been excluded from analysis. &lt;br&gt;There is a break in the SILC time series for 2020, seeInformation Note(https://www.cso.ie/en/releasesandpublications/in/silc/informationnote-breakintimeseriessilc2020/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WBA35/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SMWB</x:t>
   </x:si>
   <x:si>
     <x:t>SILC Module on Well-being 2018</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -240,50 +240,53 @@
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>Rented at below the market rate or rent free</x:t>
   </x:si>
   <x:si>
     <x:t>5</x:t>
   </x:si>
   <x:si>
     <x:t>Owned outright</x:t>
   </x:si>
   <x:si>
     <x:t>6</x:t>
   </x:si>
   <x:si>
     <x:t>Owned with mortgage</x:t>
   </x:si>
   <x:si>
     <x:t>40</x:t>
   </x:si>
   <x:si>
     <x:t>Being very nervous</x:t>
   </x:si>
   <x:si>
     <x:t>Feeling lonely</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>60</x:t>
   </x:si>
   <x:si>
     <x:t>Feeling downhearted or depressed</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -427,267 +430,146 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...215 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03603V04343" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Less Frequently Felt Emotion" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01783V03119" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Tenure Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03604V04344" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Time Frequency" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L97" totalsRowShown="0">
   <x:autoFilter ref="A1:L97"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03603V04343"/>
     <x:tableColumn id="4" name="Less Frequently Felt Emotion"/>
     <x:tableColumn id="5" name="C01783V03119"/>
     <x:tableColumn id="6" name="Tenure Status"/>
     <x:tableColumn id="7" name="C03604V04344"/>
     <x:tableColumn id="8" name="Time Frequency"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="Year"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -960,51 +842,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WBA35/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1193,51 +1075,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L97"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="50.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="31.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="40.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="24.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="6.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="7.424911" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -3113,50 +2995,53 @@
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H50" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I50" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J50" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K50" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L50" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="51" spans="1:12">
       <x:c r="A51" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>56</x:v>
@@ -3186,50 +3071,53 @@
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K52" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L52" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="53" spans="1:12">
       <x:c r="A53" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>61</x:v>
@@ -3259,50 +3147,53 @@
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H54" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I54" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J54" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K54" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L54" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="55" spans="1:12">
       <x:c r="A55" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>63</x:v>
@@ -3332,50 +3223,53 @@
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H56" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I56" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J56" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K56" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L56" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="57" spans="1:12">
       <x:c r="A57" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>56</x:v>
@@ -3405,50 +3299,53 @@
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K58" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L58" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="59" spans="1:12">
       <x:c r="A59" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>61</x:v>
@@ -3478,50 +3375,53 @@
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K60" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L60" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="61" spans="1:12">
       <x:c r="A61" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>63</x:v>
@@ -3551,50 +3451,53 @@
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K62" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L62" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="63" spans="1:12">
       <x:c r="A63" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>56</x:v>
@@ -3624,50 +3527,53 @@
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K64" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L64" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="65" spans="1:12">
       <x:c r="A65" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>61</x:v>
@@ -3697,50 +3603,53 @@
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H66" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I66" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J66" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K66" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L66" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="67" spans="1:12">
       <x:c r="A67" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>63</x:v>
@@ -3770,50 +3679,53 @@
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H68" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I68" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J68" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K68" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L68" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="69" spans="1:12">
       <x:c r="A69" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>56</x:v>
@@ -3843,50 +3755,53 @@
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H70" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I70" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J70" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K70" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L70" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="71" spans="1:12">
       <x:c r="A71" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>61</x:v>
@@ -3916,1014 +3831,1017 @@
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H72" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I72" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J72" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K72" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="L72" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
     </x:row>
     <x:row r="73" spans="1:12">
       <x:c r="A73" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L73" s="0">
         <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12">
       <x:c r="A74" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I74" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J74" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K74" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L74" s="0">
         <x:v>49.5</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12">
       <x:c r="A75" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L75" s="0">
         <x:v>55.7</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12">
       <x:c r="A76" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H76" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I76" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J76" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K76" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L76" s="0">
         <x:v>27.8</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12">
       <x:c r="A77" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L77" s="0">
         <x:v>28.6</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12">
       <x:c r="A78" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H78" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I78" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J78" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K78" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L78" s="0">
         <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12">
       <x:c r="A79" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L79" s="0">
         <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12">
       <x:c r="A80" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H80" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I80" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J80" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K80" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L80" s="0">
         <x:v>42.3</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12">
       <x:c r="A81" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I81" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L81" s="0">
         <x:v>53.9</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12">
       <x:c r="A82" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H82" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I82" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J82" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K82" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L82" s="0">
         <x:v>25.8</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12">
       <x:c r="A83" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L83" s="0">
         <x:v>27.8</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12">
       <x:c r="A84" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H84" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I84" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J84" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K84" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L84" s="0">
         <x:v>31.9</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12">
       <x:c r="A85" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L85" s="0">
         <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12">
       <x:c r="A86" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H86" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I86" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J86" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K86" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L86" s="0">
         <x:v>56.9</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12">
       <x:c r="A87" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I87" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L87" s="0">
         <x:v>66.1</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12">
       <x:c r="A88" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H88" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I88" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J88" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K88" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L88" s="0">
         <x:v>24.7</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12">
       <x:c r="A89" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L89" s="0">
         <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12">
       <x:c r="A90" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H90" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I90" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J90" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K90" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L90" s="0">
         <x:v>18.3</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12">
       <x:c r="A91" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I91" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L91" s="0">
         <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12">
       <x:c r="A92" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H92" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I92" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J92" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K92" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L92" s="0">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12">
       <x:c r="A93" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I93" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L93" s="0">
         <x:v>67.4</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12">
       <x:c r="A94" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H94" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I94" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J94" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K94" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L94" s="0">
         <x:v>27.3</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12">
       <x:c r="A95" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L95" s="0">
         <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12">
       <x:c r="A96" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H96" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I96" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J96" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K96" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L96" s="0">
         <x:v>18.7</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12">
       <x:c r="A97" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I97" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L97" s="0">
         <x:v>10.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -4940,51 +4858,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L97" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="WBA35"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Percentage of individuals emotional well-being indicator"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03603V04343">
       <x:sharedItems count="4">
         <x:s v="30"/>
         <x:s v="40"/>
         <x:s v="50"/>
         <x:s v="60"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Less Frequently Felt Emotion">
       <x:sharedItems count="4">
         <x:s v="Feeling down in the dumps"/>
         <x:s v="Being very nervous"/>
         <x:s v="Feeling lonely"/>
@@ -5101,27 +5019,1372 @@
         <x:n v="27.8"/>
         <x:n v="28.6"/>
         <x:n v="22.7"/>
         <x:n v="42.3"/>
         <x:n v="53.9"/>
         <x:n v="25.8"/>
         <x:n v="31.9"/>
         <x:n v="18.3"/>
         <x:n v="56.9"/>
         <x:n v="66.1"/>
         <x:n v="24.7"/>
         <x:n v="12.5"/>
         <x:n v="54"/>
         <x:n v="67.4"/>
         <x:n v="27.3"/>
         <x:n v="22.2"/>
         <x:n v="18.7"/>
         <x:n v="10.4"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="50.3"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="48.2"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="24.9"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="30.2"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="37.5"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="28.9"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="33.7"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="57.4"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="30"/>
+    <s v="Feeling down in the dumps"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="51.8"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="49.4"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="32.2"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="27.1"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="62.4"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="67.1"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="19.7"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="59.2"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="63.8"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="23.9"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="40"/>
+    <s v="Being very nervous"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="24.1"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="64.6"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="69.5"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="50"/>
+    <s v="Feeling lonely"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="49.5"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="28.6"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="22.7"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="2"/>
+    <s v="Rented at market rate"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="42.3"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="53.9"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="25.8"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="27.8"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="31.9"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="4"/>
+    <s v="Rented at below the market rate or rent free"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="66.1"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="5"/>
+    <s v="Owned outright"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="10"/>
+    <s v="None of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="67.4"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="27.3"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="20"/>
+    <s v="A little of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="22.2"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="WBA35"/>
+    <s v="Percentage of individuals emotional well-being indicator"/>
+    <s v="60"/>
+    <s v="Feeling downhearted or depressed"/>
+    <s v="6"/>
+    <s v="Owned with mortgage"/>
+    <s v="50"/>
+    <s v="Some/most/all of the time"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="%"/>
+    <n v="10.4"/>
+  </r>
+</pivotCacheRecords>
 </file>