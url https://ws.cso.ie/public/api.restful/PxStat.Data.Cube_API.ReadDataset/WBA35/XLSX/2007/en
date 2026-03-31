--- v1 (2026-02-12)
+++ v2 (2026-03-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe4ba2201df64d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7d2197bce044f3da3f8bcd626b9352d.psmdcp" Id="R0b02af7015be4b0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23078f1f7f2c46dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/288d3c1ad1c04e3589f5d8e18456c532.psmdcp" Id="Rd8710f815f20403b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>