--- v0 (2025-11-10)
+++ v1 (2026-02-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf66684ea52124e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7893cfebfa554394904f0c0a7e03cca3.psmdcp" Id="R6d0b9147b9e645ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6484c06b11804ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13b516c62f804551b8de0921d41f431e.psmdcp" Id="R7c420e6a303741d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>WBA12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Material Help</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/16/2024 11:00:00 AM</x:t>
+    <x:t>16/05/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Only collected in 2018.&lt;br&gt;Please note that the ‘not stated’ response has been excluded from analysis. &lt;br&gt;There is a break in the SILC time series for 2020, see Information Note(https://www.cso.ie/en/releasesandpublications/in/silc/informationnote-breakintimeseriessilc2020/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WBA12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>SMWB</x:t>
   </x:si>
   <x:si>
     <x:t>SILC Module on Well-being 2018</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -180,50 +180,53 @@
     <x:t>Statistic Label</x:t>
   </x:si>
   <x:si>
     <x:t>UNIT</x:t>
   </x:si>
   <x:si>
     <x:t>VALUE</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>At work</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>WBA12C01</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage of individuals with access to material help</x:t>
   </x:si>
   <x:si>
     <x:t>%</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>WBA12C02</x:t>
   </x:si>
   <x:si>
     <x:t>Percentage of individuals with access to non-material help</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Unemployed</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
     <x:t>Student</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
@@ -400,203 +403,118 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...151 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02028V02456" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Principal Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H25" totalsRowShown="0">
   <x:autoFilter ref="A1:H25"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02028V02456"/>
     <x:tableColumn id="2" name="Principal Economic Status"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -865,51 +783,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/WBA12/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1098,51 +1016,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="48.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="52.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="7.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -1166,629 +1084,665 @@
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H2" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F3" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G3" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H3" s="0" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H4" s="0">
         <x:v>89.5</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D5" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="E5" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F5" s="0" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H5" s="0">
         <x:v>95.6</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H6" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F7" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G7" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H8" s="0">
         <x:v>80.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="E9" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F9" s="0" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H9" s="0">
         <x:v>90.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H10" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G11" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H11" s="0" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H12" s="0">
         <x:v>79.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="E13" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F13" s="0" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H13" s="0">
         <x:v>96.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H14" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H16" s="0">
         <x:v>81.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="E17" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F17" s="0" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H17" s="0">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H18" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F19" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G19" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H19" s="0" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H20" s="0">
         <x:v>88.2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H21" s="0">
         <x:v>96.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H22" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F23" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G23" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H24" s="0">
         <x:v>75.2</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D25" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="E25" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F25" s="0" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H25" s="0">
         <x:v>88.3</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -1805,51 +1759,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H25" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02028V02456">
       <x:sharedItems count="6">
         <x:s v="1"/>
         <x:s v="2"/>
         <x:s v="3"/>
         <x:s v="4"/>
         <x:s v="5"/>
         <x:s v="6"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Principal Economic Status">
       <x:sharedItems count="6">
         <x:s v="At work"/>
         <x:s v="Unemployed"/>
         <x:s v="Student"/>
         <x:s v="Engaged on home duties"/>
         <x:s v="Retired from employment"/>
         <x:s v="Unable to work due to permanent sickness/disability"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="2">
         <x:s v="2013"/>
@@ -1879,27 +1833,268 @@
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
       <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="75.2" maxValue="96.5" count="13">
         <x:s v=""/>
         <x:n v="89.5"/>
         <x:n v="95.6"/>
         <x:n v="80.3"/>
         <x:n v="90.4"/>
         <x:n v="79.5"/>
         <x:n v="96.5"/>
         <x:n v="81.1"/>
         <x:n v="91"/>
         <x:n v="88.2"/>
         <x:n v="96.4"/>
         <x:n v="75.2"/>
         <x:n v="88.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="WBA12C01"/>
+    <s v="Percentage of individuals with access to material help"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="WBA12C02"/>
+    <s v="Percentage of individuals with access to non-material help"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WBA12C01"/>
+    <s v="Percentage of individuals with access to material help"/>
+    <s v="%"/>
+    <n v="89.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="At work"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WBA12C02"/>
+    <s v="Percentage of individuals with access to non-material help"/>
+    <s v="%"/>
+    <n v="95.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="WBA12C01"/>
+    <s v="Percentage of individuals with access to material help"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="WBA12C02"/>
+    <s v="Percentage of individuals with access to non-material help"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WBA12C01"/>
+    <s v="Percentage of individuals with access to material help"/>
+    <s v="%"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Unemployed"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WBA12C02"/>
+    <s v="Percentage of individuals with access to non-material help"/>
+    <s v="%"/>
+    <n v="90.4"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="WBA12C01"/>
+    <s v="Percentage of individuals with access to material help"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="WBA12C02"/>
+    <s v="Percentage of individuals with access to non-material help"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WBA12C01"/>
+    <s v="Percentage of individuals with access to material help"/>
+    <s v="%"/>
+    <n v="79.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Student"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WBA12C02"/>
+    <s v="Percentage of individuals with access to non-material help"/>
+    <s v="%"/>
+    <n v="96.5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="WBA12C01"/>
+    <s v="Percentage of individuals with access to material help"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="WBA12C02"/>
+    <s v="Percentage of individuals with access to non-material help"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WBA12C01"/>
+    <s v="Percentage of individuals with access to material help"/>
+    <s v="%"/>
+    <n v="81.1"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Engaged on home duties"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WBA12C02"/>
+    <s v="Percentage of individuals with access to non-material help"/>
+    <s v="%"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="WBA12C01"/>
+    <s v="Percentage of individuals with access to material help"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="WBA12C02"/>
+    <s v="Percentage of individuals with access to non-material help"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WBA12C01"/>
+    <s v="Percentage of individuals with access to material help"/>
+    <s v="%"/>
+    <n v="88.2"/>
+  </r>
+  <r>
+    <s v="5"/>
+    <s v="Retired from employment"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WBA12C02"/>
+    <s v="Percentage of individuals with access to non-material help"/>
+    <s v="%"/>
+    <n v="96.4"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="WBA12C01"/>
+    <s v="Percentage of individuals with access to material help"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="WBA12C02"/>
+    <s v="Percentage of individuals with access to non-material help"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WBA12C01"/>
+    <s v="Percentage of individuals with access to material help"/>
+    <s v="%"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="6"/>
+    <s v="Unable to work due to permanent sickness/disability"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="WBA12C02"/>
+    <s v="Percentage of individuals with access to non-material help"/>
+    <s v="%"/>
+    <n v="88.3"/>
+  </r>
+</pivotCacheRecords>
 </file>