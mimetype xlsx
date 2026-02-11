--- v0 (2025-10-11)
+++ v1 (2026-02-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73bb745e4cd34ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be8c9b6d98a44f3eb86505551ae6fc23.psmdcp" Id="Rccdb87f6714f4e5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5226c6e6035b4c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1345aa1398bf40618364af6265a3d153.psmdcp" Id="R121aae2dca814e34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSD33</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Published Suicide Deaths and Late Registered Deaths</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/24/2022 11:00:00 AM</x:t>
+    <x:t>24/11/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>These are historic suicides that have been registered in years after the occurrence year data had been finalised for publication in the Annual Report(https://www.cso.ie/en/releasesandpublications/ep/p-vsar/vitalstatisticsannualreport2020/appendix2020/). The numbers of Late Registered Suicides and Revised Suicide Deaths are therefore subject to change based on late registrations received. See our Methods(https://www.cso.ie/en/methods/birthsdeathsandmarriages/deathregistration/) page and Background Notes(https://www.cso.ie/en/releasesandpublications/ep/p-vsar/vitalstatisticsannualreport2020/backgroundnotes/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSD33/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>VSDO</x:t>
   </x:si>
   <x:si>
     <x:t>Deaths Occurrence (Final)</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -260,50 +260,53 @@
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>VSD33C02</x:t>
   </x:si>
   <x:si>
     <x:t>Late Registered Suicide</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>VSD33C03</x:t>
   </x:si>
   <x:si>
     <x:t>Revised Suicide Deaths</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
@@ -445,339 +448,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="21">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H190" totalsRowShown="0">
   <x:autoFilter ref="A1:H190"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1046,51 +862,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSD33/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1279,51 +1095,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H190"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="21.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -4467,1799 +4283,1835 @@
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H122" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H124" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H125" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H126" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H127" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H128" s="0">
         <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H131" s="0">
         <x:v>532</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H132" s="0">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H134" s="0">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H135" s="0">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H136" s="0">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H137" s="0">
         <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H138" s="0">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H139" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H140" s="0">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H141" s="0">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H142" s="0">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H143" s="0">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H144" s="0">
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H145" s="0">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H146" s="0">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H147" s="0">
         <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H148" s="0">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H149" s="0">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H150" s="0">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H151" s="0">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H152" s="0">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H153" s="0">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H154" s="0">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H155" s="0">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H156" s="0">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H157" s="0">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H158" s="0">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H159" s="0">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H160" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H161" s="0">
         <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H162" s="0">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H163" s="0">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H164" s="0">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H165" s="0">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H166" s="0">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H167" s="0">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H168" s="0">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H169" s="0">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H170" s="0">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H171" s="0">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H172" s="0">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H173" s="0">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H174" s="0">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H175" s="0">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H176" s="0">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H177" s="0">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H178" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H179" s="0">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H180" s="0">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H181" s="0">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H182" s="0">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H183" s="0">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H184" s="0">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H185" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H186" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H188" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H189" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H190" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6276,51 +6128,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H190" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="VSD33C01"/>
         <x:s v="VSD33C02"/>
         <x:s v="VSD33C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Published Suicide Data"/>
         <x:s v="Late Registered Suicide"/>
         <x:s v="Revised Suicide Deaths"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="21">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
@@ -6503,27 +6355,1918 @@
         <x:n v="100"/>
         <x:n v="577"/>
         <x:n v="476"/>
         <x:n v="101"/>
         <x:n v="581"/>
         <x:n v="472"/>
         <x:n v="548"/>
         <x:n v="440"/>
         <x:n v="108"/>
         <x:n v="570"/>
         <x:n v="466"/>
         <x:n v="389"/>
         <x:n v="107"/>
         <x:n v="526"/>
         <x:n v="426"/>
         <x:n v="505"/>
         <x:n v="521"/>
         <x:n v="134"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="VSD33C01"/>
+    <s v="Published Suicide Data"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSD33C02"/>
+    <s v="Late Registered Suicide"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="527"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="530"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="496"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSD33C03"/>
+    <s v="Revised Suicide Deaths"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>