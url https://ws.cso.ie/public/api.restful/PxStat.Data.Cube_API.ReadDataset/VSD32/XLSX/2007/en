--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb78fe3142cb44ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c1bae84c8f7c44d598f54a41c27ecc22.psmdcp" Id="R9922ede7b8844794" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f19fcaee3c34c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c98c9aadad774fb0a99911516ae14b50.psmdcp" Id="R2157c8f84b324489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSD32</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Suicide death rates</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/23/2025 11:00:00 AM</x:t>
+    <x:t>11/3/2025 11:00:00 AM</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>Data is final up to 2022 and are the figures provided in the Vital Statistics Annual Report. Data for subsequent year/s is provisional and based on registration figures.&lt;br&gt;See VSA35(table/VSA35) for revised suicide totals – including deaths registered after the published Annual Report for each year. These are reported under cause of death ‘X60-X84 Intentional self-harm’.</x:t>
+    <x:t>Data is final up to 2023 and are the figures provided in the Vital Statistics Annual Report. Data for subsequent year/s is provisional and based on registration figures.&lt;br&gt;See VSA35(table/VSA35) for revised suicide totals – including deaths registered after the published Annual Report for each year. These are reported under cause of death ‘X60-X84 Intentional self-harm’.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSD32/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>VSDO</x:t>
   </x:si>
   <x:si>
     <x:t>Deaths Occurrence (Final)</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Sean O'Connor</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
@@ -3189,103 +3189,103 @@
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H71" s="0">
-        <x:v>302</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H72" s="0">
-        <x:v>232</x:v>
+        <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H73" s="0">
-        <x:v>70</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H74" s="0">
@@ -5139,103 +5139,103 @@
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H146" s="0">
-        <x:v>5.7</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H147" s="0">
-        <x:v>8.9</x:v>
+        <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H148" s="0">
-        <x:v>2.6</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H149" s="0">
@@ -7079,95 +7079,104 @@
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
+      <x:c r="H221" s="0">
+        <x:v>8.8</x:v>
+      </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
+      <x:c r="H222" s="0">
+        <x:v>14.6</x:v>
+      </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>83</x:v>
+      </x:c>
+      <x:c r="H223" s="0">
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
@@ -7364,51 +7373,51 @@
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="2">
         <x:s v="Number"/>
         <x:s v="Rate per 100,000 Pop."/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="2.3" maxValue="554" count="155">
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="2.3" maxValue="554" count="157">
         <x:n v="486"/>
         <x:n v="395"/>
         <x:n v="91"/>
         <x:n v="519"/>
         <x:n v="429"/>
         <x:n v="90"/>
         <x:n v="478"/>
         <x:n v="387"/>
         <x:n v="497"/>
         <x:n v="386"/>
         <x:n v="111"/>
         <x:n v="493"/>
         <x:n v="406"/>
         <x:n v="87"/>
         <x:n v="481"/>
         <x:n v="382"/>
         <x:n v="99"/>
         <x:n v="460"/>
         <x:n v="379"/>
         <x:n v="81"/>
         <x:n v="458"/>
         <x:n v="362"/>
         <x:n v="96"/>
         <x:n v="506"/>
         <x:n v="120"/>
@@ -7419,53 +7428,53 @@
         <x:n v="405"/>
         <x:n v="554"/>
         <x:n v="541"/>
         <x:n v="445"/>
         <x:n v="487"/>
         <x:n v="391"/>
         <x:n v="399"/>
         <x:n v="425"/>
         <x:n v="335"/>
         <x:n v="437"/>
         <x:n v="350"/>
         <x:n v="383"/>
         <x:n v="310"/>
         <x:n v="73"/>
         <x:n v="327"/>
         <x:n v="110"/>
         <x:n v="390"/>
         <x:n v="300"/>
         <x:n v="465"/>
         <x:n v="338"/>
         <x:n v="127"/>
         <x:n v="449"/>
         <x:n v="359"/>
         <x:n v="436"/>
         <x:n v="346"/>
-        <x:n v="302"/>
-[...1 lines deleted...]
-        <x:n v="70"/>
+        <x:n v="453"/>
+        <x:n v="368"/>
+        <x:n v="85"/>
         <x:n v="351"/>
         <x:n v="289"/>
         <x:n v="62"/>
         <x:n v="12.8"/>
         <x:n v="21"/>
         <x:n v="4.8"/>
         <x:n v="13.5"/>
         <x:n v="22.4"/>
         <x:n v="4.7"/>
         <x:n v="12.2"/>
         <x:n v="19.9"/>
         <x:n v="4.6"/>
         <x:n v="12.5"/>
         <x:n v="19.5"/>
         <x:n v="5.5"/>
         <x:n v="20.2"/>
         <x:n v="4.3"/>
         <x:n v="11.6"/>
         <x:n v="18.5"/>
         <x:n v="10.8"/>
         <x:n v="17.9"/>
         <x:n v="3.8"/>
         <x:n v="10.5"/>
         <x:n v="16.5"/>
         <x:n v="4.4"/>
@@ -7481,73 +7490,75 @@
         <x:n v="4.1"/>
         <x:n v="10.6"/>
         <x:n v="17.5"/>
         <x:n v="3.7"/>
         <x:n v="9.1"/>
         <x:n v="14.5"/>
         <x:n v="9.2"/>
         <x:n v="14.9"/>
         <x:n v="3.6"/>
         <x:n v="8"/>
         <x:n v="13.1"/>
         <x:n v="3"/>
         <x:n v="9"/>
         <x:n v="13.59"/>
         <x:n v="4.49"/>
         <x:n v="7.9"/>
         <x:n v="12.3"/>
         <x:n v="9.3"/>
         <x:n v="13.7"/>
         <x:n v="5.1"/>
         <x:n v="8.8"/>
         <x:n v="14.3"/>
         <x:n v="3.5"/>
         <x:n v="8.4"/>
         <x:n v="3.4"/>
-        <x:n v="5.7"/>
-[...1 lines deleted...]
-        <x:n v="2.6"/>
+        <x:n v="8.6"/>
+        <x:n v="14.1"/>
+        <x:n v="3.2"/>
         <x:n v="6.5"/>
         <x:n v="2.3"/>
         <x:n v="12.9"/>
         <x:n v="20.9"/>
         <x:n v="5"/>
         <x:n v="13.6"/>
         <x:n v="22.5"/>
         <x:n v="4.9"/>
         <x:n v="12.6"/>
         <x:n v="6"/>
         <x:n v="20"/>
         <x:n v="11.5"/>
         <x:n v="18"/>
         <x:n v="17.8"/>
         <x:n v="4"/>
         <x:n v="10.4"/>
         <x:n v="16.4"/>
         <x:n v="17.1"/>
+        <x:n v="5.7"/>
         <x:n v="20.5"/>
         <x:n v="11.2"/>
         <x:n v="18.2"/>
         <x:n v="11"/>
         <x:n v="18.4"/>
         <x:n v="9.5"/>
         <x:n v="15.2"/>
         <x:n v="15.4"/>
         <x:n v="8.33"/>
         <x:n v="13.8"/>
         <x:n v="3.11"/>
         <x:n v="9.38"/>
         <x:n v="14.28"/>
         <x:n v="8.2"/>
         <x:n v="9.6"/>
         <x:n v="14.2"/>
         <x:n v="5.2"/>
         <x:s v=""/>
+        <x:n v="14.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>