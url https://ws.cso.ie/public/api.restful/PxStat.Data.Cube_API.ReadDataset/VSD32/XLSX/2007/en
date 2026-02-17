--- v1 (2025-11-26)
+++ v2 (2026-02-17)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f19fcaee3c34c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c98c9aadad774fb0a99911516ae14b50.psmdcp" Id="R2157c8f84b324489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6be5ec1cc7c4967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44e7bf11feab4718a6fbbc6d839e40ed.psmdcp" Id="R57f566cf29ff44a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSD32</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Suicide death rates</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2025 11:00:00 AM</x:t>
+    <x:t>28/11/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data is final up to 2023 and are the figures provided in the Vital Statistics Annual Report. Data for subsequent year/s is provisional and based on registration figures.&lt;br&gt;See VSA35(table/VSA35) for revised suicide totals – including deaths registered after the published Annual Report for each year. These are reported under cause of death ‘X60-X84 Intentional self-harm’.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSD32/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>VSDO</x:t>
   </x:si>
   <x:si>
     <x:t>Deaths Occurrence (Final)</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -280,50 +280,53 @@
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
     <x:t>VSD32C02</x:t>
   </x:si>
   <x:si>
     <x:t>Crude</x:t>
   </x:si>
   <x:si>
     <x:t>Rate per 100,000 Pop.</x:t>
   </x:si>
   <x:si>
     <x:t>VSD32C03</x:t>
   </x:si>
   <x:si>
     <x:t>Standardised</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -460,371 +463,160 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...319 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="25">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H226" totalsRowShown="0">
   <x:autoFilter ref="A1:H226"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1093,51 +885,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSD32/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1326,51 +1118,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H226"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="15.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="20.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -7010,96 +6802,105 @@
         <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
+      <x:c r="H218" s="0">
+        <x:v>8.6</x:v>
+      </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
+      <x:c r="H219" s="0">
+        <x:v>13.9</x:v>
+      </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
+      <x:c r="H220" s="0">
+        <x:v>3.5</x:v>
+      </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H221" s="0">
         <x:v>8.8</x:v>
@@ -7157,110 +6958,119 @@
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
+      <x:c r="H224" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
+      <x:c r="H225" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>83</x:v>
+      </x:c>
+      <x:c r="H226" s="0" t="s">
+        <x:v>86</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7277,51 +7087,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H226" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="VSD32C01"/>
         <x:s v="VSD32C02"/>
         <x:s v="VSD32C03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Deaths"/>
         <x:s v="Crude"/>
         <x:s v="Standardised"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="25">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
@@ -7373,51 +7183,51 @@
         <x:s v="2023"/>
         <x:s v="2024"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="2">
         <x:s v="Number"/>
         <x:s v="Rate per 100,000 Pop."/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="2.3" maxValue="554" count="157">
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" minValue="2.3" maxValue="554" count="158">
         <x:n v="486"/>
         <x:n v="395"/>
         <x:n v="91"/>
         <x:n v="519"/>
         <x:n v="429"/>
         <x:n v="90"/>
         <x:n v="478"/>
         <x:n v="387"/>
         <x:n v="497"/>
         <x:n v="386"/>
         <x:n v="111"/>
         <x:n v="493"/>
         <x:n v="406"/>
         <x:n v="87"/>
         <x:n v="481"/>
         <x:n v="382"/>
         <x:n v="99"/>
         <x:n v="460"/>
         <x:n v="379"/>
         <x:n v="81"/>
         <x:n v="458"/>
         <x:n v="362"/>
         <x:n v="96"/>
         <x:n v="506"/>
         <x:n v="120"/>
@@ -7529,36 +7339,2288 @@
         <x:n v="11.5"/>
         <x:n v="18"/>
         <x:n v="17.8"/>
         <x:n v="4"/>
         <x:n v="10.4"/>
         <x:n v="16.4"/>
         <x:n v="17.1"/>
         <x:n v="5.7"/>
         <x:n v="20.5"/>
         <x:n v="11.2"/>
         <x:n v="18.2"/>
         <x:n v="11"/>
         <x:n v="18.4"/>
         <x:n v="9.5"/>
         <x:n v="15.2"/>
         <x:n v="15.4"/>
         <x:n v="8.33"/>
         <x:n v="13.8"/>
         <x:n v="3.11"/>
         <x:n v="9.38"/>
         <x:n v="14.28"/>
         <x:n v="8.2"/>
         <x:n v="9.6"/>
         <x:n v="14.2"/>
         <x:n v="5.2"/>
+        <x:n v="13.9"/>
+        <x:n v="14.6"/>
         <x:s v=""/>
-        <x:n v="14.6"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="382"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="425"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="390"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="VSD32C01"/>
+    <s v="Deaths"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.8"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="22.4"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="18.5"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="19.6"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="10.6"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="10.5"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.8"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="13.59"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.49"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="14.3"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="VSD32C02"/>
+    <s v="Crude"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="22.5"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="17.8"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="16.4"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="11.3"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="20.5"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="18.4"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="8.33"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="13.8"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.11"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="9.38"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="14.28"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="14.9"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.5"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="14.6"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Rate per 100,000 Pop."/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Rate per 100,000 Pop."/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSD32C03"/>
+    <s v="Standardised"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Rate per 100,000 Pop."/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>