--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redf1484bfff04edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5bc82380f43446a8b9601c5468eb2303.psmdcp" Id="Rfe1f5d334cea4daf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R771c900880974612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0bb9daae5834204899a4887a65c8145.psmdcp" Id="R31b500164be54f22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSD16</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Deaths from diseases of the circulatory system</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/11/2020 11:00:00 AM</x:t>
+    <x:t>11/11/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Data is final up to 2018. Data for subsequent year/s is provisional. </x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSD16/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>VSDO</x:t>
   </x:si>
   <x:si>
     <x:t>Deaths Occurrence (Final)</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -307,50 +307,53 @@
   </x:si>
   <x:si>
     <x:t>I80I89</x:t>
   </x:si>
   <x:si>
     <x:t>I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified</x:t>
   </x:si>
   <x:si>
     <x:t>I95I99</x:t>
   </x:si>
   <x:si>
     <x:t>I95-I99 Other and unspecified disorders of the circulatory system</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Male</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -487,363 +490,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02478V03901" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="ICD 10 Diagnostic Group" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J793" totalsRowShown="0">
   <x:autoFilter ref="A1:J793"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02199V02655"/>
     <x:tableColumn id="2" name="Sex"/>
     <x:tableColumn id="3" name="C02478V03901"/>
     <x:tableColumn id="4" name="ICD 10 Diagnostic Group"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1114,51 +918,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSD16/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1347,51 +1151,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="10.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="77.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="33.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -18773,78 +18577,84 @@
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H544" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I544" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="J544" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
     </x:row>
     <x:row r="545" spans="1:10">
       <x:c r="A545" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I545" s="0" t="s">
         <x:v>59</x:v>
+      </x:c>
+      <x:c r="J545" s="0" t="s">
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:10">
       <x:c r="A546" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H546" s="0" t="s">
@@ -26751,51 +26561,51 @@
       <x:c r="G793" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H793" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I793" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J793" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26812,51 +26622,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02199V02655">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Sex">
       <x:sharedItems count="3">
         <x:s v="Both sexes"/>
         <x:s v="Male"/>
         <x:s v="Female"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02478V03901">
       <x:sharedItems count="11">
         <x:s v="I00I02"/>
         <x:s v="I00I99"/>
         <x:s v="I05I09"/>
         <x:s v="I10I15"/>
         <x:s v="I20I25"/>
         <x:s v="I26I28"/>
         <x:s v="I30I52"/>
@@ -27336,27 +27146,9532 @@
         <x:n v="229"/>
         <x:n v="4.6"/>
         <x:n v="207"/>
         <x:n v="209"/>
         <x:n v="4.5"/>
         <x:n v="238"/>
         <x:n v="227"/>
         <x:n v="223"/>
         <x:n v="4.95"/>
         <x:n v="219"/>
         <x:n v="4.9"/>
         <x:n v="37"/>
         <x:n v="34"/>
         <x:n v="0.65"/>
         <x:n v="24"/>
         <x:n v="42"/>
         <x:n v="41"/>
         <x:n v="0.09"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.05"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="9956"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="9956"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="9507"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="9594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="9236"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="9480"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="9473"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="8852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="9371"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="9237"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="8889"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="9084"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.71"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="3.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="3.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="3.64"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="5375"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="5185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="52.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="5016"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="52.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4871"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4758"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="50.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4642"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4283"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="48.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="47.94"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="48.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4250"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.97"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="14.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1497"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="17.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="18.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1677"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="19.69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1869"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="20.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2078"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2054"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2097"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="20.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="20.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="20.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="20.49"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1706"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.88"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.59"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.02"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.08"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4984"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4967"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4777"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4870"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4614"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4791"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4741"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4768"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4809"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.44"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.32"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="3020"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2933"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="57.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2707"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2498"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="56.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="55.37"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2643"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="55.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2511"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.37"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="13.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="740"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="781"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="17.51"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="18.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="910"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="805"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="17.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="17.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="16.9"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="17.53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.81"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.04"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.02"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I02"/>
+    <s v="I00-I02 Acute Rheumatic fever"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4989"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4724"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4701"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4682"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4404"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4630"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4469"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4261"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4275"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I00I99"/>
+    <s v="I00-I99 Diseases of the circulatory system"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.99"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I05I09"/>
+    <s v="I05-I09 Chronic rheumatic heart diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.99"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I10I15"/>
+    <s v="I10-I15 Hypertensive diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="47.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2252"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="45.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="45.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="44.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="41.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="40.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="40.32"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="40.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I20I25"/>
+    <s v="I20-I25 Ischaemic heart diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.59"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I26I28"/>
+    <s v="I26-I28 Pulmonary heart disease and diseases of pulmonary circulation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="17.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="16.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="809"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="17.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="17.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="893"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="21.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="21.92"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="22.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1067"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I30I52"/>
+    <s v="I30-I52 Other forms of heart disease"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1261"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="25.3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="25.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="25.2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="24.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1089"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="23.52"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="23.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I60I69"/>
+    <s v="I60-I69 Cerebrovascular diseases"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="224"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.95"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="4.9"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I70I179"/>
+    <s v="I70-I179 Diseases of the arteries, arterioles and capillaries"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.8"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.7"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.65"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.5"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I80I89"/>
+    <s v="I80-I89 Diseases of veins, lymphatic vessels and lymph nodes, not elsewhere classified"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0.09"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C01"/>
+    <s v=" Underlying cause of death (Number)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="I95I99"/>
+    <s v="I95-I99 Other and unspecified disorders of the circulatory system"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="VSD16C02"/>
+    <s v=" Underlying cause of death (%)"/>
+    <s v="%"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>