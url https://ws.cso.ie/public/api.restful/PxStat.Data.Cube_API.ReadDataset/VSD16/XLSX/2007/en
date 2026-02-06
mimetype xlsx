--- v1 (2025-12-22)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R771c900880974612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0bb9daae5834204899a4887a65c8145.psmdcp" Id="R31b500164be54f22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf84e1bdaa6514605" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be68253c50bb455c8f80f9591c9f522c.psmdcp" Id="R815deb78dcf5477d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>