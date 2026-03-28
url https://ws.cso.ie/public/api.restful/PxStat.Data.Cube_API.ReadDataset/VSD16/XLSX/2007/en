--- v2 (2026-02-06)
+++ v3 (2026-03-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf84e1bdaa6514605" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be68253c50bb455c8f80f9591c9f522c.psmdcp" Id="R815deb78dcf5477d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9728c13251b54568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b885af19499a4ef6bd5163ff736245f8.psmdcp" Id="R8fce035da8c14cc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>