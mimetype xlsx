--- v0 (2025-10-08)
+++ v1 (2026-01-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0131755e9da54529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/318f5ddc50f7430b9c3b3f2148ea2b2e.psmdcp" Id="R7eeff328646f4597" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b5cb9ac7a6f4c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d0885e1a40345c785fb4b8ce35d3e3f.psmdcp" Id="R8a563c748eb5499e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSD08</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Deaths Occurring</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>1/27/2021 11:00:00 AM</x:t>
+    <x:t>27/01/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data is final up to 2018. Data for subsequent year/s is provisional.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSD08/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>VSDO</x:t>
   </x:si>
   <x:si>
     <x:t>Deaths Occurrence (Final)</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -526,427 +526,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...375 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02478V03001" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField name="Cause of Death" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="20">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J721" totalsRowShown="0">
   <x:autoFilter ref="A1:J721"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02478V03001"/>
     <x:tableColumn id="8" name="Cause of Death"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1217,51 +970,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSD08/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1450,51 +1203,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J721"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="76.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -24556,51 +24309,51 @@
       <x:c r="G721" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H721" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I721" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J721" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -24617,51 +24370,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J721" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="VSD08"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Deaths Occuring"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="12">
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
@@ -25219,27 +24972,8668 @@
         <x:n v="4809"/>
         <x:n v="1920"/>
         <x:n v="596"/>
         <x:n v="265"/>
         <x:n v="49"/>
         <x:n v="948"/>
         <x:n v="789"/>
         <x:n v="15095"/>
         <x:n v="156"/>
         <x:n v="4435"/>
         <x:n v="371"/>
         <x:n v="1195"/>
         <x:n v="4275"/>
         <x:n v="2131"/>
         <x:n v="31"/>
         <x:n v="161"/>
         <x:n v="450"/>
         <x:n v="822"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="27200"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="8121"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="9956"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="916"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="14391"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4298"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4984"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="13726"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="3823"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="28274"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="8389"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="9956"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="3522"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="14457"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4400"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4967"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="13817"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="3989"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4989"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1881"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="506"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="28380"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="8523"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="9507"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="3606"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="14727"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4665"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4777"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="574"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="13653"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="3858"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1838"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="573"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="27961"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="8316"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="682"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="9594"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="3280"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1660"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="14334"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4369"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4870"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="551"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1198"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="13627"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="3947"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4724"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="575"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="28456"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="8871"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="808"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="9236"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="3438"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="689"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="14492"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4706"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4614"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="13964"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4622"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="541"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="605"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="29186"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="8781"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="713"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="9480"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="3497"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="14945"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4677"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1683"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="14241"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4104"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4701"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="29504"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="8961"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="9473"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="14958"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4742"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4791"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="602"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="14546"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4219"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4682"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="29252"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="9218"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="1352"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="8852"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="3492"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="1040"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="614"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1530"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="14897"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4839"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4448"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1713"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="14355"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4379"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4404"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="30127"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="9072"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="705"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="9371"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="3865"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="966"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1316"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="15228"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4833"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="555"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4741"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="14899"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4239"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4630"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="30667"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="9408"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="9237"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="3935"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="1603"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="15620"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4940"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="604"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4768"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1917"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="547"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="15047"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4468"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4469"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="2018"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="30418"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="9361"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="8889"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="4059"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="1064"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1299"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="15489"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4980"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="589"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4628"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="757"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="14929"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4381"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="1170"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4261"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="2120"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="807"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="31140"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="9500"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="1946"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="9084"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="4051"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="1398"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="1611"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="16045"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4809"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="1920"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="596"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="Total deaths (A00-Y89)"/>
+    <s v="Number"/>
+    <n v="15095"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80000"/>
+    <s v="Infectious and parasitic diseases (A00-B99)"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80004"/>
+    <s v="Neoplasms  (C00-D48)"/>
+    <s v="Number"/>
+    <n v="4435"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80011"/>
+    <s v="Diseases of the blood and blood-forming organs, immunological disorders (D50-D89)"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80012"/>
+    <s v="Endocrine, Nutritional and metabolic diseases (E00-E90)"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80014"/>
+    <s v="Mental and behavioural disorders (F00-F99)"/>
+    <s v="Number"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80018"/>
+    <s v="Diseases of the Circulatory System (I00-I99)"/>
+    <s v="Number"/>
+    <n v="4275"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80022"/>
+    <s v="Diseases of the Respiratory system (J00-J99)"/>
+    <s v="Number"/>
+    <n v="2131"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80027"/>
+    <s v="Diseases of the Digestive system (K00-K93)"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80030"/>
+    <s v="Diseases of the skin and subcutaneous tissue (L00-L99)"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80031"/>
+    <s v="Diseases of the musculoskeletal system/connective tissue (M00-M99)"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80033"/>
+    <s v="Diseases of the genitourinary system (N00-N99)"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80035"/>
+    <s v="Complications of pregnancy, childbirth and puerperium (O00-O99)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80036"/>
+    <s v="Certain conditions originating in the perinatal period (P00-P96)"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80037"/>
+    <s v="Congenital malformations and chromosomal abnomalities (Q00-Q99)"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80040"/>
+    <s v="Symptoms, signs, abnormal findings, ill-defined causes (R00-R99)"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80042"/>
+    <s v="External causes of injury and poisoning (V01-Y89)"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80050"/>
+    <s v="Diseases of the nervous system (G00-G99)"/>
+    <s v="Number"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80051"/>
+    <s v="Diseases of the eye and adnexa (H00-H59)"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSD08"/>
+    <s v="Deaths Occuring"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="80052"/>
+    <s v="Diseases of the ear and mastoid process (H60-H95)"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+</pivotCacheRecords>
 </file>