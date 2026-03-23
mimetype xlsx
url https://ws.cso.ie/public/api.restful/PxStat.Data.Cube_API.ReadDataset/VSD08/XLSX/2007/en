--- v1 (2026-01-18)
+++ v2 (2026-03-23)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b5cb9ac7a6f4c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d0885e1a40345c785fb4b8ce35d3e3f.psmdcp" Id="R8a563c748eb5499e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71334fa120e94c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/538c9be310b94bdaa496bbaf531277c7.psmdcp" Id="R722cb819be604acc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>