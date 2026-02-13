--- v0 (2025-11-07)
+++ v1 (2026-02-13)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3c85ae88d07402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/13a5d05e2cf348c78ddb1463b047c8de.psmdcp" Id="R2af6ad434b55442c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6890cb3c48b469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a61339bcd9e64288a1ac1f32c9fd87bc.psmdcp" Id="Rcf79b8b16d1e47af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSB13</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Marriages of opposite sex and same sex couples</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>4/30/2021 11:00:00 AM</x:t>
+    <x:t>30/04/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSB13/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MAR</x:t>
   </x:si>
   <x:si>
     <x:t>Marriages and Civil Partnerships</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Sean O'Connor</x:t>
   </x:si>
@@ -487,355 +487,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02639V03196" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Day of Occurence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01885V02316" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month of Occurrence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J521" totalsRowShown="0">
   <x:autoFilter ref="A1:J521"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02639V03196"/>
     <x:tableColumn id="6" name="Day of Occurence"/>
     <x:tableColumn id="7" name="C01885V02316"/>
     <x:tableColumn id="8" name="Month of Occurrence"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1106,51 +913,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSB13/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1337,51 +1144,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J521"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="43.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="18.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="22.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -18043,51 +17850,51 @@
       <x:c r="G521" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J521" s="0">
         <x:v>429</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18104,51 +17911,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J521" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="VSB13"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Marriages of opposite sex and same sex couples"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="5">
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="5">
         <x:s v="2016"/>
         <x:s v="2017"/>
@@ -18560,27 +18367,6268 @@
         <x:n v="157"/>
         <x:n v="3313"/>
         <x:n v="273"/>
         <x:n v="372"/>
         <x:n v="203"/>
         <x:n v="17"/>
         <x:n v="305"/>
         <x:n v="430"/>
         <x:n v="451"/>
         <x:n v="502"/>
         <x:n v="384"/>
         <x:n v="245"/>
         <x:n v="134"/>
         <x:n v="366"/>
         <x:n v="296"/>
         <x:n v="368"/>
         <x:n v="192"/>
         <x:n v="429"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="22626"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="835"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="1693"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="3090"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="2789"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="2725"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="2001"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="2010"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="3302"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8073"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="520"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7279"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="788"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="22021"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="878"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="2381"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="1975"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="1080"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="3218"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="497"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="8127"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="538"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="923"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="1055"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="654"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="1000"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="683"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="21053"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="1277"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="1858"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="2850"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="1849"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="1903"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="1100"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="2877"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="333"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7973"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="322"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="495"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="1106"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6757"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="436"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="879"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="635"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="20313"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="2038"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="2180"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="2297"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="2880"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="2108"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="1327"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="1111"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="866"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="7650"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="728"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="6456"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="471"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="985"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="9523"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="583"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="1286"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All days"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Sunday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Monday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="719"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="3"/>
+    <s v="Tuesday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="4"/>
+    <s v="Wednesday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="5"/>
+    <s v="Thursday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="3313"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="502"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="6"/>
+    <s v="Friday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="VSB13"/>
+    <s v="Marriages of opposite sex and same sex couples"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="7"/>
+    <s v="Saturday"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+</pivotCacheRecords>
 </file>