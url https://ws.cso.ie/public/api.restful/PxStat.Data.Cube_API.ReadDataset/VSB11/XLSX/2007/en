--- v0 (2025-11-13)
+++ v1 (2026-01-14)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70ce84731a404be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/033f9ac1d84e44f7b05f6df3a43518d3.psmdcp" Id="R865f891541144483" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2abbc994478b4e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/69a48a26d7e649a4aaea09ce7063772f.psmdcp" Id="R0ca085263b0a4c6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSB11</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Same Sex Marriages Celebrated</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/14/2022 11:00:00 AM</x:t>
+    <x:t>14/02/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The accompanying publication, Marriages 2020(https://www.cso.ie/en/releasesandpublications/ep/p-mar/marriages2020/), was released on 30 April 2021. The publication of this PxStat table was omitted in error.&lt;br&gt;&lt;br&gt;Please see the Information Note for Data Users: revision to the Irish NUTS 2 and NUTS 3 Regions(https://www.cso.ie/en/methods/revnuts23/).</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSB11/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MAR</x:t>
   </x:si>
   <x:si>
     <x:t>Marriages and Civil Partnerships</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -286,50 +286,53 @@
   </x:si>
   <x:si>
     <x:t>IE25</x:t>
   </x:si>
   <x:si>
     <x:t>South-West</x:t>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -466,331 +469,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...279 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Region" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01940V02373" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Form of Ceremony" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L451" totalsRowShown="0">
   <x:autoFilter ref="A1:L451"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="C02196V02652"/>
     <x:tableColumn id="8" name="Region"/>
     <x:tableColumn id="9" name="C01940V02373"/>
     <x:tableColumn id="10" name="Form of Ceremony"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1063,51 +897,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSB11/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1296,51 +1130,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L451"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="16.139196" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="29.139196" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -15300,50 +15134,53 @@
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H368" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I368" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J368" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K368" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L368" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="369" spans="1:12">
       <x:c r="A369" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>67</x:v>
@@ -15373,50 +15210,53 @@
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I370" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J370" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K370" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L370" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="371" spans="1:12">
       <x:c r="A371" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>67</x:v>
@@ -15484,50 +15324,53 @@
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I373" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L373" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="374" spans="1:12">
       <x:c r="A374" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H374" s="0" t="s">
         <x:v>69</x:v>
@@ -15557,50 +15400,53 @@
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I375" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L375" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="376" spans="1:12">
       <x:c r="A376" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H376" s="0" t="s">
         <x:v>69</x:v>
@@ -15668,50 +15514,53 @@
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H378" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I378" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J378" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K378" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L378" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="379" spans="1:12">
       <x:c r="A379" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>71</x:v>
@@ -15741,50 +15590,53 @@
       </x:c>
       <x:c r="D380" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H380" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I380" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J380" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K380" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L380" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="381" spans="1:12">
       <x:c r="A381" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>71</x:v>
@@ -16346,50 +16198,53 @@
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H396" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I396" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J396" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K396" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L396" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="397" spans="1:12">
       <x:c r="A397" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
         <x:v>79</x:v>
@@ -16419,50 +16274,53 @@
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H398" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I398" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J398" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K398" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L398" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="399" spans="1:12">
       <x:c r="A399" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>79</x:v>
@@ -16986,50 +16844,53 @@
       </x:c>
       <x:c r="D413" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I413" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L413" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="414" spans="1:12">
       <x:c r="A414" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H414" s="0" t="s">
         <x:v>67</x:v>
@@ -17097,50 +16958,53 @@
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H416" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I416" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J416" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K416" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L416" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="417" spans="1:12">
       <x:c r="A417" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>69</x:v>
@@ -17170,50 +17034,53 @@
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H418" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I418" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J418" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K418" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L418" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="419" spans="1:12">
       <x:c r="A419" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>69</x:v>
@@ -17243,85 +17110,91 @@
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H420" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I420" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J420" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K420" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L420" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="421" spans="1:12">
       <x:c r="A421" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I421" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="L421" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
     </x:row>
     <x:row r="422" spans="1:12">
       <x:c r="A422" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H422" s="0" t="s">
         <x:v>71</x:v>
@@ -18110,50 +17983,53 @@
         <x:v>87</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I443" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>57</x:v>
+      </x:c>
+      <x:c r="L443" s="0" t="s">
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:12">
       <x:c r="A444" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H444" s="0" t="s">
@@ -18428,51 +18304,51 @@
       <x:c r="I451" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L451" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18489,51 +18365,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L451" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="VSB11"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Same Sex Marriages Celebrated"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="5">
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="5">
         <x:s v="2016"/>
         <x:s v="2017"/>
@@ -18685,27 +18561,6328 @@
         <x:n v="51"/>
         <x:n v="31"/>
         <x:n v="97"/>
         <x:n v="69"/>
         <x:n v="353"/>
         <x:n v="230"/>
         <x:n v="148"/>
         <x:n v="116"/>
         <x:n v="287"/>
         <x:n v="168"/>
         <x:n v="94"/>
         <x:n v="170"/>
         <x:n v="130"/>
         <x:s v=""/>
         <x:n v="90"/>
         <x:n v="73"/>
         <x:n v="144"/>
         <x:n v="98"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="-"/>
+    <s v="All ceremonies"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="7"/>
+    <s v="Other religious denominations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="8"/>
+    <s v="Civil marriages"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="9"/>
+    <s v="The Humanist Association"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB11"/>
+    <s v="Same Sex Marriages Celebrated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="10"/>
+    <s v="The Spiritualist Union of Ireland"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+</pivotCacheRecords>
 </file>