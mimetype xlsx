--- v1 (2026-01-14)
+++ v2 (2026-03-03)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2abbc994478b4e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/69a48a26d7e649a4aaea09ce7063772f.psmdcp" Id="R0ca085263b0a4c6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5e5b1e6ac434e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a42462d4d5324761a77093be17288cf2.psmdcp" Id="Rb56ef1d86571476b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>