--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93a7b2b495b14198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f07ebc2d8d494a049761c8659e2e1312.psmdcp" Id="Raadc253e257b4ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca222d80508448b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c5245fdd55804ecdbf1b6db5426f6bba.psmdcp" Id="R5283fe583e194174" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>