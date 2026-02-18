--- v1 (2025-11-17)
+++ v2 (2026-02-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca222d80508448b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c5245fdd55804ecdbf1b6db5426f6bba.psmdcp" Id="R5283fe583e194174" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34268f13c39d4666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7eb78aec544a4395ba99bf64add14fc4.psmdcp" Id="R150f557b6fb540c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSB04</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Same Sex Marriages</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>4/30/2021 11:00:00 AM</x:t>
+    <x:t>30/04/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSB04/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MAR</x:t>
   </x:si>
   <x:si>
     <x:t>Marriages and Civil Partnerships</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Sean O'Connor</x:t>
   </x:si>
@@ -250,50 +250,53 @@
   </x:si>
   <x:si>
     <x:t>560</x:t>
   </x:si>
   <x:si>
     <x:t>60 years and over</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>All ages</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -430,363 +433,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Older Partner" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Younger Partner" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J606" totalsRowShown="0">
   <x:autoFilter ref="A1:J606"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age of Older Partner"/>
     <x:tableColumn id="7" name="C02076V02508A"/>
     <x:tableColumn id="8" name="Age of Younger Partner"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1057,51 +861,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSB04/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1288,51 +1092,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J606"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="18.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="21.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="17.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="23.853482" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -16858,369 +16662,405 @@
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H486" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I486" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J486" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="487" spans="1:10">
       <x:c r="A487" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I487" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J487" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="488" spans="1:10">
       <x:c r="A488" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H488" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I488" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J488" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="489" spans="1:10">
       <x:c r="A489" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I489" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J489" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="490" spans="1:10">
       <x:c r="A490" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H490" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I490" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J490" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="491" spans="1:10">
       <x:c r="A491" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I491" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J491" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="492" spans="1:10">
       <x:c r="A492" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J492" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="493" spans="1:10">
       <x:c r="A493" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J493" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="494" spans="1:10">
       <x:c r="A494" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H494" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J494" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="495" spans="1:10">
       <x:c r="A495" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J495" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="496" spans="1:10">
       <x:c r="A496" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J496" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="497" spans="1:10">
       <x:c r="A497" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J497" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="498" spans="1:10">
       <x:c r="A498" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H498" s="0" t="s">
         <x:v>53</x:v>
@@ -17238,253 +17078,277 @@
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I499" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J499" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="500" spans="1:10">
       <x:c r="A500" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H500" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I500" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J500" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="501" spans="1:10">
       <x:c r="A501" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I501" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J501" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="502" spans="1:10">
       <x:c r="A502" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H502" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I502" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J502" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="503" spans="1:10">
       <x:c r="A503" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I503" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J503" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="504" spans="1:10">
       <x:c r="A504" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I504" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J504" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="505" spans="1:10">
       <x:c r="A505" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J505" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="506" spans="1:10">
       <x:c r="A506" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J506" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="507" spans="1:10">
       <x:c r="A507" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>71</x:v>
@@ -17502,50 +17366,53 @@
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I508" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J508" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="509" spans="1:10">
       <x:c r="A509" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>53</x:v>
@@ -17595,224 +17462,245 @@
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J511" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="512" spans="1:10">
       <x:c r="A512" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H512" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J512" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="513" spans="1:10">
       <x:c r="A513" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J513" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="514" spans="1:10">
       <x:c r="A514" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J514" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="515" spans="1:10">
       <x:c r="A515" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I515" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J515" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="516" spans="1:10">
       <x:c r="A516" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H516" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J516" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="517" spans="1:10">
       <x:c r="A517" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J517" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="518" spans="1:10">
       <x:c r="A518" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H518" s="0" t="s">
         <x:v>71</x:v>
@@ -17958,195 +17846,213 @@
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J523" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="524" spans="1:10">
       <x:c r="A524" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H524" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I524" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J524" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="525" spans="1:10">
       <x:c r="A525" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I525" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J525" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="526" spans="1:10">
       <x:c r="A526" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H526" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I526" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J526" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="527" spans="1:10">
       <x:c r="A527" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I527" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J527" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="528" spans="1:10">
       <x:c r="A528" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H528" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I528" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J528" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="529" spans="1:10">
       <x:c r="A529" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>71</x:v>
@@ -18164,79 +18070,85 @@
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H530" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I530" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J530" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="531" spans="1:10">
       <x:c r="A531" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I531" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J531" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="532" spans="1:10">
       <x:c r="A532" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H532" s="0" t="s">
         <x:v>55</x:v>
@@ -18318,166 +18230,181 @@
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I535" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J535" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="536" spans="1:10">
       <x:c r="A536" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H536" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I536" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J536" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="537" spans="1:10">
       <x:c r="A537" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I537" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J537" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="538" spans="1:10">
       <x:c r="A538" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H538" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I538" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J538" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="539" spans="1:10">
       <x:c r="A539" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I539" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J539" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="540" spans="1:10">
       <x:c r="A540" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H540" s="0" t="s">
         <x:v>71</x:v>
@@ -18495,50 +18422,53 @@
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I541" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J541" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="542" spans="1:10">
       <x:c r="A542" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H542" s="0" t="s">
         <x:v>53</x:v>
@@ -18684,137 +18614,149 @@
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H547" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I547" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J547" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="548" spans="1:10">
       <x:c r="A548" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H548" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I548" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J548" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="549" spans="1:10">
       <x:c r="A549" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I549" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J549" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="550" spans="1:10">
       <x:c r="A550" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H550" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I550" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J550" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="551" spans="1:10">
       <x:c r="A551" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H551" s="0" t="s">
         <x:v>71</x:v>
@@ -18832,79 +18774,85 @@
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H552" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I552" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J552" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="553" spans="1:10">
       <x:c r="A553" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I553" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J553" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="554" spans="1:10">
       <x:c r="A554" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H554" s="0" t="s">
         <x:v>55</x:v>
@@ -19050,108 +18998,117 @@
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I559" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J559" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="560" spans="1:10">
       <x:c r="A560" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H560" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I560" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J560" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="561" spans="1:10">
       <x:c r="A561" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I561" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J561" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="562" spans="1:10">
       <x:c r="A562" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H562" s="0" t="s">
         <x:v>71</x:v>
@@ -19169,79 +19126,85 @@
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I563" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J563" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="564" spans="1:10">
       <x:c r="A564" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H564" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I564" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J564" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="565" spans="1:10">
       <x:c r="A565" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
         <x:v>55</x:v>
@@ -19419,79 +19382,85 @@
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H571" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I571" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J571" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="572" spans="1:10">
       <x:c r="A572" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H572" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I572" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J572" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="573" spans="1:10">
       <x:c r="A573" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H573" s="0" t="s">
         <x:v>71</x:v>
@@ -19509,108 +19478,117 @@
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H574" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I574" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J574" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="575" spans="1:10">
       <x:c r="A575" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I575" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J575" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="576" spans="1:10">
       <x:c r="A576" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H576" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I576" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J576" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="577" spans="1:10">
       <x:c r="A577" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>57</x:v>
@@ -19788,50 +19766,53 @@
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I583" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J583" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="584" spans="1:10">
       <x:c r="A584" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H584" s="0" t="s">
         <x:v>71</x:v>
@@ -19849,78 +19830,84 @@
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I585" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J585" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="586" spans="1:10">
       <x:c r="A586" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H586" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I586" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="J586" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:10">
       <x:c r="A587" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
@@ -20531,51 +20518,51 @@
       <x:c r="G606" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H606" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I606" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J606" s="0">
         <x:v>314</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20592,51 +20579,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J606" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="VSB04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Same Sex Marriages"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="5">
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="5">
         <x:s v="2016"/>
         <x:s v="2017"/>
@@ -20802,27 +20789,7288 @@
         <x:n v="80"/>
         <x:n v="40"/>
         <x:n v="24"/>
         <x:n v="664"/>
         <x:n v="62"/>
         <x:n v="128"/>
         <x:n v="105"/>
         <x:n v="77"/>
         <x:n v="56"/>
         <x:n v="127"/>
         <x:n v="55"/>
         <x:n v="640"/>
         <x:s v=""/>
         <x:n v="53"/>
         <x:n v="20"/>
         <x:n v="59"/>
         <x:n v="42"/>
         <x:n v="314"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="475"/>
+    <s v="40 - 44 years"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="495"/>
+    <s v="45 - 49 years"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="515"/>
+    <s v="50 - 54 years"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="530"/>
+    <s v="55 - 59 years"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="560"/>
+    <s v="60 years and over"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB04"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+</pivotCacheRecords>
 </file>