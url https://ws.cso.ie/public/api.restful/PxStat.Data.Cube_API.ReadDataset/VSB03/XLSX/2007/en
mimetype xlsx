--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b4e2adb782b4bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0ef77b5de5d8436db7ece6926fb96ff7.psmdcp" Id="Re094598943454cab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb00114d4b6ca41f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a65dfbe4127459b9b6667ba1b130b91.psmdcp" Id="R81f77b2f392f43ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>