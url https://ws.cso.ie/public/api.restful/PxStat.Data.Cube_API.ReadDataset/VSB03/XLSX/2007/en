--- v1 (2025-11-16)
+++ v2 (2026-02-19)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb00114d4b6ca41f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a65dfbe4127459b9b6667ba1b130b91.psmdcp" Id="R81f77b2f392f43ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce748292e128410a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d00e4c7f652f413b897b80227a567984.psmdcp" Id="R8fa105a2a8364428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSB03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Same Sex Marriages</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>4/30/2021 11:00:00 AM</x:t>
+    <x:t>30/04/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSB03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MAR</x:t>
   </x:si>
   <x:si>
     <x:t>Marriages and Civil Partnerships</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Sean O'Connor</x:t>
   </x:si>
@@ -250,50 +250,53 @@
   </x:si>
   <x:si>
     <x:t>18</x:t>
   </x:si>
   <x:si>
     <x:t>Skilled trades occupations</x:t>
   </x:si>
   <x:si>
     <x:t>19</x:t>
   </x:si>
   <x:si>
     <x:t>Unemployed, retired, student, occupation unknown</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -430,363 +433,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01942V02375" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Occupational Group of older party" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01942V02375A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Occupational Group of younger party" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J606" totalsRowShown="0">
   <x:autoFilter ref="A1:J606"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C01942V02375"/>
     <x:tableColumn id="6" name="Occupational Group of older party"/>
     <x:tableColumn id="7" name="C01942V02375A"/>
     <x:tableColumn id="8" name="Occupational Group of younger party"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1057,51 +861,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSB03/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1288,51 +1092,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J606"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="18.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="48.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="17.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -17402,50 +17206,53 @@
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I503" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J503" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="504" spans="1:10">
       <x:c r="A504" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
         <x:v>65</x:v>
@@ -17463,79 +17270,85 @@
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J505" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="506" spans="1:10">
       <x:c r="A506" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J506" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="507" spans="1:10">
       <x:c r="A507" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>71</x:v>
@@ -17745,50 +17558,53 @@
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J514" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="515" spans="1:10">
       <x:c r="A515" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>65</x:v>
@@ -17870,50 +17686,53 @@
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H518" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I518" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J518" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="519" spans="1:10">
       <x:c r="A519" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>50</x:v>
@@ -18091,50 +17910,53 @@
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I525" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J525" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="526" spans="1:10">
       <x:c r="A526" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H526" s="0" t="s">
         <x:v>65</x:v>
@@ -18280,108 +18102,117 @@
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I531" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J531" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="532" spans="1:10">
       <x:c r="A532" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H532" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I532" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J532" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="533" spans="1:10">
       <x:c r="A533" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I533" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J533" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="534" spans="1:10">
       <x:c r="A534" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H534" s="0" t="s">
         <x:v>59</x:v>
@@ -18431,50 +18262,53 @@
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H536" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I536" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J536" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="537" spans="1:10">
       <x:c r="A537" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>65</x:v>
@@ -18780,50 +18614,53 @@
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H547" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I547" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J547" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="548" spans="1:10">
       <x:c r="A548" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H548" s="0" t="s">
         <x:v>65</x:v>
@@ -18841,50 +18678,53 @@
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I549" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J549" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="550" spans="1:10">
       <x:c r="A550" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H550" s="0" t="s">
         <x:v>69</x:v>
@@ -18998,108 +18838,117 @@
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H554" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I554" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J554" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="555" spans="1:10">
       <x:c r="A555" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I555" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J555" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="556" spans="1:10">
       <x:c r="A556" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H556" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I556" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J556" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="557" spans="1:10">
       <x:c r="A557" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
         <x:v>61</x:v>
@@ -19117,50 +18966,53 @@
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H558" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I558" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J558" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="559" spans="1:10">
       <x:c r="A559" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>65</x:v>
@@ -19210,79 +19062,85 @@
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I561" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J561" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="562" spans="1:10">
       <x:c r="A562" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H562" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I562" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J562" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="563" spans="1:10">
       <x:c r="A563" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
         <x:v>50</x:v>
@@ -19748,50 +19606,53 @@
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H578" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I578" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J578" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="579" spans="1:10">
       <x:c r="A579" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
         <x:v>61</x:v>
@@ -19809,50 +19670,53 @@
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H580" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I580" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J580" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="581" spans="1:10">
       <x:c r="A581" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
         <x:v>65</x:v>
@@ -20158,50 +20022,53 @@
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I591" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J591" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="592" spans="1:10">
       <x:c r="A592" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H592" s="0" t="s">
         <x:v>65</x:v>
@@ -20347,50 +20214,53 @@
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I597" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J597" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="598" spans="1:10">
       <x:c r="A598" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H598" s="0" t="s">
         <x:v>55</x:v>
@@ -20408,79 +20278,85 @@
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H599" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I599" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J599" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="600" spans="1:10">
       <x:c r="A600" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H600" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I600" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J600" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="601" spans="1:10">
       <x:c r="A601" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>61</x:v>
@@ -20561,50 +20437,53 @@
         <x:v>2</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H604" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I604" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="J604" s="0" t="s">
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:10">
       <x:c r="A605" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H605" s="0" t="s">
@@ -20639,51 +20518,51 @@
       <x:c r="G606" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H606" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I606" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J606" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -20700,51 +20579,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J606" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="VSB03"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Same Sex Marriages"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="5">
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="5">
         <x:s v="2016"/>
         <x:s v="2017"/>
@@ -20901,27 +20780,7288 @@
         <x:n v="36"/>
         <x:n v="93"/>
         <x:n v="27"/>
         <x:n v="34"/>
         <x:n v="640"/>
         <x:n v="59"/>
         <x:n v="104"/>
         <x:n v="79"/>
         <x:n v="37"/>
         <x:n v="95"/>
         <x:n v="21"/>
         <x:n v="186"/>
         <x:n v="314"/>
         <x:n v="51"/>
         <x:n v="32"/>
         <x:s v=""/>
         <x:n v="44"/>
         <x:n v="90"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSB03"/>
+    <s v="Same Sex Marriages"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+</pivotCacheRecords>
 </file>