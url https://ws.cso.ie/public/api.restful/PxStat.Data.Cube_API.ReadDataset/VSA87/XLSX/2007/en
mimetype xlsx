--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f224064baa4474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a66801a4a6d1434cb906690a0b62aa77.psmdcp" Id="Rba3c865b7ba14053" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb74c9955611a474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a324a4ec3124c1a9c2450a6cdce18de.psmdcp" Id="R06b408f69c19401e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSA87</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Births Registered</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/12/2021 11:00:00 AM</x:t>
+    <x:t>12/11/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>All data is final.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSA87/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>VSBO</x:t>
   </x:si>
   <x:si>
     <x:t>Births Occurrence (Final)</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -254,50 +254,53 @@
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Female</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -445,315 +448,152 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...263 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex of Infant" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01935V02367" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Period of Gestation" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J232" totalsRowShown="0">
   <x:autoFilter ref="A1:J232"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex of Infant"/>
     <x:tableColumn id="7" name="C01935V02367"/>
     <x:tableColumn id="8" name="Period of Gestation"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1024,51 +864,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSA87/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1257,51 +1097,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J232"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="14.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.567768" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -5371,195 +5211,213 @@
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H128" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I128" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J128" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="129" spans="1:10">
       <x:c r="A129" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J129" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="130" spans="1:10">
       <x:c r="A130" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H130" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I130" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J130" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="131" spans="1:10">
       <x:c r="A131" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J131" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="132" spans="1:10">
       <x:c r="A132" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H132" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I132" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J132" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="133" spans="1:10">
       <x:c r="A133" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J133" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="134" spans="1:10">
       <x:c r="A134" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H134" s="0" t="s">
         <x:v>66</x:v>
@@ -5577,195 +5435,213 @@
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J135" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="136" spans="1:10">
       <x:c r="A136" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I136" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J136" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="137" spans="1:10">
       <x:c r="A137" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J137" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="138" spans="1:10">
       <x:c r="A138" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H138" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J138" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="139" spans="1:10">
       <x:c r="A139" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J139" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="140" spans="1:10">
       <x:c r="A140" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J140" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="141" spans="1:10">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>66</x:v>
@@ -5783,2929 +5659,2947 @@
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J142" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="143" spans="1:10">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J143" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="144" spans="1:10">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J144" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="145" spans="1:10">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J145" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="146" spans="1:10">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J146" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="147" spans="1:10">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J147" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
     </x:row>
     <x:row r="148" spans="1:10">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J148" s="0">
         <x:v>617</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J149" s="0">
         <x:v>63841</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J150" s="0">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J151" s="0">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J152" s="0">
         <x:v>1960</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J153" s="0">
         <x:v>30057</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J154" s="0">
         <x:v>30426</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J155" s="0">
         <x:v>730</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J156" s="0">
         <x:v>32709</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J157" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J158" s="0">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J159" s="0">
         <x:v>1085</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J160" s="0">
         <x:v>15447</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J161" s="0">
         <x:v>15436</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J162" s="0">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J163" s="0">
         <x:v>31132</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J164" s="0">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J165" s="0">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:10">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J166" s="0">
         <x:v>875</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:10">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J167" s="0">
         <x:v>14610</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:10">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J168" s="0">
         <x:v>14990</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:10">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J169" s="0">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:10">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J170" s="0">
         <x:v>61824</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:10">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J171" s="0">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:10">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J172" s="0">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:10">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J173" s="0">
         <x:v>1841</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:10">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J174" s="0">
         <x:v>30752</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:10">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J175" s="0">
         <x:v>27771</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:10">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J176" s="0">
         <x:v>796</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:10">
       <x:c r="A177" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J177" s="0">
         <x:v>31779</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:10">
       <x:c r="A178" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H178" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J178" s="0">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:10">
       <x:c r="A179" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J179" s="0">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:10">
       <x:c r="A180" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H180" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J180" s="0">
         <x:v>986</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:10">
       <x:c r="A181" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I181" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J181" s="0">
         <x:v>15858</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:10">
       <x:c r="A182" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H182" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I182" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J182" s="0">
         <x:v>14196</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:10">
       <x:c r="A183" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J183" s="0">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:10">
       <x:c r="A184" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H184" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I184" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J184" s="0">
         <x:v>30045</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:10">
       <x:c r="A185" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J185" s="0">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:10">
       <x:c r="A186" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H186" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J186" s="0">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:10">
       <x:c r="A187" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J187" s="0">
         <x:v>855</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:10">
       <x:c r="A188" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H188" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J188" s="0">
         <x:v>14894</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:10">
       <x:c r="A189" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J189" s="0">
         <x:v>13575</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:10">
       <x:c r="A190" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H190" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I190" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J190" s="0">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:10">
       <x:c r="A191" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J191" s="0">
         <x:v>61022</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:10">
       <x:c r="A192" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H192" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J192" s="0">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:10">
       <x:c r="A193" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J193" s="0">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:10">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H194" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I194" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J194" s="0">
         <x:v>1861</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:10">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J195" s="0">
         <x:v>31560</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:10">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H196" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I196" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J196" s="0">
         <x:v>26695</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:10">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I197" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J197" s="0">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:10">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J198" s="0">
         <x:v>31306</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:10">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J199" s="0">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:10">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J200" s="0">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:10">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J201" s="0">
         <x:v>1002</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:10">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J202" s="0">
         <x:v>16255</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:10">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J203" s="0">
         <x:v>13551</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:10">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H204" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I204" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J204" s="0">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:10">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I205" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J205" s="0">
         <x:v>29716</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:10">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H206" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I206" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J206" s="0">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:10">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J207" s="0">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:10">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H208" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I208" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J208" s="0">
         <x:v>859</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:10">
       <x:c r="A209" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I209" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J209" s="0">
         <x:v>15305</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:10">
       <x:c r="A210" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H210" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J210" s="0">
         <x:v>13144</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:10">
       <x:c r="A211" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I211" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J211" s="0">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:10">
       <x:c r="A212" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H212" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I212" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J212" s="0">
         <x:v>59294</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:10">
       <x:c r="A213" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J213" s="0">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:10">
       <x:c r="A214" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H214" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I214" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J214" s="0">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:10">
       <x:c r="A215" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I215" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J215" s="0">
         <x:v>1776</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:10">
       <x:c r="A216" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H216" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I216" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J216" s="0">
         <x:v>31644</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:10">
       <x:c r="A217" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I217" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J217" s="0">
         <x:v>25105</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:10">
       <x:c r="A218" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H218" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I218" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J218" s="0">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:10">
       <x:c r="A219" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J219" s="0">
         <x:v>30271</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:10">
       <x:c r="A220" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I220" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J220" s="0">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:10">
       <x:c r="A221" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I221" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J221" s="0">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:10">
       <x:c r="A222" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H222" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J222" s="0">
         <x:v>960</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:10">
       <x:c r="A223" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J223" s="0">
         <x:v>16198</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:10">
       <x:c r="A224" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H224" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I224" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J224" s="0">
         <x:v>12700</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:10">
       <x:c r="A225" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J225" s="0">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:10">
       <x:c r="A226" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H226" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I226" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J226" s="0">
         <x:v>29023</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:10">
       <x:c r="A227" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I227" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J227" s="0">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:10">
       <x:c r="A228" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H228" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I228" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J228" s="0">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:10">
       <x:c r="A229" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I229" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J229" s="0">
         <x:v>816</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:10">
       <x:c r="A230" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H230" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I230" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J230" s="0">
         <x:v>15446</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:10">
       <x:c r="A231" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J231" s="0">
         <x:v>12405</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:10">
       <x:c r="A232" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H232" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I232" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J232" s="0">
         <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -8722,51 +8616,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J232" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="VSA87"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Births Registered"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="11">
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
@@ -9018,27 +8912,2800 @@
         <x:n v="206"/>
         <x:n v="360"/>
         <x:n v="1776"/>
         <x:n v="31644"/>
         <x:n v="25105"/>
         <x:n v="203"/>
         <x:n v="30271"/>
         <x:n v="105"/>
         <x:n v="960"/>
         <x:n v="16198"/>
         <x:n v="12700"/>
         <x:n v="102"/>
         <x:n v="29023"/>
         <x:n v="101"/>
         <x:n v="154"/>
         <x:n v="816"/>
         <x:n v="15446"/>
         <x:n v="12405"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="75554"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1892"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="28069"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="40793"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="4132"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="38682"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="14451"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="20774"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="36872"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="13618"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="20019"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="75174"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="492"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="28918"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="41325"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="38395"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="14821"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="20991"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1129"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="36779"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="912"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="14097"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="20334"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1088"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="74033"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="30000"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="39921"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="37898"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="15407"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="20309"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="36135"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="14593"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="19612"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="71674"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="30017"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="37104"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="36890"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="15538"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="18963"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="34784"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="14479"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="18141"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="924"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="68954"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1963"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="29431"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="34835"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="35340"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="15142"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="17662"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="33614"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="14289"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="17173"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="952"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="67295"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="29002"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="33538"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="34681"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="14995"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="17153"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="32614"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="14007"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="16385"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="638"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="63841"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="30057"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="30426"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="32709"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="15447"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="15436"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="31132"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="14610"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="14990"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="61824"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="30752"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="27771"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="31779"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="15858"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="14196"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="402"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="30045"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="855"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="14894"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="13575"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="61022"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="31560"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="26695"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="31306"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="16255"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="13551"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="29716"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="15305"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="13144"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="59294"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="1776"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="31644"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="25105"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="30271"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="16198"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="12700"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="14"/>
+    <s v="All gestation periods"/>
+    <s v="Number"/>
+    <n v="29023"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="03"/>
+    <s v="Under 28 weeks"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="04"/>
+    <s v="28 - 31 weeks"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="32-35 weeks"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="36-39 weeks"/>
+    <s v="Number"/>
+    <n v="15446"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="13"/>
+    <s v="40 weeks &amp; over"/>
+    <s v="Number"/>
+    <n v="12405"/>
+  </r>
+  <r>
+    <s v="VSA87"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+</pivotCacheRecords>
 </file>