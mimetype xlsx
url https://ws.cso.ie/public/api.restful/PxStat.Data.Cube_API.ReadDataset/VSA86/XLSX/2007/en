--- v0 (2025-10-07)
+++ v1 (2025-12-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R642763e9e416409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1dfe45886ef449809633040f39005a9b.psmdcp" Id="R8f33a3a3f9204afb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R953fdd302d14497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/380fb51f1da94a6e8ef6f0d7cd09a80f.psmdcp" Id="R34a9f6ca5ec547fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSA86</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Births Registered</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/12/2021 11:00:00 AM</x:t>
+    <x:t>12/11/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>All data is final.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSA86/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>VSBO</x:t>
   </x:si>
   <x:si>
     <x:t>Births Occurrence (Final)</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -463,339 +463,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex of Infant" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01937V02369" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField name="Birthweight" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="10">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J331" totalsRowShown="0">
   <x:autoFilter ref="A1:J331"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex of Infant"/>
     <x:tableColumn id="7" name="C01937V02369"/>
     <x:tableColumn id="8" name="Birthweight"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1066,51 +885,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSA86/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1299,51 +1118,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J331"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="14.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="14.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -11925,51 +11744,51 @@
       <x:c r="G331" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J331" s="0">
         <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11986,51 +11805,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J331" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="VSA86"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Births Registered"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="11">
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
@@ -12398,27 +12217,3988 @@
         <x:n v="143"/>
         <x:n v="327"/>
         <x:n v="996"/>
         <x:n v="3240"/>
         <x:n v="9098"/>
         <x:n v="10938"/>
         <x:n v="5340"/>
         <x:n v="30271"/>
         <x:n v="90"/>
         <x:n v="97"/>
         <x:n v="306"/>
         <x:n v="1189"/>
         <x:n v="4153"/>
         <x:n v="10384"/>
         <x:n v="9412"/>
         <x:n v="3269"/>
         <x:n v="29023"/>
         <x:n v="81"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="383"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="2211"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="8783"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="23940"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="25468"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="11891"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="75554"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="3852"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="11135"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="13709"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="7342"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="38682"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="4931"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="12805"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="11759"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="36872"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="2326"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="8671"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="24205"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="25706"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="12255"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="75174"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="586"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1066"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="3802"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="11356"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="13515"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="7675"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="38395"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="4869"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="12849"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="12191"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="4580"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="36779"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="2348"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="8609"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="23768"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="25371"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="12016"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="74033"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="11023"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="13616"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="7426"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="37898"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1296"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="4795"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="12745"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="11755"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="4590"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="36135"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="2398"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="8412"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="22774"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="24773"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="11617"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="71674"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1118"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="3721"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="10577"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="13269"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="7340"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="36890"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="4691"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="12197"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="11504"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="4277"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="34784"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="840"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="8113"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="22384"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="23651"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="10764"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="68954"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="10441"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="12681"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="6692"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="35340"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="4564"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="11943"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="10970"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="4072"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="33614"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="8039"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="21874"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="23053"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="10314"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="67295"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="3489"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="10360"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="12368"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="6549"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="34681"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1297"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="4550"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="11514"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="10685"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="3765"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="32614"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="7799"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="21425"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="22511"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="9940"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="65536"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1025"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="3387"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="10029"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="11980"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="6292"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="33480"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="4412"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="11396"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="10531"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="3648"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="32056"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="7640"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="20895"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="21959"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="9550"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="63841"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="3354"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="9773"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="11735"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="6041"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="32709"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1225"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="4286"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="11122"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="10224"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="3509"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="31132"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="697"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="2230"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="7520"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="20129"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="21311"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="9137"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="61824"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1011"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="3305"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="9396"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="11554"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="5791"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="31779"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="4215"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="10733"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="9757"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="3346"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="30045"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="2246"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="7680"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="19932"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="20892"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="8848"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="61022"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1031"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="3401"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="9298"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="11313"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="5540"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="31306"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="4279"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="10634"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="9579"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="3308"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="29716"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="7393"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="19482"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="20350"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="8609"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="59294"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="996"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="3240"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="9098"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="10938"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="5340"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="30271"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="01"/>
+    <s v="Under 1000g"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="02"/>
+    <s v="1000 - 1499g"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="06"/>
+    <s v="1500-1999g"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="07"/>
+    <s v="2000-2499g"/>
+    <s v="Number"/>
+    <n v="1189"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="08"/>
+    <s v="2500-2999g"/>
+    <s v="Number"/>
+    <n v="4153"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="09"/>
+    <s v="3000-3499g"/>
+    <s v="Number"/>
+    <n v="10384"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="10"/>
+    <s v="3500-3999g"/>
+    <s v="Number"/>
+    <n v="9412"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="11"/>
+    <s v="4000g and over"/>
+    <s v="Number"/>
+    <n v="3269"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="12"/>
+    <s v="All birthweights"/>
+    <s v="Number"/>
+    <n v="29023"/>
+  </r>
+  <r>
+    <s v="VSA86"/>
+    <s v="Births Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="99"/>
+    <s v="Not stated"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+</pivotCacheRecords>
 </file>