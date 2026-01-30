--- v1 (2025-12-03)
+++ v2 (2026-01-30)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R953fdd302d14497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/380fb51f1da94a6e8ef6f0d7cd09a80f.psmdcp" Id="R34a9f6ca5ec547fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6dce83ad96e4bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79ab7b56e0664c3d950a1716fd5894d2.psmdcp" Id="R75e5dab2ac5943a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>