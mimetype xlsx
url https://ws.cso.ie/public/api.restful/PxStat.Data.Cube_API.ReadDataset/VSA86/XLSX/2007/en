--- v2 (2026-01-30)
+++ v3 (2026-03-19)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6dce83ad96e4bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/79ab7b56e0664c3d950a1716fd5894d2.psmdcp" Id="R75e5dab2ac5943a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d3244da82f74792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72b6e9b75ade4b0d81a340ba2e798fd5.psmdcp" Id="Rd1da4bbb425d45be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>