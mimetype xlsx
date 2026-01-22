--- v0 (2025-10-10)
+++ v1 (2026-01-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R123601d735ae47a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ed5c01220ac43868a0c4f676c4bc18a.psmdcp" Id="Reec0b857a35c46be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb94e9f26575c4e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e179348d36c2428d8e2b84bbe31802a0.psmdcp" Id="Rac2bd846148e44ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSA82</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Marriages Registered</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>4/30/2021 11:00:00 AM</x:t>
+    <x:t>30/04/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSA82/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>MAR</x:t>
   </x:si>
   <x:si>
     <x:t>Marriages and Civil Partnerships</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Sean O'Connor</x:t>
   </x:si>
@@ -262,50 +262,53 @@
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
+  <x:si>
+    <x:t/>
+  </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -442,395 +445,172 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...343 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01942V02375" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group of Bride" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01942V02375A" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Socio Economic Group of Groom" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1090" totalsRowShown="0">
   <x:autoFilter ref="A1:J1090"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C01942V02375"/>
     <x:tableColumn id="6" name="Socio Economic Group of Bride"/>
     <x:tableColumn id="7" name="C01942V02375A"/>
     <x:tableColumn id="8" name="Socio Economic Group of Groom"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1101,51 +881,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSA82/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1332,51 +1112,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1090"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="48.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="17.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="48.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -34534,50 +34314,53 @@
       </x:c>
       <x:c r="B1037" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1037" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1037" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E1037" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F1037" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G1037" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H1037" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I1037" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="J1037" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
     </x:row>
     <x:row r="1038" spans="1:10">
       <x:c r="A1038" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1038" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1038" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1038" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E1038" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F1038" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G1038" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H1038" s="0" t="s">
         <x:v>55</x:v>
@@ -34594,50 +34377,53 @@
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1039" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1039" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1039" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E1039" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F1039" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G1039" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H1039" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I1039" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="J1039" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:10">
       <x:c r="A1040" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B1040" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C1040" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D1040" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E1040" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F1040" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G1040" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1040" s="0" t="s">
@@ -36240,51 +36026,51 @@
       <x:c r="G1090" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H1090" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I1090" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J1090" s="0">
         <x:v>201</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -36301,51 +36087,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1090" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="VSA82"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Marriages Registered"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="9">
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
       </x:sharedItems>
     </x:cacheField>
@@ -36959,27 +36745,13096 @@
         <x:n v="296"/>
         <x:n v="1819"/>
         <x:n v="433"/>
         <x:n v="1082"/>
         <x:n v="1211"/>
         <x:n v="160"/>
         <x:n v="1058"/>
         <x:n v="121"/>
         <x:n v="145"/>
         <x:n v="359"/>
         <x:n v="667"/>
         <x:s v=""/>
         <x:n v="3156"/>
         <x:n v="512"/>
         <x:n v="1402"/>
         <x:n v="478"/>
         <x:n v="439"/>
         <x:n v="1019"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="20713"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="874"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1910"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="4598"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="5119"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="3263"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="516"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2424"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="640"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="820"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="870"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="6351"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1278"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1320"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="20680"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3171"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="4686"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="5019"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2989"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="817"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2349"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2427"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="829"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="6463"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="560"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="2692"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1226"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1356"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2434"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="22045"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="948"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3327"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1960"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="1947"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="4920"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="772"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="5407"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="499"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1142"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1378"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="6723"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2583"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="609"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="22025"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="905"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="364"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="2004"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="5031"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="5396"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="1002"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2467"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="592"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="513"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2633"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1207"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="6823"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1305"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1407"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2548"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="251"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="21570"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3267"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="2087"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1257"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="5187"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="5054"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="888"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="7006"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="1051"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="570"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="2958"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2345"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="325"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="566"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="21262"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="877"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1779"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="2100"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1283"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="5197"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="4866"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2732"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="707"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2711"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="834"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="7159"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1252"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1240"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2151"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="20389"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3144"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="2017"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="5021"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="4603"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="677"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2577"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="610"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="672"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2624"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1480"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="6820"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="278"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="615"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="2860"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1209"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="476"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="19673"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="3041"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="2006"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="1205"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="5060"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="4302"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2394"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="2404"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="685"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1431"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="302"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="6884"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="1069"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="647"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="2925"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1081"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1845"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="9209"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="750"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="2456"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="1819"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1211"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="667"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="3156"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="-"/>
+    <s v="All socio-economic groups"/>
+    <s v="Number"/>
+    <n v="1019"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="10"/>
+    <s v="Administrative and secretarial occupations"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="11"/>
+    <s v="Associate professional and technical occupations"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="12"/>
+    <s v="Caring, leisure and other service occupations"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="13"/>
+    <s v="Elementary occupations"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="14"/>
+    <s v="Managers, directors and senior officials"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="15"/>
+    <s v="Process, plant and machine operatives"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="16"/>
+    <s v="Professional occupations"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="17"/>
+    <s v="Sales and customer service occupations"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="18"/>
+    <s v="Skilled trades occupations"/>
+    <s v="Number"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="VSA82"/>
+    <s v="Marriages Registered"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="19"/>
+    <s v="Unemployed, retired, student, occupation unknown"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+</pivotCacheRecords>
 </file>