--- v1 (2026-01-22)
+++ v2 (2026-03-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb94e9f26575c4e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e179348d36c2428d8e2b84bbe31802a0.psmdcp" Id="Rac2bd846148e44ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re72090e05cd64733" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3410a0819c854520ad4b323164b154cb.psmdcp" Id="R510013c3d5964909" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>