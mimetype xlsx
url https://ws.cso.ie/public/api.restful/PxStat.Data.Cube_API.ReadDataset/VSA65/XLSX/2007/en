--- v0 (2025-10-04)
+++ v1 (2025-11-24)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ccc6a110c8c4d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7c63e2a3a2c4a62a5b5d72e76cbce1e.psmdcp" Id="R01cb3e3cab2d4345" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab5271e8841f4900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f05e75d23204f4789b923738b4b5e04.psmdcp" Id="Raf8816640d914486" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="2" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="9" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>