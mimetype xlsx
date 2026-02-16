--- v1 (2025-11-24)
+++ v2 (2026-02-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab5271e8841f4900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2f05e75d23204f4789b923738b4b5e04.psmdcp" Id="Raf8816640d914486" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60288913d63d4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fe8243f3f5442cc88d5d4641d73b374.psmdcp" Id="R4d8c325f92ac4cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSA65</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Marriages Registered</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>2/14/2022 11:00:00 AM</x:t>
+    <x:t>14/02/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:b/>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Region of Residence</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
@@ -317,50 +317,53 @@
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>VSA65C2</x:t>
   </x:si>
   <x:si>
     <x:t>Region of Residence of Groom before Marriage - Same Region as Bride</x:t>
   </x:si>
   <x:si>
     <x:t>VSA65C3</x:t>
   </x:si>
   <x:si>
     <x:t>Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>VSA65C4</x:t>
   </x:si>
   <x:si>
     <x:t>Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>VSA65C5</x:t>
   </x:si>
   <x:si>
     <x:t>Region of Residence of Groom before Marriage - Not Stated</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -508,387 +511,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Region of Residence of Bride" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H856" totalsRowShown="0">
   <x:autoFilter ref="A1:H856"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="Region of Residence of Bride"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1157,51 +937,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSA65/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1390,51 +1170,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H856"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="96.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="28.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -14562,50 +14342,53 @@
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H506" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H507" s="0">
         <x:v>45</x:v>
@@ -14773,8878 +14556,8953 @@
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H514" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H515" s="0">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H516" s="0">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H517" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H518" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H519" s="0">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H520" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H521" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H522" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H523" s="0">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H524" s="0">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H525" s="0">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H526" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H527" s="0">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H528" s="0">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H529" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H530" s="0">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H531" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H532" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H533" s="0">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H534" s="0">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H535" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H536" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H537" s="0">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H538" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H539" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H540" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H541" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H542" s="0">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H543" s="0">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H544" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H545" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H546" s="0">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H547" s="0">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H548" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H549" s="0">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H550" s="0">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H551" s="0">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H552" s="0">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H553" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H554" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H555" s="0">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H556" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H557" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H558" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H559" s="0">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H560" s="0">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H561" s="0">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H562" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H563" s="0">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H564" s="0">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H565" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H566" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H567" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H568" s="0">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H569" s="0">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H570" s="0">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H571" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H572" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H573" s="0">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H574" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H575" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H576" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H577" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H578" s="0">
         <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H579" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H580" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H581" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H582" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H583" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H584" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H585" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H586" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H587" s="0">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H588" s="0">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H589" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H590" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H591" s="0">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H592" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H593" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H594" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H595" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H596" s="0">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H597" s="0">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H598" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H599" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H600" s="0">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H601" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H602" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H603" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H604" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H605" s="0">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H606" s="0">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H607" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H608" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H609" s="0">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H610" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H611" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H612" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H613" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H614" s="0">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H615" s="0">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H616" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H617" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H618" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H619" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H620" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H621" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H622" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H623" s="0">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H624" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H625" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H626" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H627" s="0">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H628" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H629" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H630" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H631" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H632" s="0">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H633" s="0">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H634" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H635" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H636" s="0">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H637" s="0">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H638" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H639" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H640" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H641" s="0">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H642" s="0">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H643" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H644" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H645" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H646" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H647" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H648" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H649" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H650" s="0">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H651" s="0">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H652" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H653" s="0">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H654" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H655" s="0">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H656" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H657" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H658" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H659" s="0">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H660" s="0">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H661" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H662" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H663" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H664" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H665" s="0">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H666" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H667" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H668" s="0">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H669" s="0">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H670" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H671" s="0">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H672" s="0">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H673" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H674" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H675" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H676" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H677" s="0">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H678" s="0">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H679" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H680" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H681" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H682" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H683" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H684" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H685" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H686" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H687" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H688" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H689" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H690" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H691" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H692" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H693" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H694" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H695" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H696" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H697" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H698" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H699" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H700" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H701" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H702" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H703" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H704" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H705" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H706" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H707" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H708" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H709" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H710" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H711" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E712" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H712" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E713" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F713" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H713" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H714" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H715" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D716" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E716" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F716" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G716" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H716" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D717" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E717" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F717" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H717" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C718" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D718" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E718" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F718" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G718" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H718" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C719" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D719" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E719" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F719" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H719" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C720" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D720" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E720" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F720" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G720" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H720" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C721" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D721" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E721" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H721" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C722" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D722" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E722" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F722" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G722" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H722" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C723" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D723" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E723" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F723" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H723" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C724" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D724" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E724" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F724" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G724" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H724" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D725" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E725" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F725" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H725" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D726" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E726" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F726" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G726" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H726" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D727" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E727" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F727" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H727" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D728" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E728" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F728" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G728" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H728" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C729" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D729" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E729" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H729" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C730" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D730" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E730" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F730" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G730" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H730" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
       <x:c r="A731" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C731" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D731" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E731" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F731" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G731" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H731" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:8">
       <x:c r="A732" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C732" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D732" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E732" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F732" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G732" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H732" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E733" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H733" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D734" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E734" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F734" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G734" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H734" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:8">
       <x:c r="A735" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C735" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D735" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E735" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F735" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H735" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:8">
       <x:c r="A736" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C736" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D736" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E736" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F736" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G736" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H736" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:8">
       <x:c r="A737" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C737" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D737" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E737" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F737" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G737" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H737" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:8">
       <x:c r="A738" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B738" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C738" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D738" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E738" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F738" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G738" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H738" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:8">
       <x:c r="A739" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C739" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D739" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E739" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F739" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G739" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H739" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:8">
       <x:c r="A740" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B740" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C740" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D740" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E740" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F740" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G740" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H740" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="741" spans="1:8">
       <x:c r="A741" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C741" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D741" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E741" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F741" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H741" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="742" spans="1:8">
       <x:c r="A742" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B742" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C742" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D742" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E742" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F742" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G742" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H742" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="743" spans="1:8">
       <x:c r="A743" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C743" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D743" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E743" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F743" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G743" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H743" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="744" spans="1:8">
       <x:c r="A744" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B744" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C744" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D744" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E744" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F744" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G744" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H744" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="745" spans="1:8">
       <x:c r="A745" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C745" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D745" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E745" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F745" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G745" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H745" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="746" spans="1:8">
       <x:c r="A746" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B746" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C746" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D746" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E746" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F746" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G746" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H746" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="747" spans="1:8">
       <x:c r="A747" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C747" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D747" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E747" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F747" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G747" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H747" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="748" spans="1:8">
       <x:c r="A748" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B748" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C748" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D748" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E748" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F748" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G748" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H748" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="749" spans="1:8">
       <x:c r="A749" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C749" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D749" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E749" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F749" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G749" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H749" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:8">
       <x:c r="A750" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B750" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C750" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D750" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E750" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F750" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G750" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H750" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:8">
       <x:c r="A751" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C751" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D751" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E751" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F751" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G751" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H751" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:8">
       <x:c r="A752" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B752" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C752" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D752" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E752" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F752" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G752" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H752" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:8">
       <x:c r="A753" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C753" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D753" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E753" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F753" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G753" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H753" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:8">
       <x:c r="A754" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B754" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C754" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D754" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E754" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F754" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G754" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H754" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:8">
       <x:c r="A755" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C755" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D755" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E755" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F755" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H755" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:8">
       <x:c r="A756" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B756" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C756" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D756" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E756" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F756" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G756" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H756" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:8">
       <x:c r="A757" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C757" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D757" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E757" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F757" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G757" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H757" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:8">
       <x:c r="A758" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B758" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C758" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D758" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E758" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F758" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G758" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H758" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:8">
       <x:c r="A759" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C759" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D759" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E759" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F759" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G759" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H759" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:8">
       <x:c r="A760" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B760" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C760" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D760" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E760" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F760" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G760" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H760" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:8">
       <x:c r="A761" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C761" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D761" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E761" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F761" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G761" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H761" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:8">
       <x:c r="A762" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B762" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C762" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D762" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E762" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F762" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G762" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H762" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:8">
       <x:c r="A763" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C763" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D763" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E763" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F763" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G763" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H763" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:8">
       <x:c r="A764" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B764" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C764" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D764" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E764" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F764" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G764" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H764" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:8">
       <x:c r="A765" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C765" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D765" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E765" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F765" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G765" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H765" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:8">
       <x:c r="A766" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B766" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C766" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D766" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="E766" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F766" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G766" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H766" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:8">
       <x:c r="A767" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C767" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D767" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E767" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F767" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G767" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H767" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:8">
       <x:c r="A768" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B768" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C768" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D768" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E768" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F768" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G768" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H768" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:8">
       <x:c r="A769" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B769" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C769" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D769" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E769" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F769" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G769" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H769" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:8">
       <x:c r="A770" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B770" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C770" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D770" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E770" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F770" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G770" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H770" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:8">
       <x:c r="A771" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C771" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D771" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E771" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F771" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G771" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H771" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:8">
       <x:c r="A772" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B772" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C772" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D772" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E772" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F772" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G772" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H772" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:8">
       <x:c r="A773" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C773" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D773" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E773" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F773" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G773" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H773" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:8">
       <x:c r="A774" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B774" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C774" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D774" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E774" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F774" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G774" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H774" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:8">
       <x:c r="A775" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B775" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C775" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D775" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E775" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F775" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G775" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H775" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:8">
       <x:c r="A776" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B776" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C776" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D776" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E776" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F776" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G776" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H776" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:8">
       <x:c r="A777" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C777" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D777" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E777" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F777" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G777" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H777" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:8">
       <x:c r="A778" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B778" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C778" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D778" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E778" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F778" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G778" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H778" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:8">
       <x:c r="A779" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B779" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C779" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D779" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E779" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F779" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G779" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H779" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:8">
       <x:c r="A780" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B780" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C780" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D780" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E780" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F780" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G780" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H780" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:8">
       <x:c r="A781" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B781" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C781" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D781" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E781" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F781" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G781" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H781" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:8">
       <x:c r="A782" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C782" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D782" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E782" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F782" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G782" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H782" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:8">
       <x:c r="A783" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C783" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D783" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E783" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F783" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G783" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H783" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:8">
       <x:c r="A784" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C784" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D784" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E784" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F784" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G784" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H784" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:8">
       <x:c r="A785" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C785" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D785" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E785" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F785" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G785" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H785" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:8">
       <x:c r="A786" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C786" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D786" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E786" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F786" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G786" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H786" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:8">
       <x:c r="A787" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C787" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D787" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E787" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F787" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G787" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H787" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:8">
       <x:c r="A788" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C788" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D788" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E788" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F788" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G788" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H788" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:8">
       <x:c r="A789" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D789" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E789" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F789" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G789" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H789" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:8">
       <x:c r="A790" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C790" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D790" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E790" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F790" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G790" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H790" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:8">
       <x:c r="A791" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C791" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D791" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E791" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F791" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G791" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H791" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:8">
       <x:c r="A792" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C792" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D792" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E792" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F792" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G792" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H792" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:8">
       <x:c r="A793" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C793" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D793" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E793" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G793" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H793" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:8">
       <x:c r="A794" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C794" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D794" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E794" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F794" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G794" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H794" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:8">
       <x:c r="A795" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C795" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D795" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E795" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F795" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G795" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H795" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:8">
       <x:c r="A796" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C796" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D796" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E796" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F796" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G796" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H796" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:8">
       <x:c r="A797" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C797" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D797" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E797" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F797" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G797" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H797" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:8">
       <x:c r="A798" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C798" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D798" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E798" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F798" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G798" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H798" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:8">
       <x:c r="A799" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C799" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D799" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E799" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F799" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G799" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H799" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:8">
       <x:c r="A800" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C800" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D800" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E800" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F800" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G800" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H800" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:8">
       <x:c r="A801" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C801" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D801" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E801" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F801" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G801" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H801" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:8">
       <x:c r="A802" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C802" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D802" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E802" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F802" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G802" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H802" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:8">
       <x:c r="A803" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C803" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D803" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E803" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F803" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G803" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H803" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:8">
       <x:c r="A804" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C804" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D804" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E804" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F804" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G804" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H804" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:8">
       <x:c r="A805" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C805" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D805" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E805" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F805" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G805" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H805" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:8">
       <x:c r="A806" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C806" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D806" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E806" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F806" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G806" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H806" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:8">
       <x:c r="A807" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C807" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D807" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E807" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F807" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G807" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H807" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:8">
       <x:c r="A808" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C808" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D808" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E808" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F808" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G808" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H808" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:8">
       <x:c r="A809" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C809" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D809" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E809" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F809" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G809" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H809" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:8">
       <x:c r="A810" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D810" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E810" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F810" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G810" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H810" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:8">
       <x:c r="A811" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D811" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E811" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F811" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G811" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H811" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:8">
       <x:c r="A812" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C812" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D812" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E812" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F812" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G812" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H812" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:8">
       <x:c r="A813" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C813" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D813" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E813" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F813" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G813" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H813" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:8">
       <x:c r="A814" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C814" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D814" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E814" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F814" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G814" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H814" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:8">
       <x:c r="A815" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C815" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D815" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E815" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F815" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G815" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H815" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:8">
       <x:c r="A816" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C816" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D816" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E816" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F816" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G816" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H816" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:8">
       <x:c r="A817" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C817" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D817" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E817" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F817" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G817" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H817" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:8">
       <x:c r="A818" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C818" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D818" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E818" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F818" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G818" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H818" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:8">
       <x:c r="A819" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C819" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D819" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E819" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F819" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G819" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H819" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:8">
       <x:c r="A820" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C820" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D820" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E820" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F820" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G820" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H820" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:8">
       <x:c r="A821" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C821" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D821" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E821" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F821" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G821" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H821" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:8">
       <x:c r="A822" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C822" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D822" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E822" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F822" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G822" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H822" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:8">
       <x:c r="A823" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C823" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D823" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E823" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F823" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G823" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H823" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:8">
       <x:c r="A824" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C824" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D824" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E824" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F824" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G824" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H824" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:8">
       <x:c r="A825" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C825" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D825" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E825" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F825" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G825" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H825" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:8">
       <x:c r="A826" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C826" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D826" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E826" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F826" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G826" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H826" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:8">
       <x:c r="A827" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C827" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D827" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E827" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F827" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G827" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H827" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:8">
       <x:c r="A828" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C828" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D828" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E828" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F828" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G828" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H828" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:8">
       <x:c r="A829" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C829" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D829" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E829" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F829" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G829" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H829" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:8">
       <x:c r="A830" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C830" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D830" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E830" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F830" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G830" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H830" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:8">
       <x:c r="A831" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C831" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D831" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E831" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F831" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G831" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H831" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:8">
       <x:c r="A832" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C832" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D832" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E832" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F832" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G832" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H832" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:8">
       <x:c r="A833" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C833" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D833" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E833" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F833" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G833" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H833" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:8">
       <x:c r="A834" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C834" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D834" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E834" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F834" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G834" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H834" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:8">
       <x:c r="A835" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C835" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D835" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E835" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F835" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G835" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H835" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:8">
       <x:c r="A836" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C836" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D836" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E836" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F836" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G836" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H836" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:8">
       <x:c r="A837" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C837" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D837" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E837" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F837" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G837" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H837" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:8">
       <x:c r="A838" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C838" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D838" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E838" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F838" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G838" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H838" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:8">
       <x:c r="A839" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C839" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D839" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E839" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F839" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G839" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H839" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:8">
       <x:c r="A840" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C840" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D840" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E840" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F840" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G840" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H840" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:8">
       <x:c r="A841" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C841" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D841" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E841" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F841" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H841" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:8">
       <x:c r="A842" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C842" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D842" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E842" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F842" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G842" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H842" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:8">
       <x:c r="A843" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C843" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D843" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E843" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F843" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G843" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H843" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:8">
       <x:c r="A844" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C844" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D844" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E844" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F844" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G844" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H844" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:8">
       <x:c r="A845" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C845" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D845" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E845" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F845" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G845" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H845" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:8">
       <x:c r="A846" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C846" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D846" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E846" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F846" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G846" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H846" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:8">
       <x:c r="A847" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D847" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E847" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F847" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G847" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H847" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:8">
       <x:c r="A848" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C848" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D848" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E848" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F848" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G848" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H848" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="849" spans="1:8">
       <x:c r="A849" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C849" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D849" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E849" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F849" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G849" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H849" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="850" spans="1:8">
       <x:c r="A850" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E850" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F850" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G850" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H850" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="851" spans="1:8">
       <x:c r="A851" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D851" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E851" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F851" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G851" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H851" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="852" spans="1:8">
       <x:c r="A852" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B852" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C852" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D852" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E852" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F852" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G852" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H852" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="853" spans="1:8">
       <x:c r="A853" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B853" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C853" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D853" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E853" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F853" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G853" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H853" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="854" spans="1:8">
       <x:c r="A854" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B854" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C854" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D854" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E854" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F854" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="G854" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H854" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="855" spans="1:8">
       <x:c r="A855" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B855" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C855" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D855" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E855" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F855" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G855" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H855" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
     </x:row>
     <x:row r="856" spans="1:8">
       <x:c r="A856" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B856" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C856" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D856" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E856" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F856" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G856" s="0" t="s">
         <x:v>52</x:v>
+      </x:c>
+      <x:c r="H856" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23661,51 +23519,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H856" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="5">
         <x:s v="VSA65C1"/>
         <x:s v="VSA65C2"/>
         <x:s v="VSA65C3"/>
         <x:s v="VSA65C4"/>
         <x:s v="VSA65C5"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="5">
         <x:s v="Brides Region of Residence"/>
         <x:s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
         <x:s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
         <x:s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
         <x:s v="Region of Residence of Groom before Marriage - Not Stated"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="19">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2003"/>
@@ -24278,27 +24136,8578 @@
         <x:n v="10"/>
         <x:n v="329"/>
         <x:n v="84"/>
         <x:n v="315"/>
         <x:n v="11"/>
         <x:n v="248"/>
         <x:n v="80"/>
         <x:n v="3"/>
         <x:n v="254"/>
         <x:n v="89"/>
         <x:n v="8"/>
         <x:n v="62"/>
         <x:n v="64"/>
         <x:n v="236"/>
         <x:n v="9"/>
         <x:n v="14"/>
         <x:n v="5"/>
         <x:n v="1"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="17745"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="2041"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1049"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5159"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="1925"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1865"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2625"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="17881"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1934"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5382"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1544"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1835"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2569"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18914"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="2055"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5486"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1997"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="19355"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1720"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5594"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2312"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1702"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1999"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="20629"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="2365"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5240"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2770"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2997"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="21307"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1332"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5338"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1944"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="2357"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="3198"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="20347"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5532"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="2159"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="19777"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="2048"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5806"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2815"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18872"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="2013"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5623"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2362"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2638"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18036"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1900"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1638"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5398"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2250"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1464"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18703"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1160"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1688"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5860"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1904"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18444"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1842"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1680"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5946"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2173"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1812"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2445"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="19471"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="2102"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="6330"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1426"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1870"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2703"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="19235"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1953"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1699"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="6251"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1918"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2604"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18585"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1956"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5741"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1443"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="2002"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18380"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1889"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5756"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1905"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2536"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="17626"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1596"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5349"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2555"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1581"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="17008"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5226"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2549"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1509"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2380"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="8667"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2886"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="1233"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="VSA65C1"/>
+    <s v="Brides Region of Residence"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="17133"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="793"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="4562"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="1516"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2343"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="17348"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1321"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="4773"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1266"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2278"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18380"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1622"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="884"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1401"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="4935"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1318"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1652"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2327"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18903"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1717"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1425"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5132"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1696"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18257"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="4857"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2457"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1518"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="20926"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="2062"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="4945"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2507"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1664"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2910"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="20020"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5124"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1432"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1952"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2839"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="19505"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1825"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1038"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5408"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2657"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18606"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5266"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1679"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="17771"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="967"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1470"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5080"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2012"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18421"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5477"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1711"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18175"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1608"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1500"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5594"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="1923"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="19142"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1851"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="953"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5959"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="1939"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1281"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1689"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2526"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18920"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1716"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5932"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18337"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1742"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5463"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="1977"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1804"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="18126"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5466"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1267"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1747"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="17388"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="5059"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2334"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2341"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="16772"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1386"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="4924"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="8555"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="510"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="429"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="2722"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="710"/>
+  </r>
+  <r>
+    <s v="VSA65C2"/>
+    <s v="Region of Residence of Groom before Marriage - Same Region as Bride"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="1107"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="408"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="435"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="261"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="275"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSA65C3"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride in the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="612"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="254"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA65C4"/>
+    <s v="Region of Residence of Groom before Marriage - Different Region from Bride outside the Republic of Ireland"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE11"/>
+    <s v="Border"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE12"/>
+    <s v="Midland"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE13"/>
+    <s v="West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE21"/>
+    <s v="Dublin"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE22"/>
+    <s v="Mid-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE23"/>
+    <s v="Mid-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE24"/>
+    <s v="South-East"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA65C5"/>
+    <s v="Region of Residence of Groom before Marriage - Not Stated"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="IE25"/>
+    <s v="South-West"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>