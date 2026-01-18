--- v0 (2025-11-08)
+++ v1 (2026-01-18)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fd7d33e83664577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/255d2f7f78174ae5a21e4b917582689d.psmdcp" Id="R7e266006e9bf4fe7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb380052ed7864735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d97e228a08d9466dbf2f7e9a2a9b0495.psmdcp" Id="R971b922427da4c3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSA22</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Stillbirths</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/12/2021 11:00:00 AM</x:t>
+    <x:t>12/11/2021 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>The numbers of stillbirths by mothers' age-groups in this table were revised. This was amended on the 2nd of August 2019. The oversight is regretted.#All data is final</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSA22/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>VSIMS</x:t>
   </x:si>
   <x:si>
     <x:t>Infant Mortality and Stillbirths</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -290,50 +290,53 @@
   <x:si>
     <x:t>2008</x:t>
   </x:si>
   <x:si>
     <x:t>2009</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
@@ -478,363 +481,164 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...311 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02076V02508" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Mother at Maternity" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01934V02366" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Number of Prevoius Live and Stillborn Children" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J673" totalsRowShown="0">
   <x:autoFilter ref="A1:J673"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02076V02508"/>
     <x:tableColumn id="6" name="Age of Mother at Maternity"/>
     <x:tableColumn id="7" name="C01934V02366"/>
     <x:tableColumn id="8" name="Number of Prevoius Live and Stillborn Children"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1105,51 +909,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSA22/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1338,51 +1142,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="17.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="27.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="45.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -15820,166 +15624,181 @@
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H452" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I452" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J452" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="453" spans="1:10">
       <x:c r="A453" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I453" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J453" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="454" spans="1:10">
       <x:c r="A454" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H454" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I454" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J454" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="455" spans="1:10">
       <x:c r="A455" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I455" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J455" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="456" spans="1:10">
       <x:c r="A456" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H456" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I456" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J456" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="457" spans="1:10">
       <x:c r="A457" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>53</x:v>
@@ -16093,108 +15912,117 @@
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I461" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J461" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="462" spans="1:10">
       <x:c r="A462" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H462" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I462" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J462" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="463" spans="1:10">
       <x:c r="A463" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I463" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J463" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="464" spans="1:10">
       <x:c r="A464" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H464" s="0" t="s">
         <x:v>53</x:v>
@@ -16340,79 +16168,85 @@
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I469" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J469" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="470" spans="1:10">
       <x:c r="A470" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H470" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I470" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J470" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="471" spans="1:10">
       <x:c r="A471" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>53</x:v>
@@ -16590,50 +16424,53 @@
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I477" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J477" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="478" spans="1:10">
       <x:c r="A478" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
         <x:v>53</x:v>
@@ -17003,50 +16840,53 @@
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H490" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I490" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J490" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="491" spans="1:10">
       <x:c r="A491" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>66</x:v>
@@ -17064,224 +16904,245 @@
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I492" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J492" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="493" spans="1:10">
       <x:c r="A493" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I493" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J493" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="494" spans="1:10">
       <x:c r="A494" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H494" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I494" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J494" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="495" spans="1:10">
       <x:c r="A495" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I495" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J495" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="496" spans="1:10">
       <x:c r="A496" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I496" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J496" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="497" spans="1:10">
       <x:c r="A497" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I497" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J497" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="498" spans="1:10">
       <x:c r="A498" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H498" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I498" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J498" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="499" spans="1:10">
       <x:c r="A499" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>53</x:v>
@@ -17471,5278 +17332,5431 @@
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I505" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J505" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:10">
       <x:c r="A506" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H506" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I506" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J506" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:10">
       <x:c r="A507" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I507" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J507" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:10">
       <x:c r="A508" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H508" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I508" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J508" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:10">
       <x:c r="A509" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I509" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J509" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:10">
       <x:c r="A510" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H510" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I510" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J510" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:10">
       <x:c r="A511" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I511" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J511" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:10">
       <x:c r="A512" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H512" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I512" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J512" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:10">
       <x:c r="A513" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I513" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J513" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:10">
       <x:c r="A514" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I514" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J514" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:10">
       <x:c r="A515" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I515" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J515" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:10">
       <x:c r="A516" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H516" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I516" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J516" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:10">
       <x:c r="A517" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I517" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J517" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:10">
       <x:c r="A518" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H518" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I518" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J518" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:10">
       <x:c r="A519" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I519" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J519" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:10">
       <x:c r="A520" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H520" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I520" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J520" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:10">
       <x:c r="A521" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I521" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J521" s="0">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:10">
       <x:c r="A522" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H522" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I522" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J522" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:10">
       <x:c r="A523" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I523" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J523" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:10">
       <x:c r="A524" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H524" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I524" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J524" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:10">
       <x:c r="A525" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I525" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J525" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:10">
       <x:c r="A526" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H526" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I526" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J526" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:10">
       <x:c r="A527" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I527" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J527" s="0">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:10">
       <x:c r="A528" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H528" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I528" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J528" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:10">
       <x:c r="A529" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I529" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J529" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:10">
       <x:c r="A530" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H530" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I530" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J530" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:10">
       <x:c r="A531" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I531" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J531" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:10">
       <x:c r="A532" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H532" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I532" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J532" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:10">
       <x:c r="A533" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I533" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J533" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:10">
       <x:c r="A534" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H534" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I534" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J534" s="0">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:10">
       <x:c r="A535" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I535" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J535" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:10">
       <x:c r="A536" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H536" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I536" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J536" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:10">
       <x:c r="A537" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I537" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J537" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:10">
       <x:c r="A538" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H538" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I538" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J538" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:10">
       <x:c r="A539" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I539" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J539" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:10">
       <x:c r="A540" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H540" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I540" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J540" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:10">
       <x:c r="A541" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I541" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J541" s="0">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:10">
       <x:c r="A542" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H542" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I542" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J542" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:10">
       <x:c r="A543" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I543" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J543" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:10">
       <x:c r="A544" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H544" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I544" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J544" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:10">
       <x:c r="A545" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I545" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J545" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:10">
       <x:c r="A546" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H546" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I546" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J546" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:10">
       <x:c r="A547" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H547" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I547" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J547" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:10">
       <x:c r="A548" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H548" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I548" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J548" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:10">
       <x:c r="A549" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I549" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J549" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:10">
       <x:c r="A550" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H550" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I550" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J550" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:10">
       <x:c r="A551" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H551" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I551" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J551" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:10">
       <x:c r="A552" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H552" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I552" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J552" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:10">
       <x:c r="A553" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I553" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J553" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:10">
       <x:c r="A554" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H554" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I554" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J554" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:10">
       <x:c r="A555" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I555" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J555" s="0">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:10">
       <x:c r="A556" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H556" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I556" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J556" s="0">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:10">
       <x:c r="A557" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I557" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J557" s="0">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:10">
       <x:c r="A558" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H558" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I558" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J558" s="0">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:10">
       <x:c r="A559" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I559" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J559" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:10">
       <x:c r="A560" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H560" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I560" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J560" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:10">
       <x:c r="A561" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I561" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J561" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:10">
       <x:c r="A562" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H562" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I562" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J562" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:10">
       <x:c r="A563" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I563" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J563" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:10">
       <x:c r="A564" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H564" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I564" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J564" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="565" spans="1:10">
       <x:c r="A565" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I565" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J565" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="566" spans="1:10">
       <x:c r="A566" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H566" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I566" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J566" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="567" spans="1:10">
       <x:c r="A567" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I567" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J567" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="568" spans="1:10">
       <x:c r="A568" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H568" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I568" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J568" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="569" spans="1:10">
       <x:c r="A569" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H569" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I569" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J569" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:10">
       <x:c r="A570" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H570" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I570" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J570" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:10">
       <x:c r="A571" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H571" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I571" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J571" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:10">
       <x:c r="A572" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H572" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I572" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J572" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="573" spans="1:10">
       <x:c r="A573" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H573" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I573" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J573" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="574" spans="1:10">
       <x:c r="A574" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H574" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I574" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J574" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="575" spans="1:10">
       <x:c r="A575" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I575" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J575" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="576" spans="1:10">
       <x:c r="A576" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H576" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I576" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J576" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:10">
       <x:c r="A577" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H577" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I577" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J577" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:10">
       <x:c r="A578" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H578" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I578" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J578" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:10">
       <x:c r="A579" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I579" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J579" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="580" spans="1:10">
       <x:c r="A580" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H580" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I580" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J580" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:10">
       <x:c r="A581" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I581" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J581" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:10">
       <x:c r="A582" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H582" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I582" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J582" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="583" spans="1:10">
       <x:c r="A583" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I583" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J583" s="0">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:10">
       <x:c r="A584" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I584" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J584" s="0">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:10">
       <x:c r="A585" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I585" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J585" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:10">
       <x:c r="A586" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H586" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I586" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J586" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:10">
       <x:c r="A587" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I587" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J587" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:10">
       <x:c r="A588" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H588" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I588" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J588" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="589" spans="1:10">
       <x:c r="A589" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I589" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J589" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="590" spans="1:10">
       <x:c r="A590" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H590" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I590" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J590" s="0">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:10">
       <x:c r="A591" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I591" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J591" s="0">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:10">
       <x:c r="A592" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H592" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I592" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J592" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:10">
       <x:c r="A593" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H593" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I593" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J593" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:10">
       <x:c r="A594" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H594" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I594" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J594" s="0">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:10">
       <x:c r="A595" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H595" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I595" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J595" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="596" spans="1:10">
       <x:c r="A596" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H596" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I596" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J596" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="597" spans="1:10">
       <x:c r="A597" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H597" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I597" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J597" s="0">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:10">
       <x:c r="A598" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H598" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I598" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J598" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:10">
       <x:c r="A599" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H599" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I599" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J599" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:10">
       <x:c r="A600" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H600" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I600" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J600" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:10">
       <x:c r="A601" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I601" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J601" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:10">
       <x:c r="A602" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H602" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I602" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J602" s="0">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:10">
       <x:c r="A603" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H603" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I603" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J603" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="604" spans="1:10">
       <x:c r="A604" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H604" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I604" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J604" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="605" spans="1:10">
       <x:c r="A605" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H605" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I605" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J605" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="606" spans="1:10">
       <x:c r="A606" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H606" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I606" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J606" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="607" spans="1:10">
       <x:c r="A607" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H607" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I607" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J607" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="608" spans="1:10">
       <x:c r="A608" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H608" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I608" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J608" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="609" spans="1:10">
       <x:c r="A609" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H609" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I609" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J609" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="610" spans="1:10">
       <x:c r="A610" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H610" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I610" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J610" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="611" spans="1:10">
       <x:c r="A611" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H611" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I611" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J611" s="0">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:10">
       <x:c r="A612" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H612" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I612" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J612" s="0">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:10">
       <x:c r="A613" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H613" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I613" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J613" s="0">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:10">
       <x:c r="A614" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H614" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I614" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J614" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:10">
       <x:c r="A615" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I615" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J615" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:10">
       <x:c r="A616" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H616" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I616" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J616" s="0">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:10">
       <x:c r="A617" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I617" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J617" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="618" spans="1:10">
       <x:c r="A618" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H618" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I618" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J618" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:10">
       <x:c r="A619" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H619" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I619" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J619" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:10">
       <x:c r="A620" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H620" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I620" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J620" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="621" spans="1:10">
       <x:c r="A621" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H621" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I621" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J621" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="622" spans="1:10">
       <x:c r="A622" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H622" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I622" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J622" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="623" spans="1:10">
       <x:c r="A623" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H623" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I623" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J623" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="624" spans="1:10">
       <x:c r="A624" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H624" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I624" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J624" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="625" spans="1:10">
       <x:c r="A625" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H625" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I625" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J625" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:10">
       <x:c r="A626" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H626" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I626" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J626" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:10">
       <x:c r="A627" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H627" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I627" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J627" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="628" spans="1:10">
       <x:c r="A628" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H628" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I628" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J628" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="629" spans="1:10">
       <x:c r="A629" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I629" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J629" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="630" spans="1:10">
       <x:c r="A630" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H630" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I630" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J630" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="631" spans="1:10">
       <x:c r="A631" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H631" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I631" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J631" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="632" spans="1:10">
       <x:c r="A632" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H632" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I632" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J632" s="0">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:10">
       <x:c r="A633" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I633" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J633" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:10">
       <x:c r="A634" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H634" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I634" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J634" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:10">
       <x:c r="A635" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I635" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J635" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="636" spans="1:10">
       <x:c r="A636" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H636" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I636" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J636" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="637" spans="1:10">
       <x:c r="A637" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I637" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J637" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="638" spans="1:10">
       <x:c r="A638" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H638" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I638" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J638" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="639" spans="1:10">
       <x:c r="A639" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I639" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J639" s="0">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:10">
       <x:c r="A640" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H640" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I640" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J640" s="0">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:10">
       <x:c r="A641" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I641" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J641" s="0">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:10">
       <x:c r="A642" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H642" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I642" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J642" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:10">
       <x:c r="A643" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I643" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J643" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:10">
       <x:c r="A644" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H644" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I644" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J644" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="645" spans="1:10">
       <x:c r="A645" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H645" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I645" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J645" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="646" spans="1:10">
       <x:c r="A646" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H646" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I646" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J646" s="0">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:10">
       <x:c r="A647" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I647" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J647" s="0">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:10">
       <x:c r="A648" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H648" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I648" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J648" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:10">
       <x:c r="A649" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H649" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I649" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J649" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:10">
       <x:c r="A650" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H650" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I650" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J650" s="0">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:10">
       <x:c r="A651" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H651" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I651" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J651" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:10">
       <x:c r="A652" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H652" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I652" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J652" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="653" spans="1:10">
       <x:c r="A653" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I653" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J653" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:10">
       <x:c r="A654" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H654" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I654" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J654" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:10">
       <x:c r="A655" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H655" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I655" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J655" s="0">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:10">
       <x:c r="A656" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H656" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I656" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J656" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:10">
       <x:c r="A657" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H657" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I657" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J657" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:10">
       <x:c r="A658" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H658" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I658" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J658" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="659" spans="1:10">
       <x:c r="A659" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H659" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I659" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J659" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="660" spans="1:10">
       <x:c r="A660" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H660" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I660" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J660" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="661" spans="1:10">
       <x:c r="A661" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H661" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I661" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J661" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="662" spans="1:10">
       <x:c r="A662" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H662" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I662" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J662" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="663" spans="1:10">
       <x:c r="A663" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H663" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I663" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J663" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="664" spans="1:10">
       <x:c r="A664" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H664" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I664" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J664" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="665" spans="1:10">
       <x:c r="A665" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H665" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I665" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J665" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="666" spans="1:10">
       <x:c r="A666" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H666" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I666" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
+      <x:c r="J666" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
     </x:row>
     <x:row r="667" spans="1:10">
       <x:c r="A667" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H667" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I667" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J667" s="0">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:10">
       <x:c r="A668" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H668" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I668" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J668" s="0">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:10">
       <x:c r="A669" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H669" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I669" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J669" s="0">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:10">
       <x:c r="A670" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H670" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I670" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J670" s="0">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:10">
       <x:c r="A671" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H671" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I671" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J671" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:10">
       <x:c r="A672" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H672" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="I672" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J672" s="0">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:10">
       <x:c r="A673" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I673" s="0" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="J673" s="0" t="s">
+        <x:v>89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22759,51 +22773,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="VSA22"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Stillbirths"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="12">
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
@@ -22947,27 +22961,8092 @@
         <x:n v="31"/>
         <x:n v="66"/>
         <x:n v="188"/>
         <x:n v="86"/>
         <x:n v="50"/>
         <x:n v="58"/>
         <x:n v="57"/>
         <x:n v="190"/>
         <x:n v="164"/>
         <x:s v=""/>
         <x:n v="23"/>
         <x:n v="53"/>
         <x:n v="173"/>
         <x:n v="162"/>
         <x:n v="47"/>
         <x:n v="133"/>
         <x:n v="52"/>
         <x:n v="77"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="355"/>
+    <s v="Under 20 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="365"/>
+    <s v="20 - 24 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="410"/>
+    <s v="25 - 29 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="440"/>
+    <s v="30 - 34 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="460"/>
+    <s v="35 - 39 years"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="485"/>
+    <s v="40 years and over"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="999"/>
+    <s v="Age not stated"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="-01"/>
+    <s v="Total number of previous children"/>
+    <s v="Number"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="01"/>
+    <s v="0"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="02"/>
+    <s v="1"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="03"/>
+    <s v="2"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="04"/>
+    <s v="3"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="07"/>
+    <s v="4 or 5"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VSA22"/>
+    <s v="Stillbirths"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All ages"/>
+    <s v="09"/>
+    <s v="6 or more"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>