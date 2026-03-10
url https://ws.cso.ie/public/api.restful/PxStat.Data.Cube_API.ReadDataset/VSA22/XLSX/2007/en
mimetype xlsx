--- v1 (2026-01-18)
+++ v2 (2026-03-10)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb380052ed7864735" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d97e228a08d9466dbf2f7e9a2a9b0495.psmdcp" Id="R971b922427da4c3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e449315697a4fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2f9c18d6b9e4e328be36f769670e4bd.psmdcp" Id="Rec43d97160234d3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>