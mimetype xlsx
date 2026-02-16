--- v0 (2025-11-08)
+++ v1 (2026-02-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b93d666e921481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8d059680353445397fb7426b20a1c55.psmdcp" Id="R94cbeac6a282414a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R824c9db008834aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d82a8867f7a4e80a5485b1850ee0f7d.psmdcp" Id="Rabc9eceef0c3427e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VSA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Births by Occurrence</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/3/2025 11:00:00 AM</x:t>
+    <x:t>03/11/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>All data is final.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSA01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>VSBO</x:t>
   </x:si>
   <x:si>
     <x:t>Births Occurrence (Final)</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -706,1067 +706,334 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1015 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="114">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="114">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02199V02655" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Sex" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H343" totalsRowShown="0">
   <x:autoFilter ref="A1:H343"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="STATISTIC Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02199V02655"/>
     <x:tableColumn id="6" name="Sex"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2035,51 +1302,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VSA01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2268,51 +1535,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H343"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.424911" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -11218,51 +10485,51 @@
       <x:c r="E343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H343" s="0">
         <x:v>26639</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11279,51 +10546,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H343" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="VSA01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="STATISTIC Label">
       <x:sharedItems count="1">
         <x:s v="Births by Occurrence"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="114">
         <x:s v="1910"/>
         <x:s v="1911"/>
         <x:s v="1912"/>
         <x:s v="1913"/>
         <x:s v="1914"/>
         <x:s v="1915"/>
         <x:s v="1916"/>
         <x:s v="1917"/>
         <x:s v="1918"/>
         <x:s v="1919"/>
         <x:s v="1920"/>
@@ -11895,27 +11162,3448 @@
         <x:n v="61022"/>
         <x:n v="31306"/>
         <x:n v="29716"/>
         <x:n v="59294"/>
         <x:n v="30271"/>
         <x:n v="29023"/>
         <x:n v="55959"/>
         <x:n v="28902"/>
         <x:n v="27057"/>
         <x:n v="60575"/>
         <x:n v="30982"/>
         <x:n v="29593"/>
         <x:n v="54483"/>
         <x:n v="27876"/>
         <x:n v="26607"/>
         <x:n v="54526"/>
         <x:n v="27887"/>
         <x:n v="26639"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1910"/>
+    <s v="1910"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="71744"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1910"/>
+    <s v="1910"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="36737"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1910"/>
+    <s v="1910"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35007"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="71351"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="36907"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1911"/>
+    <s v="1911"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="34444"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1912"/>
+    <s v="1912"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="70734"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1912"/>
+    <s v="1912"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="36210"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1912"/>
+    <s v="1912"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="34524"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1913"/>
+    <s v="1913"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="70214"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1913"/>
+    <s v="1913"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35967"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1913"/>
+    <s v="1913"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="34247"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1914"/>
+    <s v="1914"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="69102"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1914"/>
+    <s v="1914"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35446"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1914"/>
+    <s v="1914"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33656"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1915"/>
+    <s v="1915"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="67501"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1915"/>
+    <s v="1915"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34847"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1915"/>
+    <s v="1915"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32654"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1916"/>
+    <s v="1916"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="64814"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1916"/>
+    <s v="1916"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="33524"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1916"/>
+    <s v="1916"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31290"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1917"/>
+    <s v="1917"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61421"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1917"/>
+    <s v="1917"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31471"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1917"/>
+    <s v="1917"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29950"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1918"/>
+    <s v="1918"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61092"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1918"/>
+    <s v="1918"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31150"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1918"/>
+    <s v="1918"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29942"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1919"/>
+    <s v="1919"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61829"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1919"/>
+    <s v="1919"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31947"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1919"/>
+    <s v="1919"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29882"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1920"/>
+    <s v="1920"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="67015"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1920"/>
+    <s v="1920"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34590"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1920"/>
+    <s v="1920"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32425"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1921"/>
+    <s v="1921"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61010"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1921"/>
+    <s v="1921"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31333"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1921"/>
+    <s v="1921"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29677"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1922"/>
+    <s v="1922"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="58849"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1922"/>
+    <s v="1922"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="30345"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1922"/>
+    <s v="1922"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28504"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1923"/>
+    <s v="1923"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61690"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1923"/>
+    <s v="1923"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31808"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1923"/>
+    <s v="1923"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29882"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1924"/>
+    <s v="1924"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="63402"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1924"/>
+    <s v="1924"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32713"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1924"/>
+    <s v="1924"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30689"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1925"/>
+    <s v="1925"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="62069"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1925"/>
+    <s v="1925"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31818"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1925"/>
+    <s v="1925"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30251"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61176"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31382"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1926"/>
+    <s v="1926"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29794"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1927"/>
+    <s v="1927"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="60054"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1927"/>
+    <s v="1927"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="30606"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1927"/>
+    <s v="1927"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29448"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1928"/>
+    <s v="1928"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="59176"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1928"/>
+    <s v="1928"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="30327"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1928"/>
+    <s v="1928"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28849"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1929"/>
+    <s v="1929"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="58280"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1929"/>
+    <s v="1929"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29583"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1929"/>
+    <s v="1929"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28697"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1930"/>
+    <s v="1930"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="58353"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1930"/>
+    <s v="1930"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29913"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1930"/>
+    <s v="1930"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28440"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1931"/>
+    <s v="1931"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="57086"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1931"/>
+    <s v="1931"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29409"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1931"/>
+    <s v="1931"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27677"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1932"/>
+    <s v="1932"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="56240"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1932"/>
+    <s v="1932"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="28842"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1932"/>
+    <s v="1932"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27398"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1933"/>
+    <s v="1933"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="57364"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1933"/>
+    <s v="1933"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29381"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1933"/>
+    <s v="1933"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27983"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1934"/>
+    <s v="1934"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="57897"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1934"/>
+    <s v="1934"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29825"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1934"/>
+    <s v="1934"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28072"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1935"/>
+    <s v="1935"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="58266"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1935"/>
+    <s v="1935"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29898"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1935"/>
+    <s v="1935"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28368"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="58115"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29602"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28513"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1937"/>
+    <s v="1937"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="56488"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1937"/>
+    <s v="1937"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="28893"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1937"/>
+    <s v="1937"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27595"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1938"/>
+    <s v="1938"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="56925"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1938"/>
+    <s v="1938"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29108"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1938"/>
+    <s v="1938"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27817"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1939"/>
+    <s v="1939"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="56070"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1939"/>
+    <s v="1939"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="28804"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1939"/>
+    <s v="1939"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27266"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1940"/>
+    <s v="1940"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="56594"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1940"/>
+    <s v="1940"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29029"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1940"/>
+    <s v="1940"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27565"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1941"/>
+    <s v="1941"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="56780"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1941"/>
+    <s v="1941"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29198"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1941"/>
+    <s v="1941"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27582"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1942"/>
+    <s v="1942"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="66117"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1942"/>
+    <s v="1942"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34013"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1942"/>
+    <s v="1942"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32104"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1943"/>
+    <s v="1943"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="64375"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1943"/>
+    <s v="1943"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="33241"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1943"/>
+    <s v="1943"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31134"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1944"/>
+    <s v="1944"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="65425"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1944"/>
+    <s v="1944"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="33637"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1944"/>
+    <s v="1944"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31788"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1945"/>
+    <s v="1945"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="66861"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1945"/>
+    <s v="1945"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34336"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1945"/>
+    <s v="1945"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32525"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="67922"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35120"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32802"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1947"/>
+    <s v="1947"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="68978"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1947"/>
+    <s v="1947"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35674"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1947"/>
+    <s v="1947"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33304"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1948"/>
+    <s v="1948"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="65930"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1948"/>
+    <s v="1948"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="33993"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1948"/>
+    <s v="1948"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31937"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1949"/>
+    <s v="1949"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="64153"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1949"/>
+    <s v="1949"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32880"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1949"/>
+    <s v="1949"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31273"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1950"/>
+    <s v="1950"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="63565"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1950"/>
+    <s v="1950"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32867"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1950"/>
+    <s v="1950"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30698"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="62878"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32303"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30575"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1952"/>
+    <s v="1952"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="64631"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1952"/>
+    <s v="1952"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="33026"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1952"/>
+    <s v="1952"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31605"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1953"/>
+    <s v="1953"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="62558"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1953"/>
+    <s v="1953"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32241"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1953"/>
+    <s v="1953"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30317"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1954"/>
+    <s v="1954"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="62534"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1954"/>
+    <s v="1954"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32087"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1954"/>
+    <s v="1954"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30447"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1955"/>
+    <s v="1955"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61622"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1955"/>
+    <s v="1955"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31483"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1955"/>
+    <s v="1955"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30139"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="60740"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31257"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29483"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1957"/>
+    <s v="1957"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61242"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1957"/>
+    <s v="1957"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31335"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1957"/>
+    <s v="1957"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29907"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1958"/>
+    <s v="1958"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="59510"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1958"/>
+    <s v="1958"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="30498"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1958"/>
+    <s v="1958"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29012"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1959"/>
+    <s v="1959"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="60188"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1959"/>
+    <s v="1959"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="30685"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1959"/>
+    <s v="1959"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29503"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1960"/>
+    <s v="1960"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="60735"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1960"/>
+    <s v="1960"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31141"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1960"/>
+    <s v="1960"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29594"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="59825"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="30687"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29138"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1962"/>
+    <s v="1962"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61782"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1962"/>
+    <s v="1962"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31650"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1962"/>
+    <s v="1962"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30132"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1963"/>
+    <s v="1963"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="63246"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1963"/>
+    <s v="1963"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32486"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1963"/>
+    <s v="1963"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30760"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1964"/>
+    <s v="1964"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="64072"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1964"/>
+    <s v="1964"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32759"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1964"/>
+    <s v="1964"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31313"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1965"/>
+    <s v="1965"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="63525"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1965"/>
+    <s v="1965"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32438"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1965"/>
+    <s v="1965"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31087"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="62215"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32173"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30042"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1967"/>
+    <s v="1967"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61307"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1967"/>
+    <s v="1967"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31642"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1967"/>
+    <s v="1967"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29665"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1968"/>
+    <s v="1968"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61004"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1968"/>
+    <s v="1968"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31469"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1968"/>
+    <s v="1968"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29535"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1969"/>
+    <s v="1969"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="62912"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1969"/>
+    <s v="1969"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32143"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1969"/>
+    <s v="1969"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30769"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="64382"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="33131"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31251"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="67551"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34751"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32800"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="68527"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35375"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33152"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="68713"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35304"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33409"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="68907"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35432"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33475"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="67178"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34532"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32646"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="67718"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34849"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32869"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="68892"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35518"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33374"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="70299"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35766"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="34533"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="72539"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="37355"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35184"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="74064"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38267"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35797"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="72158"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="37075"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="35083"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="70843"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="36256"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="34587"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="67117"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34642"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32475"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="64062"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="33222"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30840"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="62388"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32068"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30320"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61620"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31875"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29745"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="58433"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29931"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28502"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="54600"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="28083"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26517"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="52018"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26754"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25264"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="53044"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="27559"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25485"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="52718"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="27122"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25596"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="51089"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26307"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24782"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="49304"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25359"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="23945"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="48255"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="24957"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="23298"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="48787"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="25153"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="23634"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="50655"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="26350"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="24305"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="52775"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="27061"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="25714"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="53969"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="27848"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26121"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="53924"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="27817"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26107"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="54789"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="28175"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26614"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="57854"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="29684"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="28170"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="60503"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31013"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29490"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61529"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31455"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30074"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61972"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31966"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30006"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61372"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31489"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29883"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="65425"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="33655"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31770"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="71389"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="36487"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="34902"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="75173"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38619"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36554"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="75554"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38682"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36872"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="75174"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="38395"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36779"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="74033"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="37898"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="36135"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="71674"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="36890"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="34784"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="68954"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="35340"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="33614"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="67295"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="34681"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32614"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="65536"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="33480"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="32056"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="63841"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="32709"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="31132"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61824"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31779"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="30045"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="61022"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="31306"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29716"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="59294"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="30271"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29023"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="55959"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="28902"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="27057"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="60575"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="30982"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="29593"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="54483"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="27876"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26607"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Both sexes"/>
+    <s v="Number"/>
+    <n v="54526"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Male"/>
+    <s v="Number"/>
+    <n v="27887"/>
+  </r>
+  <r>
+    <s v="VSA01"/>
+    <s v="Births by Occurrence"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Female"/>
+    <s v="Number"/>
+    <n v="26639"/>
+  </r>
+</pivotCacheRecords>
 </file>