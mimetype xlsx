--- v0 (2025-11-07)
+++ v1 (2026-01-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75cf496c73ef45bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/160a59d2ebf34de7973b7bc972d5b01d.psmdcp" Id="R3610e5a6b6234119" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb488230d65834793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1792cb2b494843a59c8716ef283f3884.psmdcp" Id="Rdc5b3fd483444b1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VCA26</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Intermediate Consumption by ICT Firms</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/24/2022 11:00:00 AM</x:t>
+    <x:t>24/05/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VCA26/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>VCA</x:t>
   </x:si>
   <x:si>
     <x:t>Value Chain Analysis</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Peter Culhane</x:t>
   </x:si>
@@ -727,659 +727,238 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...607 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02660V03219" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="61">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+      </items>
+    </pivotField>
+    <pivotField name="CPA Product" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="61">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03561V04297" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Ownership" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J123" totalsRowShown="0">
   <x:autoFilter ref="A1:J123"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02660V03219"/>
     <x:tableColumn id="6" name="CPA Product"/>
     <x:tableColumn id="7" name="C03561V04297"/>
     <x:tableColumn id="8" name="Type of Ownership"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1650,51 +1229,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VCA26/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1881,51 +1460,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J123"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="36.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="101.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5851,51 +5430,51 @@
       <x:c r="G123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J123" s="0">
         <x:v>33</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5912,51 +5491,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J123" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="VCA26C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Intermediate Consumption by ICT Firms"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2019"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Year">
       <x:sharedItems count="1">
         <x:s v="2019"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02660V03219">
       <x:sharedItems count="61">
         <x:s v="06"/>
@@ -6161,27 +5740,1492 @@
         <x:n v="236"/>
         <x:n v="23"/>
         <x:n v="245"/>
         <x:n v="791"/>
         <x:n v="121"/>
         <x:n v="644"/>
         <x:n v="335"/>
         <x:n v="34"/>
         <x:n v="1043"/>
         <x:n v="4707"/>
         <x:n v="32"/>
         <x:n v="50681"/>
         <x:n v="142"/>
         <x:n v="119"/>
         <x:n v="7"/>
         <x:n v="78"/>
         <x:n v="1195"/>
         <x:n v="185"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Crude petroleum and natural gas (06)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="Crude petroleum and natural gas (06)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Food products (10)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Food products (10)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Beverages (11)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="Beverages (11)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Wood and wood products, except furniture (16)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="16"/>
+    <s v="Wood and wood products, except furniture (16)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Pulp, paper and paper products (17)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="17"/>
+    <s v="Pulp, paper and paper products (17)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Printing and reproduction of recorded media (18)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="18"/>
+    <s v="Printing and reproduction of recorded media (18)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="19"/>
+    <s v="Coke and refined petroleum products (19)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="20"/>
+    <s v="Chemicals and chemical products (20)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Rubber and plastic products (22)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="22"/>
+    <s v="Rubber and plastic products (22)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="26"/>
+    <s v="Computer, electronic and optical products (26)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="27"/>
+    <s v="Electrical equipment (27)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="28"/>
+    <s v="Machinery and equipment n.e.c. (28)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="29"/>
+    <s v="Motor vehicles, trailers and semi-trailers (29)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="29"/>
+    <s v="Motor vehicles, trailers and semi-trailers (29)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="32"/>
+    <s v="Other manufactured goods (32)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="32"/>
+    <s v="Other manufactured goods (32)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="33"/>
+    <s v="Repair and installation of machinery and equipment (33 )"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="33"/>
+    <s v="Repair and installation of machinery and equipment (33 )"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="35"/>
+    <s v="Electricity, gas, steam and air conditioning supply (35)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="36"/>
+    <s v="Water collection, treatment and supply (36)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="36"/>
+    <s v="Water collection, treatment and supply (36)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="37"/>
+    <s v="Sewerage services; sewage sludge (37)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="37"/>
+    <s v="Sewerage services; sewage sludge (37)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="38"/>
+    <s v="Waste collection, treatment and disposal services; materials recovery services (38)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="38"/>
+    <s v="Waste collection, treatment and disposal services; materials recovery services (38)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="39"/>
+    <s v="Remediation services and other waste management services (39)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="39"/>
+    <s v="Remediation services and other waste management services (39)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="41"/>
+    <s v="Buildings and building construction works (41)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="41"/>
+    <s v="Buildings and building construction works (41)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="45"/>
+    <s v="Wholesale and retail trade and repair of vehicles (45)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="45"/>
+    <s v="Wholesale and retail trade and repair of vehicles (45)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="46"/>
+    <s v="Wholesale trade (46)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="46"/>
+    <s v="Wholesale trade (46)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="49"/>
+    <s v="Land transport (49)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="49"/>
+    <s v="Land transport (49)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="51"/>
+    <s v="Air transport (51)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="51"/>
+    <s v="Air transport (51)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="52"/>
+    <s v="Warehousing and support activities for transportation (52)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="52"/>
+    <s v="Warehousing and support activities for transportation (52)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="53"/>
+    <s v="Postal and courier activities (53)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="53"/>
+    <s v="Postal and courier activities (53)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="55"/>
+    <s v="Accommodation services (55)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="55"/>
+    <s v="Accommodation services (55)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="56"/>
+    <s v="Food and beverage services (56)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="56"/>
+    <s v="Food and beverage services (56)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="58"/>
+    <s v="Publishing activities (58)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="68"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="58"/>
+    <s v="Publishing activities (58)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="59"/>
+    <s v="Motion picture, video and television programme production services, sound recording and music publishing (59)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="59"/>
+    <s v="Motion picture, video and television programme production services, sound recording and music publishing (59)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="60"/>
+    <s v="Programming and broadcasting services (60)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="60"/>
+    <s v="Programming and broadcasting services (60)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="62"/>
+    <s v="Computer programming, consultancy and related services (62)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="62"/>
+    <s v="Computer programming, consultancy and related services (62)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="6657"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="63"/>
+    <s v="Information services (63)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="63"/>
+    <s v="Information services (63)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="64"/>
+    <s v="Financial service activities (64)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="64"/>
+    <s v="Financial service activities (64)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="65"/>
+    <s v="Insurance, reinsurance and pension funding, except compulsory social security (65)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="65"/>
+    <s v="Insurance, reinsurance and pension funding, except compulsory social security (65)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="66"/>
+    <s v="Activities auxiliary to financial services and insurance activities (66)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="66"/>
+    <s v="Activities auxiliary to financial services and insurance activities (66)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="68"/>
+    <s v="Real estate activities (68)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="68"/>
+    <s v="Real estate activities (68)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="69"/>
+    <s v="Legal and accounting activities (69)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="69"/>
+    <s v="Legal and accounting activities (69)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="70"/>
+    <s v="Head office and management consultancy activities (70)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="70"/>
+    <s v="Head office and management consultancy activities (70)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="644"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="71"/>
+    <s v="Architectural and engineering activities; technical testing and analysis (71)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="71"/>
+    <s v="Architectural and engineering activities; technical testing and analysis (71)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="335"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="73"/>
+    <s v="Advertising and market research (73)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="73"/>
+    <s v="Advertising and market research (73)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="1043"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="74"/>
+    <s v="Other professional, scientific and technical services (74)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="74"/>
+    <s v="Other professional, scientific and technical services (74)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="4707"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="75"/>
+    <s v="Veterinary services (75)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="75"/>
+    <s v="Veterinary services (75)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="77"/>
+    <s v="Rental and leasing activities (77)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="77"/>
+    <s v="Rental and leasing activities (77)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="50681"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="78"/>
+    <s v="Employment activities (78)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="78"/>
+    <s v="Employment activities (78)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="79"/>
+    <s v="Travel agency and tourism service activities (79)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="79"/>
+    <s v="Travel agency and tourism service activities (79)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="80"/>
+    <s v="Security and investigation services (80)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="80"/>
+    <s v="Security and investigation services (80)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="81"/>
+    <s v="Services to buildings and landscape (81)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="81"/>
+    <s v="Services to buildings and landscape (81)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="82"/>
+    <s v="Office administrative, office support and other business support services (82)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="82"/>
+    <s v="Office administrative, office support and other business support services (82)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="1195"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="84"/>
+    <s v="Public administration and defence; compulsory social security (84)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="84"/>
+    <s v="Public administration and defence; compulsory social security (84)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="85"/>
+    <s v="Education (85)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="85"/>
+    <s v="Education (85)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="86"/>
+    <s v="Human health activities (86)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="87"/>
+    <s v="Residential care services (87)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="87"/>
+    <s v="Residential care services (87)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="90"/>
+    <s v="Creative, arts and entertainment services (90)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="90"/>
+    <s v="Creative, arts and entertainment services (90)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="91"/>
+    <s v="Library, archive, museum and other cultural services (91)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="91"/>
+    <s v="Library, archive, museum and other cultural services (91)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="93"/>
+    <s v="Sports activities and amusement and recreation activities (93)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="93"/>
+    <s v="Sports activities and amusement and recreation activities (93)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="94"/>
+    <s v="Activities of membership organisations (94)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="94"/>
+    <s v="Activities of membership organisations (94)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="95"/>
+    <s v="Repair of computers and personal and household goods (95)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="95"/>
+    <s v="Repair of computers and personal and household goods (95)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="96"/>
+    <s v="Other personal service activities (96)"/>
+    <s v="10"/>
+    <s v="Irish ownership"/>
+    <s v="€ million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="VCA26C01"/>
+    <s v="Intermediate Consumption by ICT Firms"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="96"/>
+    <s v="Other personal service activities (96)"/>
+    <s v="20"/>
+    <s v="Foreign ownership"/>
+    <s v="€ million"/>
+    <n v="33"/>
+  </r>
+</pivotCacheRecords>
 </file>