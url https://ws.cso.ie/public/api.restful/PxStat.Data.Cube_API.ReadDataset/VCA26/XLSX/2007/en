--- v1 (2026-01-01)
+++ v2 (2026-02-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb488230d65834793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1792cb2b494843a59c8716ef283f3884.psmdcp" Id="Rdc5b3fd483444b1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb891aa3f23744d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec6ec3144f304309b15e7f362fdc0795.psmdcp" Id="R369664c19684424f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>