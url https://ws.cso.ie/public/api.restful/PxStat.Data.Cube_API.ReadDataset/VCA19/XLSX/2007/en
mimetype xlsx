--- v0 (2025-11-09)
+++ v1 (2026-01-03)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra150f73419c04de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e827232538534c4783c202934dc5bcf9.psmdcp" Id="R8eb0463008924495" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R772cedaaf2f74952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2175d0cdbf614e06a323d52c0a8f9354.psmdcp" Id="Raee54452ab2d46bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>VCA19</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Productivity Indicators</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/24/2022 11:00:00 AM</x:t>
+    <x:t>24/05/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VCA19/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>VCA</x:t>
   </x:si>
   <x:si>
     <x:t>Value Chain Analysis</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Peter Culhane</x:t>
   </x:si>
@@ -318,50 +318,53 @@
     <x:t>S</x:t>
   </x:si>
   <x:si>
     <x:t>Other service activities (S)</x:t>
   </x:si>
   <x:si>
     <x:t>T</x:t>
   </x:si>
   <x:si>
     <x:t>Activities of households as employers; undifferentiated goods and services producing activities of households for own use (T)</x:t>
   </x:si>
   <x:si>
     <x:t>VCA19C02</x:t>
   </x:si>
   <x:si>
     <x:t>Labour Share</x:t>
   </x:si>
   <x:si>
     <x:t>%</x:t>
   </x:si>
   <x:si>
     <x:t>VCA19C03</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Intensity</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>VCA19C04</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Services</x:t>
   </x:si>
   <x:si>
     <x:t>Euro Million</x:t>
   </x:si>
   <x:si>
     <x:t>VCA19C05</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Workers</x:t>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
@@ -517,347 +520,154 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...295 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistics" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03430V04137" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField name="Industry Sector" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="22">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H111" totalsRowShown="0">
   <x:autoFilter ref="A1:H111"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistics"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03430V04137"/>
     <x:tableColumn id="6" name="Industry Sector"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1126,51 +936,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/VCA19/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1357,51 +1167,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H111"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="18.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="112.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="15.710625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="9.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -2621,50 +2431,53 @@
         <x:v>30475.5</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H48" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H49" s="0">
         <x:v>203852.2</x:v>
@@ -2956,50 +2769,53 @@
         <x:v>46205.5</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H62" s="0">
         <x:v>13350.5</x:v>
@@ -3115,1199 +2931,1205 @@
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H68" s="0">
         <x:v>766.8</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H69" s="0">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H70" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>2012.5</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>1165.9</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H73" s="0">
         <x:v>2968.6</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>11811.7</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>2819.1</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>973.2</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>22532.4</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>2306.3</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H79" s="0">
         <x:v>17852.4</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>7513.2</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>19183.1</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>6031.4</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H83" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>1853.6</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H85" s="0">
         <x:v>1384.2</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>2153.5</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>1277.9</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>103.2</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H89" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>102861</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H91" s="0">
         <x:v>6827</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>227011</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>9873</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>8117</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>157411</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>338390</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>103009</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>199036</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H99" s="0">
         <x:v>22280</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H100" s="0">
         <x:v>10628</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H101" s="0">
         <x:v>57858</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H102" s="0">
         <x:v>92673</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H103" s="0">
         <x:v>13103</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H104" s="0">
         <x:v>130535</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H105" s="0">
         <x:v>122855</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H106" s="0">
         <x:v>138839</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>178600</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H108" s="0">
         <x:v>265131</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H109" s="0">
         <x:v>41283</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H110" s="0">
         <x:v>42341</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H111" s="0">
         <x:v>7190</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -4324,51 +4146,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H111" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="5">
         <x:s v="VCA19C01"/>
         <x:s v="VCA19C02"/>
         <x:s v="VCA19C03"/>
         <x:s v="VCA19C04"/>
         <x:s v="VCA19C05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistics">
       <x:sharedItems count="5">
         <x:s v="Labour Productivity"/>
         <x:s v="Labour Share"/>
         <x:s v="Capital Intensity"/>
         <x:s v="Capital Services"/>
         <x:s v="Number of Workers"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="1">
         <x:s v="2019"/>
       </x:sharedItems>
     </x:cacheField>
@@ -4529,27 +4351,1128 @@
         <x:n v="8117"/>
         <x:n v="157411"/>
         <x:n v="338390"/>
         <x:n v="103009"/>
         <x:n v="199036"/>
         <x:n v="22280"/>
         <x:n v="10628"/>
         <x:n v="57858"/>
         <x:n v="92673"/>
         <x:n v="13103"/>
         <x:n v="130535"/>
         <x:n v="122855"/>
         <x:n v="138839"/>
         <x:n v="178600"/>
         <x:n v="265131"/>
         <x:n v="41283"/>
         <x:n v="42341"/>
         <x:n v="7190"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing (A)"/>
+    <s v="Euro per Worker"/>
+    <n v="31295.5"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying (B)"/>
+    <s v="Euro per Worker"/>
+    <n v="74658.1"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro per Worker"/>
+    <n v="502733.6"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and air conditioning supply (D)"/>
+    <s v="Euro per Worker"/>
+    <n v="304822.2"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="E"/>
+    <s v="Water Supply, Sewerage, Waste Management and remediation activities(E)"/>
+    <s v="Euro per Worker"/>
+    <n v="216487.9"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro per Worker"/>
+    <n v="53463.8"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade (G)"/>
+    <s v="Euro per Worker"/>
+    <n v="74625.1"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="H"/>
+    <s v="Transportation and Storage (H)"/>
+    <s v="Euro per Worker"/>
+    <n v="68106.6"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="I"/>
+    <s v="Accommodation &amp; Food Service Activities (I)"/>
+    <s v="Euro per Worker"/>
+    <n v="27830.2"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro per Worker"/>
+    <n v="1087910.2"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro per Worker"/>
+    <n v="303512.1"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro per Worker"/>
+    <n v="414949.4"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro per Worker"/>
+    <n v="172791.1"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro per Worker"/>
+    <n v="1545105.2"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities (M)"/>
+    <s v="Euro per Worker"/>
+    <n v="116176"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities (N)"/>
+    <s v="Euro per Worker"/>
+    <n v="194304.1"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence (O)"/>
+    <s v="Euro per Worker"/>
+    <n v="68665.3"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro per Worker"/>
+    <n v="55639.3"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities (Q)"/>
+    <s v="Euro per Worker"/>
+    <n v="59273.4"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation (R)"/>
+    <s v="Euro per Worker"/>
+    <n v="64839.1"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro per Worker"/>
+    <n v="39611.7"/>
+  </r>
+  <r>
+    <s v="VCA19C01"/>
+    <s v="Labour Productivity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; undifferentiated goods and services producing activities of households for own use (T)"/>
+    <s v="Euro per Worker"/>
+    <n v="20543.9"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing (A)"/>
+    <s v="%"/>
+    <n v="77.7"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying (B)"/>
+    <s v="%"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="%"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and air conditioning supply (D)"/>
+    <s v="%"/>
+    <n v="31.7"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="E"/>
+    <s v="Water Supply, Sewerage, Waste Management and remediation activities(E)"/>
+    <s v="%"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade (G)"/>
+    <s v="%"/>
+    <n v="53.7"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="H"/>
+    <s v="Transportation and Storage (H)"/>
+    <s v="%"/>
+    <n v="64.7"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="I"/>
+    <s v="Accommodation &amp; Food Service Activities (I)"/>
+    <s v="%"/>
+    <n v="81.6"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="%"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="%"/>
+    <n v="30.3"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="%"/>
+    <n v="27.5"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="%"/>
+    <n v="51.2"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="%"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities (M)"/>
+    <s v="%"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities (N)"/>
+    <s v="%"/>
+    <n v="24.8"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence (O)"/>
+    <s v="%"/>
+    <n v="80.6"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="%"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities (Q)"/>
+    <s v="%"/>
+    <n v="86.4"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation (R)"/>
+    <s v="%"/>
+    <n v="53.1"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="%"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="VCA19C02"/>
+    <s v="Labour Share"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; undifferentiated goods and services producing activities of households for own use (T)"/>
+    <s v="%"/>
+    <n v="39.1"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing (A)"/>
+    <s v="Euro per Worker"/>
+    <n v="7454.3"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying (B)"/>
+    <s v="Euro per Worker"/>
+    <n v="30475.5"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro per Worker"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and air conditioning supply (D)"/>
+    <s v="Euro per Worker"/>
+    <n v="203852.2"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="E"/>
+    <s v="Water Supply, Sewerage, Waste Management and remediation activities(E)"/>
+    <s v="Euro per Worker"/>
+    <n v="143641.1"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro per Worker"/>
+    <n v="18858.6"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade (G)"/>
+    <s v="Euro per Worker"/>
+    <n v="34905.7"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="H"/>
+    <s v="Transportation and Storage (H)"/>
+    <s v="Euro per Worker"/>
+    <n v="27367.5"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="I"/>
+    <s v="Accommodation &amp; Food Service Activities (I)"/>
+    <s v="Euro per Worker"/>
+    <n v="4889.6"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro per Worker"/>
+    <n v="1011331.9"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro per Worker"/>
+    <n v="217007.8"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro per Worker"/>
+    <n v="308554.1"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro per Worker"/>
+    <n v="81071.9"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro per Worker"/>
+    <n v="1463993.3"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities (M)"/>
+    <s v="Euro per Worker"/>
+    <n v="46205.5"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities (N)"/>
+    <s v="Euro per Worker"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence (O)"/>
+    <s v="Euro per Worker"/>
+    <n v="13350.5"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro per Worker"/>
+    <n v="7750"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities (Q)"/>
+    <s v="Euro per Worker"/>
+    <n v="8122.4"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation (R)"/>
+    <s v="Euro per Worker"/>
+    <n v="30955.7"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro per Worker"/>
+    <n v="2437.8"/>
+  </r>
+  <r>
+    <s v="VCA19C03"/>
+    <s v="Capital Intensity"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; undifferentiated goods and services producing activities of households for own use (T)"/>
+    <s v="Euro per Worker"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing (A)"/>
+    <s v="Euro Million"/>
+    <n v="766.8"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying (B)"/>
+    <s v="Euro Million"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and air conditioning supply (D)"/>
+    <s v="Euro Million"/>
+    <n v="2012.5"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="E"/>
+    <s v="Water Supply, Sewerage, Waste Management and remediation activities(E)"/>
+    <s v="Euro Million"/>
+    <n v="1165.9"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Euro Million"/>
+    <n v="2968.6"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade (G)"/>
+    <s v="Euro Million"/>
+    <n v="11811.7"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="H"/>
+    <s v="Transportation and Storage (H)"/>
+    <s v="Euro Million"/>
+    <n v="2819.1"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="I"/>
+    <s v="Accommodation &amp; Food Service Activities (I)"/>
+    <s v="Euro Million"/>
+    <n v="973.2"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Euro Million"/>
+    <n v="22532.4"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Euro Million"/>
+    <n v="2306.3"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Euro Million"/>
+    <n v="17852.4"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Euro Million"/>
+    <n v="7513.2"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Euro Million"/>
+    <n v="19183.1"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities (M)"/>
+    <s v="Euro Million"/>
+    <n v="6031.4"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities (N)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence (O)"/>
+    <s v="Euro Million"/>
+    <n v="1853.6"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Euro Million"/>
+    <n v="1384.2"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities (Q)"/>
+    <s v="Euro Million"/>
+    <n v="2153.5"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation (R)"/>
+    <s v="Euro Million"/>
+    <n v="1277.9"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Euro Million"/>
+    <n v="103.2"/>
+  </r>
+  <r>
+    <s v="VCA19C04"/>
+    <s v="Capital Services"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; undifferentiated goods and services producing activities of households for own use (T)"/>
+    <s v="Euro Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="A"/>
+    <s v="Agriculture, Forestry and Fishing (A)"/>
+    <s v="Number"/>
+    <n v="102861"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="B"/>
+    <s v="Mining and Quarrying (B)"/>
+    <s v="Number"/>
+    <n v="6827"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="C"/>
+    <s v="Manufacturing (C)"/>
+    <s v="Number"/>
+    <n v="227011"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="D"/>
+    <s v="Electricity, Gas, Steam and air conditioning supply (D)"/>
+    <s v="Number"/>
+    <n v="9873"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="E"/>
+    <s v="Water Supply, Sewerage, Waste Management and remediation activities(E)"/>
+    <s v="Number"/>
+    <n v="8117"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="F"/>
+    <s v="Construction (F)"/>
+    <s v="Number"/>
+    <n v="157411"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="G"/>
+    <s v="Wholesale and Retail Trade (G)"/>
+    <s v="Number"/>
+    <n v="338390"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="H"/>
+    <s v="Transportation and Storage (H)"/>
+    <s v="Number"/>
+    <n v="103009"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="I"/>
+    <s v="Accommodation &amp; Food Service Activities (I)"/>
+    <s v="Number"/>
+    <n v="199036"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V4347"/>
+    <s v="Publishing, audiovisual and broadcasting services (58 to 60)"/>
+    <s v="Number"/>
+    <n v="22280"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="61"/>
+    <s v="Telecommunications (61)"/>
+    <s v="Number"/>
+    <n v="10628"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="V4400"/>
+    <s v="Computer programming, consultancy and Information service activities (62,63)"/>
+    <s v="Number"/>
+    <n v="57858"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="K"/>
+    <s v="Financial and insurance activities (K)"/>
+    <s v="Number"/>
+    <n v="92673"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="L"/>
+    <s v="Real estate activities (L)"/>
+    <s v="Number"/>
+    <n v="13103"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="M"/>
+    <s v="Professional, Scientific and Technical Activities (M)"/>
+    <s v="Number"/>
+    <n v="130535"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="N"/>
+    <s v="Administrative and Support Service Activities (N)"/>
+    <s v="Number"/>
+    <n v="122855"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="O"/>
+    <s v="Public Administration and Defence (O)"/>
+    <s v="Number"/>
+    <n v="138839"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="P"/>
+    <s v="Education (P)"/>
+    <s v="Number"/>
+    <n v="178600"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Q"/>
+    <s v="Human Health and Social Work Activities (Q)"/>
+    <s v="Number"/>
+    <n v="265131"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="R"/>
+    <s v="Arts, Entertainment and Recreation (R)"/>
+    <s v="Number"/>
+    <n v="41283"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="S"/>
+    <s v="Other service activities (S)"/>
+    <s v="Number"/>
+    <n v="42341"/>
+  </r>
+  <r>
+    <s v="VCA19C05"/>
+    <s v="Number of Workers"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="T"/>
+    <s v="Activities of households as employers; undifferentiated goods and services producing activities of households for own use (T)"/>
+    <s v="Number"/>
+    <n v="7190"/>
+  </r>
+</pivotCacheRecords>
 </file>