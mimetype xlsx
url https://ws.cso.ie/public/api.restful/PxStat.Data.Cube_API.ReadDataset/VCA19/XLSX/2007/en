--- v1 (2026-01-03)
+++ v2 (2026-02-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R772cedaaf2f74952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2175d0cdbf614e06a323d52c0a8f9354.psmdcp" Id="Raee54452ab2d46bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra02592ddc01749f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a07474a9fe443e9ba225ee60ff45792.psmdcp" Id="R0471853b62514f51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>