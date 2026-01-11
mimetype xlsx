--- v0 (2025-10-27)
+++ v1 (2026-01-11)
@@ -1,133 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae89b575462d4691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6892cd2174b440b6a28ad858b8de9dd3.psmdcp" Id="R79c1609f5dd3434d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2f6ad820c44967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d5640874aa7c49f4a7f32165129d0bbf.psmdcp" Id="R8646b43a047e49b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>URA44</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population aged 15 years and over at Work, Usually Resident and Present in the State</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/15/2020 11:00:00 AM</x:t>
+    <x:t>15/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/URA44/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>URLI</x:t>
   </x:si>
   <x:si>
     <x:t>Urban and Rural Life in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Declan Smyth</x:t>
+    <x:t>Dylan Morrissey</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>sscu@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4228</x:t>
+    <x:t>(+353) 1 498 4283</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -490,387 +490,176 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...335 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="12">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02708V03276" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Social Class" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02734V03302" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Means of Travel" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03583V04323" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Urban or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="10">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+    <field x="8"/>
+    <field x="9"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="11"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:L673" totalsRowShown="0">
   <x:autoFilter ref="A1:L673"/>
   <x:tableColumns count="12">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02708V03276"/>
     <x:tableColumn id="4" name="Social Class"/>
     <x:tableColumn id="5" name="C02734V03302"/>
     <x:tableColumn id="6" name="Means of Travel"/>
     <x:tableColumn id="7" name="C03583V04323"/>
     <x:tableColumn id="8" name="Type of Urban or Rural Area"/>
     <x:tableColumn id="9" name="TLIST(A1)"/>
     <x:tableColumn id="10" name="Year"/>
     <x:tableColumn id="11" name="UNIT"/>
     <x:tableColumn id="12" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1143,51 +932,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/URA44/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1374,51 +1163,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:L673"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="77.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="27.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="39.139196" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="6.996339" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="8.282054" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12">
       <x:c r="A1" s="0" t="s">
@@ -26984,51 +26773,51 @@
       <x:c r="I673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L673" s="0">
         <x:v>8268</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -27045,51 +26834,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:L673" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="URA44"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02708V03276">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Social Class">
@@ -27790,27 +27579,9436 @@
         <x:n v="312"/>
         <x:n v="671"/>
         <x:n v="678"/>
         <x:n v="423"/>
         <x:n v="62944"/>
         <x:n v="34068"/>
         <x:n v="5595"/>
         <x:n v="10827"/>
         <x:n v="5085"/>
         <x:n v="3885"/>
         <x:n v="3484"/>
         <x:n v="119989"/>
         <x:n v="54399"/>
         <x:n v="12496"/>
         <x:n v="21691"/>
         <x:n v="12771"/>
         <x:n v="10364"/>
         <x:n v="8268"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="175080"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="92593"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17859"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40395"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8246"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7791"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8196"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56837"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44739"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3287"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5341"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1669"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="796"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="111436"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="81151"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16609"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6024"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4272"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2036"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63133"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41201"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14640"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3024"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3204"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="778"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7990"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4617"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1179"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1152631"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="331974"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="166331"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179486"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="223912"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156728"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94200"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77335"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23770"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10424"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18936"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10429"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8191"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5585"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126029"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21532"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13024"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16777"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30335"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26226"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18135"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11593"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1012"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3605"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3070"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1855"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94955"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16278"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7273"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7676"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25473"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23071"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15184"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93709"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42002"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8407"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14928"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10551"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9338"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8483"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1970728"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="701078"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="259863"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="294280"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="322564"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="238629"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="-"/>
+    <s v="All social classes"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154314"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14702"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11047"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1393"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8858"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8078"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9879"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7582"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11070"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7409"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2321"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="106687"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40478"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14621"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13380"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21470"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11020"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5718"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2784"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4141"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="666"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12521"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2563"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1013"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3414"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2879"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1661"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2240"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="354"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="174329"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80697"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21346"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18191"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28794"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16335"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="01"/>
+    <s v="Professional workers"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8966"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43840"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28003"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3174"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6593"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2307"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1754"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19395"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16987"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="908"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31953"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23847"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4907"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1140"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27413"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17461"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6689"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2647"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1690"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="415739"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128287"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63428"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57728"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84246"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52845"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29205"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14142"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5837"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1863"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1116"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17594"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3156"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1966"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2463"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4278"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3433"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2298"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="523"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="431"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="272"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38186"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8367"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3559"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3297"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9416"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8095"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5452"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7917"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="815"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1255"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="620658"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="236179"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87935"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77625"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="107396"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70222"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="02"/>
+    <s v="Managerial and technical"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41301"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45184"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23315"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5415"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11402"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1675"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1602"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9642"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7572"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31823"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23080"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5197"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1594"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15397"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9828"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3786"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="791"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="258883"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68714"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37052"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40534"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51858"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38324"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22401"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19223"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6340"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4074"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3016"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2154"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1204"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8567"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1978"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21995"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2828"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1353"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1474"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6215"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6127"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3998"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7773"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1784"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1338"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="420640"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="145516"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57468"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="63137"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="68946"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="52795"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="03"/>
+    <s v="Non-manual"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32778"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21439"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8551"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2537"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6289"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1315"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1288"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6072"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12615"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8306"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1847"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3380"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2286"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1395"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158769"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43172"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23121"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27206"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28180"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22359"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14731"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12940"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1731"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3599"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1707"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="65463"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12092"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7155"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8571"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15808"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13228"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8609"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5852"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1930"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11049"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1105"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3076"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2658"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1921"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5887"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="304861"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85790"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39612"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50491"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54158"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44566"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="04"/>
+    <s v="Skilled manual"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30244"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30680"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13005"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3913"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9285"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8273"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5327"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1360"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14116"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10325"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2035"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="212"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3343"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2447"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="623"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="137"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1128"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="150567"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35050"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20227"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28405"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27816"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23038"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="16031"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17884"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4340"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2544"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5201"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2225"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1958"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19512"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2748"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2473"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4779"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4333"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="414"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7710"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2408"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1628"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5412"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="868"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1110"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260149"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75635"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32840"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49388"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40827"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="35083"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="05"/>
+    <s v="Semi-skilled"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26376"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10738"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4629"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1268"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3115"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="595"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2564"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1508"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="463"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5613"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4496"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="315"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33995"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8336"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4194"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6722"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5801"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5421"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6175"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="832"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1790"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="747"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="518"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6876"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="892"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="911"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1587"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1174"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="701"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="70102"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22862"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8166"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13757"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9672"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9264"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="06"/>
+    <s v="Unskilled"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6381"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8497"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4043"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2318"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="01"/>
+    <s v="On foot"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="432"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1343"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="02"/>
+    <s v="Bicycle"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5437"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3515"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="235"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="03"/>
+    <s v="Bus, minibus or coach"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1605"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="04"/>
+    <s v="Train, DART or LUAS"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="05"/>
+    <s v="Motorcycle or scooter"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27991"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7937"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3688"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5511"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4541"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3721"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="06"/>
+    <s v="Motor car: Driver"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2593"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4187"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="501"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="546"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="07"/>
+    <s v="Motor car: Passenger"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3876"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="11"/>
+    <s v="Van"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="611"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="389"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="12"/>
+    <s v="Other, incl. lorry"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2793"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="488"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="671"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="10"/>
+    <s v="Work mainly at or from home"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62944"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34068"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5595"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10827"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5085"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3885"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="98"/>
+    <s v="Not stated"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3484"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="119989"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="54399"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12496"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21691"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12771"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10364"/>
+  </r>
+  <r>
+    <s v="URA44"/>
+    <s v="Population aged 15 years and over at Work, Usually Resident and Present in the State"/>
+    <s v="07"/>
+    <s v="All other gainfully occupied and unknown"/>
+    <s v="-"/>
+    <s v="All means of travel"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8268"/>
+  </r>
+</pivotCacheRecords>
 </file>