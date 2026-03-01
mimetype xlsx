--- v1 (2026-01-11)
+++ v2 (2026-03-01)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2f6ad820c44967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d5640874aa7c49f4a7f32165129d0bbf.psmdcp" Id="R8646b43a047e49b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R916fd5d8896349a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/afdb0a934e4e47c383e1cfa59ee24369.psmdcp" Id="R33a79ea72c6b42c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>