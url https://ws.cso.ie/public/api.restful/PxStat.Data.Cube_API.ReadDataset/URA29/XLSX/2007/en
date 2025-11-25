--- v0 (2025-10-07)
+++ v1 (2025-11-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7d2e0214b464f9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/57bd7f549ace476687212eff5ac0ab63.psmdcp" Id="R1ecbdc01ff7c47d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9f04fcc9484c49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b262cda848c34510b71f6fef901df10e.psmdcp" Id="R7aa10f9ae4b04b8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>URA29</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Residential Property Purchases</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/10/2020 11:00:00 AM</x:t>
+    <x:t>10/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/URA29/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>URLI</x:t>
   </x:si>
   <x:si>
     <x:t>Urban and Rural Life in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Declan Smyth</x:t>
   </x:si>
@@ -448,307 +448,150 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C03346V04033" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Dwelling Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03583V04323" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Urban or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J379" totalsRowShown="0">
   <x:autoFilter ref="A1:J379"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C03346V04033"/>
     <x:tableColumn id="2" name="Dwelling Status"/>
     <x:tableColumn id="3" name="C03583V04323"/>
     <x:tableColumn id="4" name="Type of Urban or Rural Area"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1019,51 +862,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/URA29/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1250,51 +1093,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J379"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="15.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.567768" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -13412,51 +13255,51 @@
       <x:c r="G379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J379" s="0">
         <x:v>3142</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -13473,51 +13316,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J379" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C03346V04033">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Dwelling Status">
       <x:sharedItems count="3">
         <x:s v="All Dwelling Statuses"/>
         <x:s v="New"/>
         <x:s v="Existing"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03583V04323">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="10"/>
         <x:s v="20"/>
         <x:s v="30"/>
         <x:s v="40"/>
         <x:s v="50"/>
         <x:s v="60"/>
@@ -13941,27 +13784,4564 @@
         <x:n v="150.1"/>
         <x:n v="897"/>
         <x:n v="143"/>
         <x:n v="1003"/>
         <x:n v="176.6"/>
         <x:n v="1403"/>
         <x:n v="186.3"/>
         <x:n v="1673"/>
         <x:n v="262.8"/>
         <x:n v="2331"/>
         <x:n v="322.6"/>
         <x:n v="2774"/>
         <x:n v="349.5"/>
         <x:n v="2861"/>
         <x:n v="394.6"/>
         <x:n v="3080"/>
         <x:n v="448.4"/>
         <x:n v="3142"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="4599.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="17933"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="3403.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="15026"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="4224.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="20754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="5078.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="24578"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="7601.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="35257"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="8932.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="39385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="9928"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="39774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="11824.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="43184"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="12916.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="44304"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="2260.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="7041"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1773.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="6063"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="2302.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="8549"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="2839.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="9886"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="4123.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="13243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="4638.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="14310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="5346.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="14998"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="6332.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="16534"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="6756.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="16629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="831.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3168"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="527.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2296"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="660.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3194"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="816.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3975"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1335.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="6010"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1637.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="6693"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1734.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="6604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="2173.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="7571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="2473.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="8027"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="573.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3243"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="369.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2582"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="428.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3612"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="467.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="4251"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="6993"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="980.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="8072"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1065.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="7934"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1234.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="8095"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="8373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="468.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1882"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="345.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="419.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="510.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2619"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="740.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3707"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="899.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="4161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="942.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="4023"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1134.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="4467"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="4521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="245.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1354"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="210.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="205.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="232.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="326.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="416.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3045"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="448.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3038"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="518.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3196"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="574.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3399"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="219.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="207.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="211.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1935"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="301.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="360.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3104"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="390.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3177"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="430.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3321"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="478.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Dwelling Statuses"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3355"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1156.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="4820"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="497.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2351"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="514.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="562.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2944"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="944.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="4402"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1225.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="4563"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1730.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="5465"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="2522.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="7312"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="3208.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="8522"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="343.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1244"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="579"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="176.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="206.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="366.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="470.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1103"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="843.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1976"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1269.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2971"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1642.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3549"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="287.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1108"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="109.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="127.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="567"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="157.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="266.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1085"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="408.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="461.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="729.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="946.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="212.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="86.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="82.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="70.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="117.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="127.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="158.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="209.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="989"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="268.1"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="156.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="603"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="306"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="70.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="365"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="112.3"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="534"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="143.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="584"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="189.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="646"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="225.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="731"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="770"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="427"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="36.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="37.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="36.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="52.5"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="69.8"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="30.6"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="25.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="262"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="38.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="37.4"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="36.2"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="29.9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="New"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="3443.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="13113"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="2905.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="12675"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="3710.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="18088"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="4515.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="21634"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="6656.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="30855"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="7707"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="34822"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="8197.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="34309"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="9301.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="35872"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="9708.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="35782"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1916.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="5797"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1624.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="5484"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="2125.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="7855"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="2633.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="9165"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="3757.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="12168"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="4168.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="13207"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="4503.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="13022"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="5062.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="13563"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="5113.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="13080"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="544.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2060"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="417.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1832"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="533.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="658.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3241"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1068.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="4925"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1229"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="5335"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1273.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="5185"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1444.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="5470"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="5404"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="361.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2153"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="283.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3018"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="397.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="656.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="6049"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="853"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="906.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="7070"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1024.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="7106"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="1151.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="7264"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="311.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1279"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="275.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1280"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="358.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="440.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2254"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="628.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3173"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="755.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3577"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="752.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3377"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="909.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3736"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3751"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="158.9"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="162.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1036"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="169.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1323"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="199.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="283.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2209"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="378.7"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="411.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="466.2"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2917"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="523.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3141"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="150.1"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="176.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="186.3"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="1673"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="262.8"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="322.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2774"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="349.5"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="2861"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="394.6"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C01"/>
+    <s v="Sum of Value"/>
+    <s v="Euro Million"/>
+    <n v="448.4"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="Existing"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="URA29C02"/>
+    <s v="Sum of Volume"/>
+    <s v="Number"/>
+    <n v="3142"/>
+  </r>
+</pivotCacheRecords>
 </file>