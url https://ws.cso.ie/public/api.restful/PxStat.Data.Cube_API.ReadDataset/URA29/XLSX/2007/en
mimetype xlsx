--- v1 (2025-11-25)
+++ v2 (2026-02-02)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9f04fcc9484c49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b262cda848c34510b71f6fef901df10e.psmdcp" Id="R7aa10f9ae4b04b8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64044d56f4904341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3642fde1baf44c5ba6e9644847a0246c.psmdcp" Id="Rfa7062b4e78f4f0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
@@ -71,63 +71,63 @@
   <x:si>
     <x:t>10/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/URA29/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>URLI</x:t>
   </x:si>
   <x:si>
     <x:t>Urban and Rural Life in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Declan Smyth</x:t>
+    <x:t>Dylan Morrissey</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>sscu@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4228</x:t>
+    <x:t>(+353) 1 498 4283</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>