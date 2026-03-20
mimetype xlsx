--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64044d56f4904341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3642fde1baf44c5ba6e9644847a0246c.psmdcp" Id="Rfa7062b4e78f4f0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad32f80f2d04ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2db6f63785d14e4684bbc4f71f7b3c97.psmdcp" Id="Rbaaecbd1cdaf464e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>