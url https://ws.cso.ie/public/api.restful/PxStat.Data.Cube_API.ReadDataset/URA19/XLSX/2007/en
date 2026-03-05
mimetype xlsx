--- v0 (2025-10-10)
+++ v1 (2026-03-05)
@@ -1,133 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865bc370c5f647df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3808edf97e204c90bc34c83dbed88b38.psmdcp" Id="R01baa35874c743fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc412d31e599b4717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98a35130cc2d44869779e96e0edd68b6.psmdcp" Id="R8b30d22ad3544c69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>URA19</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Persons age 15 years and over in Employment</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/10/2020 11:00:00 AM</x:t>
+    <x:t>10/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/URA19/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>URLI</x:t>
   </x:si>
   <x:si>
     <x:t>Urban and Rural Life in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Declan Smyth</x:t>
+    <x:t>Dylan Morrissey</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>sscu@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4228</x:t>
+    <x:t>(+353) 1 498 4283</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -261,50 +261,53 @@
     <x:t>Rural areas with moderate urban influence</x:t>
   </x:si>
   <x:si>
     <x:t>60</x:t>
   </x:si>
   <x:si>
     <x:t>Highly rural/remote areas</x:t>
   </x:si>
   <x:si>
     <x:t>01</x:t>
   </x:si>
   <x:si>
     <x:t>In labour force</x:t>
   </x:si>
   <x:si>
     <x:t>02</x:t>
   </x:si>
   <x:si>
     <x:t>In employment</x:t>
   </x:si>
   <x:si>
     <x:t>07</x:t>
   </x:si>
   <x:si>
     <x:t>Unemployed</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>Not in labour force</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
@@ -445,283 +448,144 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...231 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01999V02434" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="ILO Economic Status" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03583V04323" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Urban or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J176" totalsRowShown="0">
   <x:autoFilter ref="A1:J176"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C01999V02434"/>
     <x:tableColumn id="4" name="ILO Economic Status"/>
     <x:tableColumn id="5" name="C03583V04323"/>
     <x:tableColumn id="6" name="Type of Urban or Rural Area"/>
     <x:tableColumn id="7" name="TLIST(Q1)"/>
     <x:tableColumn id="8" name="Quarter"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -992,51 +856,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/URA19/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1223,51 +1087,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J176"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="42.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="21.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5721,1216 +5585,1219 @@
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H140" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I140" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="J140" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
     </x:row>
     <x:row r="141" spans="1:10">
       <x:c r="A141" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J141" s="0">
         <x:v>7600</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:10">
       <x:c r="A142" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J142" s="0">
         <x:v>1470300</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:10">
       <x:c r="A143" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J143" s="0">
         <x:v>1448900</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:10">
       <x:c r="A144" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H144" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J144" s="0">
         <x:v>1443200</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:10">
       <x:c r="A145" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J145" s="0">
         <x:v>1467000</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:10">
       <x:c r="A146" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H146" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J146" s="0">
         <x:v>1480200</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:10">
       <x:c r="A147" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J147" s="0">
         <x:v>490500</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:10">
       <x:c r="A148" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I148" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J148" s="0">
         <x:v>489100</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:10">
       <x:c r="A149" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J149" s="0">
         <x:v>472200</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:10">
       <x:c r="A150" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H150" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J150" s="0">
         <x:v>492700</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:10">
       <x:c r="A151" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J151" s="0">
         <x:v>495900</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:10">
       <x:c r="A152" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I152" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J152" s="0">
         <x:v>185300</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:10">
       <x:c r="A153" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J153" s="0">
         <x:v>186800</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:10">
       <x:c r="A154" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H154" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I154" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J154" s="0">
         <x:v>192700</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:10">
       <x:c r="A155" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J155" s="0">
         <x:v>197800</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:10">
       <x:c r="A156" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H156" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J156" s="0">
         <x:v>190300</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:10">
       <x:c r="A157" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J157" s="0">
         <x:v>251000</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:10">
       <x:c r="A158" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H158" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J158" s="0">
         <x:v>254500</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:10">
       <x:c r="A159" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J159" s="0">
         <x:v>262300</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:10">
       <x:c r="A160" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H160" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I160" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J160" s="0">
         <x:v>259900</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:10">
       <x:c r="A161" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J161" s="0">
         <x:v>264600</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:10">
       <x:c r="A162" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J162" s="0">
         <x:v>224800</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:10">
       <x:c r="A163" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J163" s="0">
         <x:v>211300</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:10">
       <x:c r="A164" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H164" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J164" s="0">
         <x:v>207100</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:10">
       <x:c r="A165" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J165" s="0">
         <x:v>200400</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:10">
       <x:c r="A166" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H166" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J166" s="0">
         <x:v>214800</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:10">
       <x:c r="A167" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J167" s="0">
         <x:v>185400</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:10">
       <x:c r="A168" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H168" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J168" s="0">
         <x:v>172400</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:10">
       <x:c r="A169" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J169" s="0">
         <x:v>171200</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:10">
       <x:c r="A170" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H170" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J170" s="0">
         <x:v>183600</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:10">
       <x:c r="A171" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J171" s="0">
         <x:v>181000</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:10">
       <x:c r="A172" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I172" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J172" s="0">
         <x:v>132500</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:10">
       <x:c r="A173" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J173" s="0">
         <x:v>134700</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:10">
       <x:c r="A174" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H174" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J174" s="0">
         <x:v>136500</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:10">
       <x:c r="A175" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J175" s="0">
         <x:v>132400</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:10">
       <x:c r="A176" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H176" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I176" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J176" s="0">
         <x:v>133300</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -6947,51 +6814,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J176" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="URA19"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Persons age 15 years and over in Employment"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C01999V02434">
       <x:sharedItems count="5">
         <x:s v="-"/>
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="07"/>
         <x:s v="10"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="ILO Economic Status">
       <x:sharedItems count="5">
         <x:s v="All ILO economic status"/>
         <x:s v="In labour force"/>
@@ -7206,27 +7073,2128 @@
         <x:n v="262300"/>
         <x:n v="259900"/>
         <x:n v="264600"/>
         <x:n v="224800"/>
         <x:n v="211300"/>
         <x:n v="207100"/>
         <x:n v="200400"/>
         <x:n v="214800"/>
         <x:n v="185400"/>
         <x:n v="172400"/>
         <x:n v="171200"/>
         <x:n v="183600"/>
         <x:n v="181000"/>
         <x:n v="132500"/>
         <x:n v="134700"/>
         <x:n v="136500"/>
         <x:n v="132400"/>
         <x:n v="133300"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="3823900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="3848300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="3860200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="3877200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="3896500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="1368300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="1385200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="1371000"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="1388500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="1389100"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="509900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="523000"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="536900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="546800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="542000"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="616900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="624300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="622500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="627900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="623700"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="588900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="579800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="585700"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="569600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="596600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="447000"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="442800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="433600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="448500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="448600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="291400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="292300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="308700"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="295300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="-"/>
+    <s v="All ILO economic status"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="295400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="2353700"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="2399300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="2417000"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="2410100"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="2416300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="877800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="896100"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="898800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="895900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="893200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="324600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="336200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="344200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="349000"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="351700"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="365800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="369900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="360300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="368000"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="359100"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="364100"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="368500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="378600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="369200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="381800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="261600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="270400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="262400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="264800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="267600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="158900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="157700"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="172100"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="162900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="01"/>
+    <s v="In labour force"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="162100"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="2220700"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="2255000"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="2273200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="2281300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="2301900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="830300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="846700"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="851600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="851000"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="855900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="305400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="314200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="322300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="327800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="331300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="335400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="334700"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="328500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="337900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="336300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="349200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="354900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="359200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="355500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="366700"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="250300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="257900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="248500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="253000"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="256400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="149200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="146300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="162600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="155800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="02"/>
+    <s v="In employment"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="154500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="132900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="144300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="143800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="128800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="114400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="47500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="49400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="47200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="44800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="37300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="19100"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="22000"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="21900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="21200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="20400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="30400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="35200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="31800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="30100"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="22800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="14900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="13600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="19300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="13600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="15100"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="11300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="12500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="13900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="11800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="11200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="9700"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="11400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="9600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="07"/>
+    <s v="Unemployed"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="7600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="1470300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="1448900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="1443200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="1467000"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="1480200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="490500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="489100"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="472200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="492700"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="495900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="185300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="186800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="192700"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="197800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="190300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="251000"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="254500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="262300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="259900"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="264600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="224800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="211300"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="207100"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="200400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="214800"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="185400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="172400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="171200"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="183600"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="181000"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Number"/>
+    <n v="132500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Number"/>
+    <n v="134700"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Number"/>
+    <n v="136500"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Number"/>
+    <n v="132400"/>
+  </r>
+  <r>
+    <s v="URA19"/>
+    <s v="Persons age 15 years and over in Employment"/>
+    <s v="10"/>
+    <s v="Not in labour force"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Number"/>
+    <n v="133300"/>
+  </r>
+</pivotCacheRecords>
 </file>