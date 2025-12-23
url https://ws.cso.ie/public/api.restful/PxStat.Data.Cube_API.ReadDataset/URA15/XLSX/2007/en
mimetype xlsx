--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -1,133 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re83bbd8cdbfb434e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f49f218d5ce744db8d2aaf4a3ed4ae99.psmdcp" Id="R733bbc40e4ba45ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd9032353fc448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc73f6f396454c7ea7183f61af9cec85.psmdcp" Id="Rfcb853590b2748b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>URA15</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Profile of Population at Risk of Poverty and in Consistent Poverty</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/10/2020 11:00:00 AM</x:t>
+    <x:t>10/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/URA15/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>URLI</x:t>
   </x:si>
   <x:si>
     <x:t>Urban and Rural Life in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Declan Smyth</x:t>
+    <x:t>Dylan Morrissey</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>sscu@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4228</x:t>
+    <x:t>(+353) 1 498 4283</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -406,211 +406,120 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...159 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C03583V04323" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Urban or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H22" totalsRowShown="0">
   <x:autoFilter ref="A1:H22"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C03583V04323"/>
     <x:tableColumn id="2" name="Type of Urban or Rural Area"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -879,51 +788,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/URA15/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1110,51 +1019,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="39.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="30.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="14.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -1714,51 +1623,51 @@
       <x:c r="E22" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H22" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -1775,51 +1684,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H22" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C03583V04323">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="10"/>
         <x:s v="20"/>
         <x:s v="30"/>
         <x:s v="40"/>
         <x:s v="50"/>
         <x:s v="60"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Urban or Rural Area">
       <x:sharedItems count="7">
         <x:s v="State"/>
         <x:s v="Cities"/>
         <x:s v="Satellite urban towns"/>
         <x:s v="Independent urban towns"/>
         <x:s v="Rural areas with high urban influence"/>
         <x:s v="Rural areas with moderate urban influence"/>
         <x:s v="Highly rural/remote areas"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
@@ -1857,27 +1766,238 @@
         <x:n v="35.6"/>
         <x:n v="29.2"/>
         <x:n v="32.9"/>
         <x:n v="13.9"/>
         <x:n v="13.7"/>
         <x:n v="15"/>
         <x:n v="16.7"/>
         <x:n v="18.8"/>
         <x:n v="23.3"/>
         <x:n v="16.8"/>
         <x:n v="18.9"/>
         <x:n v="12.9"/>
         <x:n v="9.6"/>
         <x:n v="10.4"/>
         <x:n v="8.1"/>
         <x:n v="7.3"/>
         <x:n v="9.1"/>
         <x:n v="7.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
-</file>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C01"/>
+    <s v="Population"/>
+    <s v="% of Individuals"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C02"/>
+    <s v="Population at risk of poverty"/>
+    <s v="% of Individuals"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C03"/>
+    <s v="Population in consistent poverty"/>
+    <s v="% of Individuals"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C01"/>
+    <s v="Population"/>
+    <s v="% of Individuals"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C02"/>
+    <s v="Population at risk of poverty"/>
+    <s v="% of Individuals"/>
+    <n v="29.2"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C03"/>
+    <s v="Population in consistent poverty"/>
+    <s v="% of Individuals"/>
+    <n v="32.9"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C01"/>
+    <s v="Population"/>
+    <s v="% of Individuals"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C02"/>
+    <s v="Population at risk of poverty"/>
+    <s v="% of Individuals"/>
+    <n v="13.7"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C03"/>
+    <s v="Population in consistent poverty"/>
+    <s v="% of Individuals"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C01"/>
+    <s v="Population"/>
+    <s v="% of Individuals"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C02"/>
+    <s v="Population at risk of poverty"/>
+    <s v="% of Individuals"/>
+    <n v="18.8"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C03"/>
+    <s v="Population in consistent poverty"/>
+    <s v="% of Individuals"/>
+    <n v="23.3"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C01"/>
+    <s v="Population"/>
+    <s v="% of Individuals"/>
+    <n v="16.8"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C02"/>
+    <s v="Population at risk of poverty"/>
+    <s v="% of Individuals"/>
+    <n v="18.9"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C03"/>
+    <s v="Population in consistent poverty"/>
+    <s v="% of Individuals"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C01"/>
+    <s v="Population"/>
+    <s v="% of Individuals"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C02"/>
+    <s v="Population at risk of poverty"/>
+    <s v="% of Individuals"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C03"/>
+    <s v="Population in consistent poverty"/>
+    <s v="% of Individuals"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C01"/>
+    <s v="Population"/>
+    <s v="% of Individuals"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C02"/>
+    <s v="Population at risk of poverty"/>
+    <s v="% of Individuals"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="URA15C03"/>
+    <s v="Population in consistent poverty"/>
+    <s v="% of Individuals"/>
+    <n v="7.7"/>
+  </r>
+</pivotCacheRecords>
+</file>