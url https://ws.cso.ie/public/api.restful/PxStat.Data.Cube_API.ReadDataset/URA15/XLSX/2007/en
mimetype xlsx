--- v1 (2025-12-23)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fd9032353fc448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc73f6f396454c7ea7183f61af9cec85.psmdcp" Id="Rfcb853590b2748b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb6cc963f255462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe6cbc1cd4284802ad80755bf4ba3ad1.psmdcp" Id="R5e6b9b2666804ce4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>