--- v0 (2025-10-26)
+++ v1 (2026-02-02)
@@ -1,133 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b55443ca96e493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/621b3354e6c2452ea809f23b16ebc648.psmdcp" Id="R7c8b9014235c4687" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d94876f6ef44f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/286625f0941346c1b98436964c782cb2.psmdcp" Id="Rf72fab435b39444e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>URA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Population Distribution</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/4/2020 11:00:00 AM</x:t>
+    <x:t>04/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/URA01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>URLI</x:t>
   </x:si>
   <x:si>
     <x:t>Urban and Rural Life in Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Declan Smyth</x:t>
+    <x:t>Dylan Morrissey</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>sscu@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4228</x:t>
+    <x:t>(+353) 1 498 4283</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -586,475 +586,192 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...423 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03367V04052" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="County and City" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="32">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03583V04323" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Urban or Rural Area" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J449" totalsRowShown="0">
   <x:autoFilter ref="A1:J449"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C03367V04052"/>
     <x:tableColumn id="4" name="County and City"/>
     <x:tableColumn id="5" name="C03583V04323"/>
     <x:tableColumn id="6" name="Type of Urban or Rural Area"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="Year"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1325,51 +1042,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/URA01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1556,51 +1273,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J449"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="21.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="6.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15958,51 +15675,51 @@
       <x:c r="G449" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I449" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J449" s="0">
         <x:v>12610</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16019,51 +15736,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J449" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="URA01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Population Distribution"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03367V04052">
       <x:sharedItems count="32">
         <x:s v="IE"/>
         <x:s v="CW"/>
         <x:s v="DC"/>
         <x:s v="DR"/>
         <x:s v="FL"/>
         <x:s v="SD"/>
         <x:s v="KE"/>
         <x:s v="KK"/>
         <x:s v="LS"/>
         <x:s v="LD"/>
         <x:s v="LH"/>
@@ -16484,27 +16201,5404 @@
         <x:n v="43622"/>
         <x:n v="43122"/>
         <x:n v="17964"/>
         <x:n v="14544"/>
         <x:n v="30511"/>
         <x:n v="34202"/>
         <x:n v="66695"/>
         <x:n v="64807"/>
         <x:n v="60404"/>
         <x:n v="61185"/>
         <x:n v="18073"/>
         <x:n v="18292"/>
         <x:n v="4059"/>
         <x:n v="4039"/>
         <x:n v="25471"/>
         <x:n v="26244"/>
         <x:n v="12801"/>
         <x:n v="12610"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4525281"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4689921"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="1488409"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1567945"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="581284"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="597355"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="730327"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="770329"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="732636"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="754794"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="577748"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="587041"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="414877"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="IE"/>
+    <s v="State"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="412457"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="54325"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56555"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26270"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="27791"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11510"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="11001"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13131"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14834"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3414"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CW"/>
+    <s v="Carlow"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507771"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="535806"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="507771"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="535806"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DC"/>
+    <s v="Dublin City"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201816"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="212983"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="196308"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="207086"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3311"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3220"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2197"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2677"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DR"/>
+    <s v="Dún Laoghaire-Rathdown"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="271481"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="292881"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="129612"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="142779"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="121837"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="130085"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19831"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19794"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="FL"/>
+    <s v="Fingal"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="263677"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="276363"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="250490"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="260529"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8473"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10695"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4714"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4986"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SD"/>
+    <s v="South Dublin"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="208783"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="220693"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="118822"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="123979"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22181"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25805"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60917"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62524"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6302"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7785"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KE"/>
+    <s v="Kildare"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="94897"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="97916"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4882"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5230"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30066"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31945"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="27066"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28870"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25607"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25468"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7276"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KK"/>
+    <s v="Kilkenny"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6403"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="80535"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84390"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6028"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="32327"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40823"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21521"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20442"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16182"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17304"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4477"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LS"/>
+    <s v="Laois"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="5821"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39171"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40869"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13107"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14051"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="921"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16047"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15435"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9096"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LD"/>
+    <s v="Longford"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9898"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="122431"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="127711"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79407"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="85446"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25769"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25910"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14971"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13553"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2284"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LH"/>
+    <s v="Louth"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="183975"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="194302"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="91535"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="94872"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14646"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19802"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58525"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61729"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16061"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14505"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3208"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MH"/>
+    <s v="Meath"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3394"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76431"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77750"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31474"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33601"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18185"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18928"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="19144"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19203"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5535"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="OY"/>
+    <s v="Offaly"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6018"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="85474"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="88053"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2923"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="38601"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="40221"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18023"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="21780"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21239"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18824"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4767"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WH"/>
+    <s v="Westmeath"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4305"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="144771"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="148531"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2797"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="52493"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="57494"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22839"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25544"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45386"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="45922"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21256"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WX"/>
+    <s v="Wexford"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19571"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="135460"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="141080"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="76360"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="77548"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12729"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14746"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31933"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="36212"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11550"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9339"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2888"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WW"/>
+    <s v="Wicklow"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3235"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115791"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="116909"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4286"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4444"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="2631"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="2747"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="39358"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38941"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24254"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="28664"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18669"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18758"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="26593"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CE"/>
+    <s v="Clare"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23355"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115230"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120814"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115230"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="120814"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CC"/>
+    <s v="Cork City"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="397569"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="414241"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="79056"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="82720"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="95178"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="101009"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30017"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="30417"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="115745"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="126709"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48243"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="44304"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="29330"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CK"/>
+    <s v="Cork County"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29082"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="141977"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="143050"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="48778"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="49314"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18382"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="15938"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37983"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="38516"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="36834"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="KY"/>
+    <s v="Kerry"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="39282"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="187994"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="192304"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="83662"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="87448"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6337"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4882"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="9602"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10265"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="58331"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="56728"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23840"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25814"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="6222"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LK"/>
+    <s v="Limerick City and County"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7167"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158767"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="159296"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4042"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4393"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="62038"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="62352"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="34242"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29963"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43717"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="48051"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="14728"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="TY"/>
+    <s v="Tipperary"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14537"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="112740"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="114681"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="45939"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47151"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="13705"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14068"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10358"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="8892"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17723"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18017"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17979"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20421"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7036"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="WD"/>
+    <s v="Waterford City and County"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6132"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70629"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73406"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="70629"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="73406"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GC"/>
+    <s v="Galway City"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="173004"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="177556"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25291"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26934"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11993"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="10866"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="81843"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="84589"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="28252"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="29551"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25081"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="GY"/>
+    <s v="Galway County"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="25084"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="31766"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="31898"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="3209"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="7240"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6258"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20665"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="LM"/>
+    <s v="Leitrim"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="22033"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="128949"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="128245"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="37740"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="37257"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="11326"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9195"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30266"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="33805"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="49617"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MO"/>
+    <s v="Mayo"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="47988"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="63777"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64226"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="16857"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17409"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="10491"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="9909"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18531"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="19649"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17898"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="RN"/>
+    <s v="Roscommon"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="17259"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="64135"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64157"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="23153"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24742"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="8346"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="7278"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="20125"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18831"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12511"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="SO"/>
+    <s v="Sligo"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="13306"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="72759"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="75395"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="22228"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="23524"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="5327"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="6943"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="21100"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="20089"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="24104"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="CN"/>
+    <s v="Cavan"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="24839"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="158792"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="156675"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="43622"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="43122"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="17964"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="14544"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="30511"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="34202"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="66695"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="DL"/>
+    <s v="Donegal"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="64807"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="60404"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="61185"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="10"/>
+    <s v="Cities"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="20"/>
+    <s v="Satellite urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="18073"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="30"/>
+    <s v="Independent urban towns"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="18292"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="4059"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="40"/>
+    <s v="Rural areas with high urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="4039"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="25471"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="50"/>
+    <s v="Rural areas with moderate urban influence"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="26244"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Number"/>
+    <n v="12801"/>
+  </r>
+  <r>
+    <s v="URA01"/>
+    <s v="Population Distribution"/>
+    <s v="MN"/>
+    <s v="Monaghan"/>
+    <s v="60"/>
+    <s v="Highly rural/remote areas"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Number"/>
+    <n v="12610"/>
+  </r>
+</pivotCacheRecords>
 </file>