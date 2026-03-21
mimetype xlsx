--- v1 (2026-02-02)
+++ v2 (2026-03-21)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d94876f6ef44f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/286625f0941346c1b98436964c782cb2.psmdcp" Id="Rf72fab435b39444e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58149f56bb68476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb240162f63a4cc7998e5693c3f4a147.psmdcp" Id="Rc24c6f94e02841f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>