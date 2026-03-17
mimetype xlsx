--- v0 (2025-12-09)
+++ v1 (2026-03-17)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd30de16f262b46a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/99ea2d673e42465298311f00142e30a5.psmdcp" Id="Raf0275ce63b54a6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fb660c88bff4bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/38e40c9996b2458ea4c5636762470162.psmdcp" Id="Re71f928d33434daa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>UA33</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Allocation of DCEDIY accommodation for Beneficiaries of Temporary Protection (BoTPs)</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Weekly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>05/12/2025 11:00:00</x:t>
+    <x:t>10/03/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>As of 09 April 2024, all emergency rest centres have been closed.&lt;br&gt;&lt;br&gt;&lt;br&gt;&lt;br&gt;The number of persons in serviced accommodation may be overestimated due to delays in feedback when persons have moved. Independent Accommodation comprises of persons accommodated by Irish Red Cross pledges and those who have availed of 'Offer a Home' scheme accommodation via local authorities. The figure for Designated Accommodation Centres refers to 90 day Designated Accommodation Centres only. The figure for Independent Accommodation does not include persons who have made their own private arrangements to avail of accommodation that attracts an Accommodation Recognition Payment. Source: Department of Justice, Home Affairs and Migration.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/UA33/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>UAK</x:t>
   </x:si>
   <x:si>
     <x:t>Ukraine Hub Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Laura Carter</x:t>
+    <x:t>Dylan Morrissey</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>sscu@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4070</x:t>
+    <x:t>(+353) 1 498 4283</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>DCDE</x:t>
   </x:si>
   <x:si>
     <x:t>Department of Children, Disability and Equality</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.gov.ie/en/organisation/department-of-children-equality-disability-integration-and-youth/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -1332,50 +1332,128 @@
     <x:t>2025 October 30</x:t>
   </x:si>
   <x:si>
     <x:t>2025M11D06</x:t>
   </x:si>
   <x:si>
     <x:t>2025 November 06</x:t>
   </x:si>
   <x:si>
     <x:t>2025M11D13</x:t>
   </x:si>
   <x:si>
     <x:t>2025 November 13</x:t>
   </x:si>
   <x:si>
     <x:t>2025M11D20</x:t>
   </x:si>
   <x:si>
     <x:t>2025 November 20</x:t>
   </x:si>
   <x:si>
     <x:t>2025M11D27</x:t>
   </x:si>
   <x:si>
     <x:t>2025 November 27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025M12D04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 December 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025M12D11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 December 11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025M12D18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 December 18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025M12D25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 December 25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026M01D01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 January 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026M01D08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 January 08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026M01D15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 January 15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026M01D22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 January 22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026M01D29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 January 29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026M02D05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 February 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026M02D12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 February 12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026M02D19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 February 19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026M02D26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 February 26</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1527,51 +1605,51 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(W1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="189">
+      <items count="202">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -1717,54 +1795,67 @@
         <item x="164"/>
         <item x="165"/>
         <item x="166"/>
         <item x="167"/>
         <item x="168"/>
         <item x="169"/>
         <item x="170"/>
         <item x="171"/>
         <item x="172"/>
         <item x="173"/>
         <item x="174"/>
         <item x="175"/>
         <item x="176"/>
         <item x="177"/>
         <item x="178"/>
         <item x="179"/>
         <item x="180"/>
         <item x="181"/>
         <item x="182"/>
         <item x="183"/>
         <item x="184"/>
         <item x="185"/>
         <item x="186"/>
         <item x="187"/>
         <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
       </items>
     </pivotField>
     <pivotField name="Week" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="189">
+      <items count="202">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -1910,94 +2001,107 @@
         <item x="164"/>
         <item x="165"/>
         <item x="166"/>
         <item x="167"/>
         <item x="168"/>
         <item x="169"/>
         <item x="170"/>
         <item x="171"/>
         <item x="172"/>
         <item x="173"/>
         <item x="174"/>
         <item x="175"/>
         <item x="176"/>
         <item x="177"/>
         <item x="178"/>
         <item x="179"/>
         <item x="180"/>
         <item x="181"/>
         <item x="182"/>
         <item x="183"/>
         <item x="184"/>
         <item x="185"/>
         <item x="186"/>
         <item x="187"/>
         <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+        <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
       </items>
     </pivotField>
     <pivotField name="C04040V04801" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="4">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
       </items>
     </pivotField>
     <pivotField name="Type of Accommodation" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="4">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H757" totalsRowShown="0">
-  <x:autoFilter ref="A1:H757"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H809" totalsRowShown="0">
+  <x:autoFilter ref="A1:H809"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(W1)"/>
     <x:tableColumn id="4" name="Week"/>
     <x:tableColumn id="5" name="C04040V04801"/>
     <x:tableColumn id="6" name="Type of Accommodation"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2498,51 +2602,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H757"/>
+  <x:dimension ref="A1:H809"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="45.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.710625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="33.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -22194,50 +22298,1402 @@
     </x:row>
     <x:row r="757" spans="1:8">
       <x:c r="A757" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C757" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="D757" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="E757" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F757" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G757" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H757" s="0">
         <x:v>1322</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="758" spans="1:8">
+      <x:c r="A758" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B758" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C758" s="0" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D758" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="E758" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F758" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G758" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H758" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="759" spans="1:8">
+      <x:c r="A759" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B759" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C759" s="0" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D759" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="E759" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F759" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G759" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H759" s="0">
+        <x:v>24378</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="760" spans="1:8">
+      <x:c r="A760" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B760" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C760" s="0" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D760" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="E760" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F760" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G760" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H760" s="0">
+        <x:v>19837</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="761" spans="1:8">
+      <x:c r="A761" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B761" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C761" s="0" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="D761" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="E761" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F761" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G761" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H761" s="0">
+        <x:v>1168</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="762" spans="1:8">
+      <x:c r="A762" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B762" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C762" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="D762" s="0" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="E762" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F762" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G762" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H762" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="763" spans="1:8">
+      <x:c r="A763" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B763" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C763" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="D763" s="0" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="E763" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F763" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G763" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H763" s="0">
+        <x:v>24393</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="764" spans="1:8">
+      <x:c r="A764" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B764" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C764" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="D764" s="0" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="E764" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F764" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G764" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H764" s="0">
+        <x:v>19832</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="765" spans="1:8">
+      <x:c r="A765" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B765" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C765" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="D765" s="0" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="E765" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F765" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G765" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H765" s="0">
+        <x:v>1006</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="766" spans="1:8">
+      <x:c r="A766" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B766" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C766" s="0" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="D766" s="0" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="E766" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F766" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G766" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H766" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="767" spans="1:8">
+      <x:c r="A767" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B767" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C767" s="0" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="D767" s="0" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="E767" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F767" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G767" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H767" s="0">
+        <x:v>24404</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="768" spans="1:8">
+      <x:c r="A768" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B768" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C768" s="0" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="D768" s="0" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="E768" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F768" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G768" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H768" s="0">
+        <x:v>19714</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="769" spans="1:8">
+      <x:c r="A769" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B769" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C769" s="0" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="D769" s="0" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="E769" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F769" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G769" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H769" s="0">
+        <x:v>837</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="770" spans="1:8">
+      <x:c r="A770" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B770" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C770" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="D770" s="0" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="E770" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F770" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G770" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H770" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="771" spans="1:8">
+      <x:c r="A771" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B771" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C771" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="D771" s="0" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="E771" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F771" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G771" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H771" s="0">
+        <x:v>24404</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="772" spans="1:8">
+      <x:c r="A772" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B772" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C772" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="D772" s="0" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="E772" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F772" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G772" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H772" s="0">
+        <x:v>19682</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="773" spans="1:8">
+      <x:c r="A773" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B773" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C773" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="D773" s="0" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="E773" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F773" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G773" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H773" s="0">
+        <x:v>768</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="774" spans="1:8">
+      <x:c r="A774" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B774" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C774" s="0" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="D774" s="0" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E774" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F774" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G774" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H774" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="775" spans="1:8">
+      <x:c r="A775" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B775" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C775" s="0" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="D775" s="0" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E775" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F775" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G775" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H775" s="0">
+        <x:v>24404</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="776" spans="1:8">
+      <x:c r="A776" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B776" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C776" s="0" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="D776" s="0" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E776" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F776" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G776" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H776" s="0">
+        <x:v>19659</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="777" spans="1:8">
+      <x:c r="A777" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B777" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C777" s="0" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="D777" s="0" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E777" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F777" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G777" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H777" s="0">
+        <x:v>642</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="778" spans="1:8">
+      <x:c r="A778" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B778" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C778" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D778" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E778" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F778" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G778" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H778" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="779" spans="1:8">
+      <x:c r="A779" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B779" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C779" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D779" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E779" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F779" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G779" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H779" s="0">
+        <x:v>24442</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="780" spans="1:8">
+      <x:c r="A780" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B780" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C780" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D780" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E780" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F780" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G780" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H780" s="0">
+        <x:v>19598</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="781" spans="1:8">
+      <x:c r="A781" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B781" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C781" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D781" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E781" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F781" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G781" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H781" s="0">
+        <x:v>494</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="782" spans="1:8">
+      <x:c r="A782" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B782" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C782" s="0" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D782" s="0" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="E782" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F782" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G782" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H782" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="783" spans="1:8">
+      <x:c r="A783" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B783" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C783" s="0" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D783" s="0" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="E783" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F783" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G783" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H783" s="0">
+        <x:v>24465</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="784" spans="1:8">
+      <x:c r="A784" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B784" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C784" s="0" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D784" s="0" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="E784" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F784" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G784" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H784" s="0">
+        <x:v>19569</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="785" spans="1:8">
+      <x:c r="A785" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B785" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C785" s="0" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D785" s="0" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="E785" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F785" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G785" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H785" s="0">
+        <x:v>363</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="786" spans="1:8">
+      <x:c r="A786" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B786" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C786" s="0" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D786" s="0" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E786" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F786" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G786" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H786" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="787" spans="1:8">
+      <x:c r="A787" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B787" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C787" s="0" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D787" s="0" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E787" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F787" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G787" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H787" s="0">
+        <x:v>24464</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="788" spans="1:8">
+      <x:c r="A788" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B788" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C788" s="0" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D788" s="0" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E788" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F788" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G788" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H788" s="0">
+        <x:v>19489</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="789" spans="1:8">
+      <x:c r="A789" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B789" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C789" s="0" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D789" s="0" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E789" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F789" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G789" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H789" s="0">
+        <x:v>207</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="790" spans="1:8">
+      <x:c r="A790" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B790" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C790" s="0" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D790" s="0" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E790" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F790" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G790" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H790" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="791" spans="1:8">
+      <x:c r="A791" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B791" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C791" s="0" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D791" s="0" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E791" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F791" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G791" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H791" s="0">
+        <x:v>24479</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="792" spans="1:8">
+      <x:c r="A792" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B792" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C792" s="0" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D792" s="0" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E792" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F792" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G792" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H792" s="0">
+        <x:v>19460</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="793" spans="1:8">
+      <x:c r="A793" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B793" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C793" s="0" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D793" s="0" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E793" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F793" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G793" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H793" s="0">
+        <x:v>178</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="794" spans="1:8">
+      <x:c r="A794" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B794" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C794" s="0" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D794" s="0" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E794" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F794" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G794" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H794" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="795" spans="1:8">
+      <x:c r="A795" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B795" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C795" s="0" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D795" s="0" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E795" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F795" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G795" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H795" s="0">
+        <x:v>24501</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="796" spans="1:8">
+      <x:c r="A796" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B796" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C796" s="0" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D796" s="0" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E796" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F796" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G796" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H796" s="0">
+        <x:v>19438</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="797" spans="1:8">
+      <x:c r="A797" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B797" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C797" s="0" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D797" s="0" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E797" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F797" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G797" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H797" s="0">
+        <x:v>148</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="798" spans="1:8">
+      <x:c r="A798" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B798" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C798" s="0" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="D798" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E798" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F798" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G798" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H798" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="799" spans="1:8">
+      <x:c r="A799" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B799" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C799" s="0" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="D799" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E799" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F799" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G799" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H799" s="0">
+        <x:v>24487</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="800" spans="1:8">
+      <x:c r="A800" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B800" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C800" s="0" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="D800" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E800" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F800" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G800" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H800" s="0">
+        <x:v>19363</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="801" spans="1:8">
+      <x:c r="A801" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B801" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C801" s="0" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="D801" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E801" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F801" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G801" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H801" s="0">
+        <x:v>136</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="802" spans="1:8">
+      <x:c r="A802" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B802" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C802" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D802" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E802" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F802" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G802" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H802" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="803" spans="1:8">
+      <x:c r="A803" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B803" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C803" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D803" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E803" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F803" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G803" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H803" s="0">
+        <x:v>24502</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="804" spans="1:8">
+      <x:c r="A804" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B804" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C804" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D804" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E804" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F804" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G804" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H804" s="0">
+        <x:v>19297</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="805" spans="1:8">
+      <x:c r="A805" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B805" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C805" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D805" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E805" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F805" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G805" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H805" s="0">
+        <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="806" spans="1:8">
+      <x:c r="A806" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B806" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C806" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="D806" s="0" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E806" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F806" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G806" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H806" s="0">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="807" spans="1:8">
+      <x:c r="A807" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B807" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C807" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="D807" s="0" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E807" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F807" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G807" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H807" s="0">
+        <x:v>24487</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="808" spans="1:8">
+      <x:c r="A808" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B808" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C808" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="D808" s="0" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E808" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F808" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G808" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H808" s="0">
+        <x:v>19221</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="809" spans="1:8">
+      <x:c r="A809" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B809" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C809" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="D809" s="0" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E809" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F809" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G809" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H809" s="0">
+        <x:v>162</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -22283,51 +23739,51 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="UA33C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Accommodation allocated to arrivals from Ukraine"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(W1)">
-      <x:sharedItems count="189">
+      <x:sharedItems count="202">
         <x:s v="2022M04D14"/>
         <x:s v="2022M04D21"/>
         <x:s v="2022M04D28"/>
         <x:s v="2022M05D05"/>
         <x:s v="2022M05D12"/>
         <x:s v="2022M05D19"/>
         <x:s v="2022M05D26"/>
         <x:s v="2022M06D02"/>
         <x:s v="2022M06D09"/>
         <x:s v="2022M06D16"/>
         <x:s v="2022M06D23"/>
         <x:s v="2022M06D30"/>
         <x:s v="2022M07D07"/>
         <x:s v="2022M07D14"/>
         <x:s v="2022M07D21"/>
         <x:s v="2022M07D28"/>
         <x:s v="2022M08D04"/>
         <x:s v="2022M08D11"/>
         <x:s v="2022M08D18"/>
         <x:s v="2022M08D25"/>
         <x:s v="2022M09D01"/>
         <x:s v="2022M09D08"/>
         <x:s v="2022M09D15"/>
         <x:s v="2022M09D22"/>
         <x:s v="2022M09D29"/>
@@ -22473,54 +23929,67 @@
         <x:s v="2025M06D12"/>
         <x:s v="2025M06D19"/>
         <x:s v="2025M06D26"/>
         <x:s v="2025M07D03"/>
         <x:s v="2025M07D10"/>
         <x:s v="2025M07D17"/>
         <x:s v="2025M07D24"/>
         <x:s v="2025M07D31"/>
         <x:s v="2025M08D07"/>
         <x:s v="2025M08D14"/>
         <x:s v="2025M08D21"/>
         <x:s v="2025M08D28"/>
         <x:s v="2025M09D04"/>
         <x:s v="2025M09D11"/>
         <x:s v="2025M09D18"/>
         <x:s v="2025M09D25"/>
         <x:s v="2025M10D02"/>
         <x:s v="2025M10D09"/>
         <x:s v="2025M10D16"/>
         <x:s v="2025M10D23"/>
         <x:s v="2025M10D30"/>
         <x:s v="2025M11D06"/>
         <x:s v="2025M11D13"/>
         <x:s v="2025M11D20"/>
         <x:s v="2025M11D27"/>
+        <x:s v="2025M12D04"/>
+        <x:s v="2025M12D11"/>
+        <x:s v="2025M12D18"/>
+        <x:s v="2025M12D25"/>
+        <x:s v="2026M01D01"/>
+        <x:s v="2026M01D08"/>
+        <x:s v="2026M01D15"/>
+        <x:s v="2026M01D22"/>
+        <x:s v="2026M01D29"/>
+        <x:s v="2026M02D05"/>
+        <x:s v="2026M02D12"/>
+        <x:s v="2026M02D19"/>
+        <x:s v="2026M02D26"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Week">
-      <x:sharedItems count="189">
+      <x:sharedItems count="202">
         <x:s v="2022 April 14"/>
         <x:s v="2022 April 21"/>
         <x:s v="2022 April 28"/>
         <x:s v="2022 May 05"/>
         <x:s v="2022 May 12"/>
         <x:s v="2022 May 19"/>
         <x:s v="2022 May 26"/>
         <x:s v="2022 June 02"/>
         <x:s v="2022 June 09"/>
         <x:s v="2022 June 16"/>
         <x:s v="2022 June 23"/>
         <x:s v="2022 June 30"/>
         <x:s v="2022 July 07"/>
         <x:s v="2022 July 14"/>
         <x:s v="2022 July 21"/>
         <x:s v="2022 July 28"/>
         <x:s v="2022 August 04"/>
         <x:s v="2022 August 11"/>
         <x:s v="2022 August 18"/>
         <x:s v="2022 August 25"/>
         <x:s v="2022 September 01"/>
         <x:s v="2022 September 08"/>
         <x:s v="2022 September 15"/>
         <x:s v="2022 September 22"/>
         <x:s v="2022 September 29"/>
@@ -22666,75 +24135,88 @@
         <x:s v="2025 June 12"/>
         <x:s v="2025 June 19"/>
         <x:s v="2025 June 26"/>
         <x:s v="2025 July 03"/>
         <x:s v="2025 July 10"/>
         <x:s v="2025 July 17"/>
         <x:s v="2025 July 24"/>
         <x:s v="2025 July 31"/>
         <x:s v="2025 August 07"/>
         <x:s v="2025 August 14"/>
         <x:s v="2025 August 21"/>
         <x:s v="2025 August 28"/>
         <x:s v="2025 September 04"/>
         <x:s v="2025 September 11"/>
         <x:s v="2025 September 18"/>
         <x:s v="2025 September 25"/>
         <x:s v="2025 October 02"/>
         <x:s v="2025 October 09"/>
         <x:s v="2025 October 16"/>
         <x:s v="2025 October 23"/>
         <x:s v="2025 October 30"/>
         <x:s v="2025 November 06"/>
         <x:s v="2025 November 13"/>
         <x:s v="2025 November 20"/>
         <x:s v="2025 November 27"/>
+        <x:s v="2025 December 04"/>
+        <x:s v="2025 December 11"/>
+        <x:s v="2025 December 18"/>
+        <x:s v="2025 December 25"/>
+        <x:s v="2026 January 01"/>
+        <x:s v="2026 January 08"/>
+        <x:s v="2026 January 15"/>
+        <x:s v="2026 January 22"/>
+        <x:s v="2026 January 29"/>
+        <x:s v="2026 February 05"/>
+        <x:s v="2026 February 12"/>
+        <x:s v="2026 February 19"/>
+        <x:s v="2026 February 26"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C04040V04801">
       <x:sharedItems count="4">
         <x:s v="10"/>
         <x:s v="20"/>
         <x:s v="30"/>
         <x:s v="40"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Accommodation">
       <x:sharedItems count="4">
         <x:s v="Emergency accommodation"/>
         <x:s v="Independent accommodation"/>
         <x:s v="Serviced accommodation"/>
         <x:s v="Designated Accommodation Centres"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" containsInteger="1" minValue="0" maxValue="59012" count="552">
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" containsInteger="1" minValue="0" maxValue="59012" count="584">
         <x:n v="1271"/>
         <x:n v="51"/>
         <x:n v="10500"/>
         <x:s v=""/>
         <x:n v="1170"/>
         <x:n v="191"/>
         <x:n v="13398"/>
         <x:n v="850"/>
         <x:n v="400"/>
         <x:n v="13828"/>
         <x:n v="640"/>
         <x:n v="14819"/>
         <x:n v="872"/>
         <x:n v="859"/>
         <x:n v="16602"/>
         <x:n v="795"/>
         <x:n v="1000"/>
         <x:n v="17781"/>
         <x:n v="1078"/>
         <x:n v="982"/>
         <x:n v="18649"/>
         <x:n v="1308"/>
         <x:n v="1250"/>
         <x:n v="20236"/>
         <x:n v="708"/>
@@ -23243,50 +24725,82 @@
         <x:n v="20636"/>
         <x:n v="24208"/>
         <x:n v="20667"/>
         <x:n v="1143"/>
         <x:n v="24209"/>
         <x:n v="20590"/>
         <x:n v="1311"/>
         <x:n v="24223"/>
         <x:n v="20451"/>
         <x:n v="20371"/>
         <x:n v="1401"/>
         <x:n v="24263"/>
         <x:n v="20329"/>
         <x:n v="1474"/>
         <x:n v="24307"/>
         <x:n v="20260"/>
         <x:n v="1381"/>
         <x:n v="24324"/>
         <x:n v="20222"/>
         <x:n v="1333"/>
         <x:n v="24318"/>
         <x:n v="20134"/>
         <x:n v="1322"/>
         <x:n v="24356"/>
         <x:n v="19948"/>
+        <x:n v="24378"/>
+        <x:n v="19837"/>
+        <x:n v="1168"/>
+        <x:n v="19832"/>
+        <x:n v="1006"/>
+        <x:n v="24404"/>
+        <x:n v="19714"/>
+        <x:n v="837"/>
+        <x:n v="19682"/>
+        <x:n v="19659"/>
+        <x:n v="642"/>
+        <x:n v="24442"/>
+        <x:n v="19598"/>
+        <x:n v="494"/>
+        <x:n v="24465"/>
+        <x:n v="19569"/>
+        <x:n v="24464"/>
+        <x:n v="19489"/>
+        <x:n v="207"/>
+        <x:n v="24479"/>
+        <x:n v="19460"/>
+        <x:n v="178"/>
+        <x:n v="24501"/>
+        <x:n v="19438"/>
+        <x:n v="148"/>
+        <x:n v="24487"/>
+        <x:n v="19363"/>
+        <x:n v="24502"/>
+        <x:n v="19297"/>
+        <x:n v="134"/>
+        <x:n v="19221"/>
+        <x:n v="162"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="UA33C01"/>
     <s v="Accommodation allocated to arrivals from Ukraine"/>
     <s v="2022M04D14"/>
     <s v="2022 April 14"/>
     <s v="10"/>
     <s v="Emergency accommodation"/>
     <s v="Number"/>
     <n v="1271"/>
   </r>
   <r>
     <s v="UA33C01"/>
     <s v="Accommodation allocated to arrivals from Ukraine"/>
     <s v="2022M04D14"/>
     <s v="2022 April 14"/>
     <s v="20"/>
     <s v="Independent accommodation"/>
@@ -30811,27 +32325,547 @@
     <s v="20"/>
     <s v="Independent accommodation"/>
     <s v="Number"/>
     <n v="24356"/>
   </r>
   <r>
     <s v="UA33C01"/>
     <s v="Accommodation allocated to arrivals from Ukraine"/>
     <s v="2025M11D27"/>
     <s v="2025 November 27"/>
     <s v="30"/>
     <s v="Serviced accommodation"/>
     <s v="Number"/>
     <n v="19948"/>
   </r>
   <r>
     <s v="UA33C01"/>
     <s v="Accommodation allocated to arrivals from Ukraine"/>
     <s v="2025M11D27"/>
     <s v="2025 November 27"/>
     <s v="40"/>
     <s v="Designated Accommodation Centres"/>
     <s v="Number"/>
     <n v="1322"/>
   </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D04"/>
+    <s v="2025 December 04"/>
+    <s v="10"/>
+    <s v="Emergency accommodation"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D04"/>
+    <s v="2025 December 04"/>
+    <s v="20"/>
+    <s v="Independent accommodation"/>
+    <s v="Number"/>
+    <n v="24378"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D04"/>
+    <s v="2025 December 04"/>
+    <s v="30"/>
+    <s v="Serviced accommodation"/>
+    <s v="Number"/>
+    <n v="19837"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D04"/>
+    <s v="2025 December 04"/>
+    <s v="40"/>
+    <s v="Designated Accommodation Centres"/>
+    <s v="Number"/>
+    <n v="1168"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D11"/>
+    <s v="2025 December 11"/>
+    <s v="10"/>
+    <s v="Emergency accommodation"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D11"/>
+    <s v="2025 December 11"/>
+    <s v="20"/>
+    <s v="Independent accommodation"/>
+    <s v="Number"/>
+    <n v="24393"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D11"/>
+    <s v="2025 December 11"/>
+    <s v="30"/>
+    <s v="Serviced accommodation"/>
+    <s v="Number"/>
+    <n v="19832"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D11"/>
+    <s v="2025 December 11"/>
+    <s v="40"/>
+    <s v="Designated Accommodation Centres"/>
+    <s v="Number"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D18"/>
+    <s v="2025 December 18"/>
+    <s v="10"/>
+    <s v="Emergency accommodation"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D18"/>
+    <s v="2025 December 18"/>
+    <s v="20"/>
+    <s v="Independent accommodation"/>
+    <s v="Number"/>
+    <n v="24404"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D18"/>
+    <s v="2025 December 18"/>
+    <s v="30"/>
+    <s v="Serviced accommodation"/>
+    <s v="Number"/>
+    <n v="19714"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D18"/>
+    <s v="2025 December 18"/>
+    <s v="40"/>
+    <s v="Designated Accommodation Centres"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D25"/>
+    <s v="2025 December 25"/>
+    <s v="10"/>
+    <s v="Emergency accommodation"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D25"/>
+    <s v="2025 December 25"/>
+    <s v="20"/>
+    <s v="Independent accommodation"/>
+    <s v="Number"/>
+    <n v="24404"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D25"/>
+    <s v="2025 December 25"/>
+    <s v="30"/>
+    <s v="Serviced accommodation"/>
+    <s v="Number"/>
+    <n v="19682"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2025M12D25"/>
+    <s v="2025 December 25"/>
+    <s v="40"/>
+    <s v="Designated Accommodation Centres"/>
+    <s v="Number"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D01"/>
+    <s v="2026 January 01"/>
+    <s v="10"/>
+    <s v="Emergency accommodation"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D01"/>
+    <s v="2026 January 01"/>
+    <s v="20"/>
+    <s v="Independent accommodation"/>
+    <s v="Number"/>
+    <n v="24404"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D01"/>
+    <s v="2026 January 01"/>
+    <s v="30"/>
+    <s v="Serviced accommodation"/>
+    <s v="Number"/>
+    <n v="19659"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D01"/>
+    <s v="2026 January 01"/>
+    <s v="40"/>
+    <s v="Designated Accommodation Centres"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D08"/>
+    <s v="2026 January 08"/>
+    <s v="10"/>
+    <s v="Emergency accommodation"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D08"/>
+    <s v="2026 January 08"/>
+    <s v="20"/>
+    <s v="Independent accommodation"/>
+    <s v="Number"/>
+    <n v="24442"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D08"/>
+    <s v="2026 January 08"/>
+    <s v="30"/>
+    <s v="Serviced accommodation"/>
+    <s v="Number"/>
+    <n v="19598"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D08"/>
+    <s v="2026 January 08"/>
+    <s v="40"/>
+    <s v="Designated Accommodation Centres"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D15"/>
+    <s v="2026 January 15"/>
+    <s v="10"/>
+    <s v="Emergency accommodation"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D15"/>
+    <s v="2026 January 15"/>
+    <s v="20"/>
+    <s v="Independent accommodation"/>
+    <s v="Number"/>
+    <n v="24465"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D15"/>
+    <s v="2026 January 15"/>
+    <s v="30"/>
+    <s v="Serviced accommodation"/>
+    <s v="Number"/>
+    <n v="19569"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D15"/>
+    <s v="2026 January 15"/>
+    <s v="40"/>
+    <s v="Designated Accommodation Centres"/>
+    <s v="Number"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D22"/>
+    <s v="2026 January 22"/>
+    <s v="10"/>
+    <s v="Emergency accommodation"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D22"/>
+    <s v="2026 January 22"/>
+    <s v="20"/>
+    <s v="Independent accommodation"/>
+    <s v="Number"/>
+    <n v="24464"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D22"/>
+    <s v="2026 January 22"/>
+    <s v="30"/>
+    <s v="Serviced accommodation"/>
+    <s v="Number"/>
+    <n v="19489"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D22"/>
+    <s v="2026 January 22"/>
+    <s v="40"/>
+    <s v="Designated Accommodation Centres"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D29"/>
+    <s v="2026 January 29"/>
+    <s v="10"/>
+    <s v="Emergency accommodation"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D29"/>
+    <s v="2026 January 29"/>
+    <s v="20"/>
+    <s v="Independent accommodation"/>
+    <s v="Number"/>
+    <n v="24479"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D29"/>
+    <s v="2026 January 29"/>
+    <s v="30"/>
+    <s v="Serviced accommodation"/>
+    <s v="Number"/>
+    <n v="19460"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M01D29"/>
+    <s v="2026 January 29"/>
+    <s v="40"/>
+    <s v="Designated Accommodation Centres"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D05"/>
+    <s v="2026 February 05"/>
+    <s v="10"/>
+    <s v="Emergency accommodation"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D05"/>
+    <s v="2026 February 05"/>
+    <s v="20"/>
+    <s v="Independent accommodation"/>
+    <s v="Number"/>
+    <n v="24501"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D05"/>
+    <s v="2026 February 05"/>
+    <s v="30"/>
+    <s v="Serviced accommodation"/>
+    <s v="Number"/>
+    <n v="19438"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D05"/>
+    <s v="2026 February 05"/>
+    <s v="40"/>
+    <s v="Designated Accommodation Centres"/>
+    <s v="Number"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D12"/>
+    <s v="2026 February 12"/>
+    <s v="10"/>
+    <s v="Emergency accommodation"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D12"/>
+    <s v="2026 February 12"/>
+    <s v="20"/>
+    <s v="Independent accommodation"/>
+    <s v="Number"/>
+    <n v="24487"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D12"/>
+    <s v="2026 February 12"/>
+    <s v="30"/>
+    <s v="Serviced accommodation"/>
+    <s v="Number"/>
+    <n v="19363"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D12"/>
+    <s v="2026 February 12"/>
+    <s v="40"/>
+    <s v="Designated Accommodation Centres"/>
+    <s v="Number"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D19"/>
+    <s v="2026 February 19"/>
+    <s v="10"/>
+    <s v="Emergency accommodation"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D19"/>
+    <s v="2026 February 19"/>
+    <s v="20"/>
+    <s v="Independent accommodation"/>
+    <s v="Number"/>
+    <n v="24502"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D19"/>
+    <s v="2026 February 19"/>
+    <s v="30"/>
+    <s v="Serviced accommodation"/>
+    <s v="Number"/>
+    <n v="19297"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D19"/>
+    <s v="2026 February 19"/>
+    <s v="40"/>
+    <s v="Designated Accommodation Centres"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D26"/>
+    <s v="2026 February 26"/>
+    <s v="10"/>
+    <s v="Emergency accommodation"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D26"/>
+    <s v="2026 February 26"/>
+    <s v="20"/>
+    <s v="Independent accommodation"/>
+    <s v="Number"/>
+    <n v="24487"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D26"/>
+    <s v="2026 February 26"/>
+    <s v="30"/>
+    <s v="Serviced accommodation"/>
+    <s v="Number"/>
+    <n v="19221"/>
+  </r>
+  <r>
+    <s v="UA33C01"/>
+    <s v="Accommodation allocated to arrivals from Ukraine"/>
+    <s v="2026M02D26"/>
+    <s v="2026 February 26"/>
+    <s v="40"/>
+    <s v="Designated Accommodation Centres"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
 </pivotCacheRecords>
 </file>