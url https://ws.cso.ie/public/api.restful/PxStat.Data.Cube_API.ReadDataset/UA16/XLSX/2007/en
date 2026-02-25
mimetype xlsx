--- v0 (2026-01-01)
+++ v1 (2026-02-25)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ee4b7f4d45c4029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/240a289d17e44f92ae9cd0ad462f9097.psmdcp" Id="R96b16afc9834419a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdba234a43ee34daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c557fce2e7174ed188cdf02a7d867621.psmdcp" Id="R263198831d9e4be0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>UA16</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Enrolments in secondary education by year</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Weekly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>19/11/2025 11:00:00</x:t>
+    <x:t>18/02/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/UA16/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>UAK</x:t>
   </x:si>
   <x:si>
     <x:t>Ukraine Hub Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Dylan Morrissey</x:t>
   </x:si>
@@ -276,50 +276,56 @@
     <x:t>2024 May 23</x:t>
   </x:si>
   <x:si>
     <x:t>2024W41</x:t>
   </x:si>
   <x:si>
     <x:t>2024 October 07</x:t>
   </x:si>
   <x:si>
     <x:t>2025W06</x:t>
   </x:si>
   <x:si>
     <x:t>2025 February 03</x:t>
   </x:si>
   <x:si>
     <x:t>2025W20</x:t>
   </x:si>
   <x:si>
     <x:t>2025 May 15</x:t>
   </x:si>
   <x:si>
     <x:t>2025W45</x:t>
   </x:si>
   <x:si>
     <x:t>2025 November 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026W07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 February 09</x:t>
   </x:si>
   <x:si>
     <x:t>UA16C02</x:t>
   </x:si>
   <x:si>
     <x:t>Enrolments by Secondary Year</x:t>
   </x:si>
   <x:si>
     <x:t>%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -482,127 +488,129 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="2">
         <item x="0"/>
         <item x="1"/>
       </items>
     </pivotField>
     <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="2">
         <item x="0"/>
         <item x="1"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(W1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="13">
+      <items count="14">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
+        <item x="13"/>
       </items>
     </pivotField>
     <pivotField name="Week" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="13">
+      <items count="14">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
+        <item x="13"/>
       </items>
     </pivotField>
     <pivotField name="C02447V03042" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="5">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
       </items>
     </pivotField>
     <pivotField name="Secondary School Year" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="5">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H131" totalsRowShown="0">
-  <x:autoFilter ref="A1:H131"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H141" totalsRowShown="0">
+  <x:autoFilter ref="A1:H141"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(W1)"/>
     <x:tableColumn id="4" name="Week"/>
     <x:tableColumn id="5" name="C02447V03042"/>
     <x:tableColumn id="6" name="Secondary School Year"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1101,51 +1109,51 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H131"/>
+  <x:dimension ref="A1:H141"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="17.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -2835,1735 +2843,1995 @@
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H66" s="0">
         <x:v>7147</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C67" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B67" s="0" t="s">
+      <x:c r="D67" s="0" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H67" s="0">
-        <x:v>50.4</x:v>
+        <x:v>3186</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C68" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B68" s="0" t="s">
+      <x:c r="D68" s="0" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H68" s="0">
-        <x:v>10.7</x:v>
+        <x:v>1010</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C69" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B69" s="0" t="s">
+      <x:c r="D69" s="0" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H69" s="0">
-        <x:v>25.7</x:v>
+        <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C70" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B70" s="0" t="s">
+      <x:c r="D70" s="0" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H70" s="0">
-        <x:v>13.2</x:v>
+        <x:v>2344</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C71" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="B71" s="0" t="s">
+      <x:c r="D71" s="0" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="H71" s="0">
-        <x:v>100</x:v>
+        <x:v>7177</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H72" s="0">
-        <x:v>48.9</x:v>
+        <x:v>50.4</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H73" s="0">
-        <x:v>10</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H74" s="0">
-        <x:v>18.9</x:v>
+        <x:v>25.7</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H75" s="0">
-        <x:v>22.2</x:v>
+        <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H77" s="0">
-        <x:v>47.4</x:v>
+        <x:v>48.9</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H78" s="0">
-        <x:v>14.2</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H79" s="0">
-        <x:v>12.5</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H80" s="0">
-        <x:v>25.9</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H82" s="0">
-        <x:v>48.3</x:v>
+        <x:v>47.4</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H83" s="0">
-        <x:v>14.1</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H84" s="0">
-        <x:v>12.8</x:v>
+        <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H85" s="0">
-        <x:v>24.8</x:v>
+        <x:v>25.9</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H87" s="0">
-        <x:v>49</x:v>
+        <x:v>48.3</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H88" s="0">
-        <x:v>14</x:v>
+        <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H89" s="0">
-        <x:v>13</x:v>
+        <x:v>12.8</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H90" s="0">
-        <x:v>23.9</x:v>
+        <x:v>24.8</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H91" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H92" s="0">
-        <x:v>49.8</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H93" s="0">
-        <x:v>13.7</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H94" s="0">
-        <x:v>13.4</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H95" s="0">
-        <x:v>23</x:v>
+        <x:v>23.9</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H97" s="0">
-        <x:v>49</x:v>
+        <x:v>49.8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H99" s="0">
-        <x:v>7.8</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H100" s="0">
-        <x:v>29.4</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H101" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H102" s="0">
-        <x:v>47.7</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H103" s="0">
-        <x:v>15.7</x:v>
+        <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H104" s="0">
-        <x:v>9</x:v>
+        <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H105" s="0">
-        <x:v>27.6</x:v>
+        <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H106" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>47.7</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H108" s="0">
-        <x:v>15.6</x:v>
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H109" s="0">
-        <x:v>9.5</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H110" s="0">
-        <x:v>27.2</x:v>
+        <x:v>27.6</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H111" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H112" s="0">
-        <x:v>46</x:v>
+        <x:v>47.7</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H113" s="0">
-        <x:v>14.5</x:v>
+        <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H114" s="0">
-        <x:v>8.5</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H115" s="0">
-        <x:v>31</x:v>
+        <x:v>27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H116" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H117" s="0">
-        <x:v>46.3</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H118" s="0">
-        <x:v>15</x:v>
+        <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H119" s="0">
-        <x:v>8.8</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H120" s="0">
-        <x:v>29.9</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H121" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H122" s="0">
-        <x:v>46.4</x:v>
+        <x:v>46.3</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H123" s="0">
-        <x:v>15.2</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H124" s="0">
-        <x:v>9.1</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H125" s="0">
-        <x:v>29.4</x:v>
+        <x:v>29.9</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H126" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H127" s="0">
-        <x:v>44.3</x:v>
+        <x:v>46.4</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H128" s="0">
-        <x:v>13.9</x:v>
+        <x:v>15.2</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H129" s="0">
-        <x:v>8.5</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H130" s="0">
-        <x:v>33.3</x:v>
+        <x:v>29.4</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H131" s="0">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:8">
+      <x:c r="A132" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C132" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D132" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E132" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F132" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G132" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H132" s="0">
+        <x:v>44.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:8">
+      <x:c r="A133" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C133" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D133" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E133" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F133" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G133" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H133" s="0">
+        <x:v>13.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:8">
+      <x:c r="A134" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C134" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D134" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E134" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F134" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G134" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H134" s="0">
+        <x:v>8.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:8">
+      <x:c r="A135" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C135" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D135" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E135" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F135" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G135" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H135" s="0">
+        <x:v>33.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:8">
+      <x:c r="A136" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C136" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D136" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E136" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F136" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G136" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H136" s="0">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:8">
+      <x:c r="A137" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C137" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D137" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E137" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F137" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="G137" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H137" s="0">
+        <x:v>44.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:8">
+      <x:c r="A138" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C138" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D138" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E138" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="F138" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="G138" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H138" s="0">
+        <x:v>14.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:8">
+      <x:c r="A139" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C139" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D139" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E139" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F139" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="G139" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H139" s="0">
+        <x:v>8.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:8">
+      <x:c r="A140" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C140" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D140" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E140" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F140" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G140" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H140" s="0">
+        <x:v>32.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:8">
+      <x:c r="A141" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C141" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="D141" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="E141" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F141" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G141" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H141" s="0">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
@@ -4612,109 +4880,111 @@
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="UA16C01"/>
         <x:s v="UA16C02"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Enrolments in Secondary Education"/>
         <x:s v="Enrolments by Secondary Year"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(W1)">
-      <x:sharedItems count="13">
+      <x:sharedItems count="14">
         <x:s v="2022W22"/>
         <x:s v="2022W25"/>
         <x:s v="2022W44"/>
         <x:s v="2022W49"/>
         <x:s v="2023W06"/>
         <x:s v="2023W19"/>
         <x:s v="2023W40"/>
         <x:s v="2024W07"/>
         <x:s v="2024W21"/>
         <x:s v="2024W41"/>
         <x:s v="2025W06"/>
         <x:s v="2025W20"/>
         <x:s v="2025W45"/>
+        <x:s v="2026W07"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Week">
-      <x:sharedItems count="13">
+      <x:sharedItems count="14">
         <x:s v="2022 June 07"/>
         <x:s v="2022 June 20"/>
         <x:s v="2022 November 01"/>
         <x:s v="2022 December 12"/>
         <x:s v="2023 February 13"/>
         <x:s v="2023 May 12"/>
         <x:s v="2023 October 02"/>
         <x:s v="2024 February 12"/>
         <x:s v="2024 May 23"/>
         <x:s v="2024 October 07"/>
         <x:s v="2025 February 03"/>
         <x:s v="2025 May 15"/>
         <x:s v="2025 November 03"/>
+        <x:s v="2026 February 09"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02447V03042">
       <x:sharedItems count="5">
         <x:s v="21"/>
         <x:s v="23"/>
         <x:s v="221"/>
         <x:s v="24"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Secondary School Year">
       <x:sharedItems count="5">
         <x:s v="All junior cycle programmes"/>
         <x:s v="Junior Certificate Programme"/>
         <x:s v="Transition year programme"/>
         <x:s v="Leaving Certificate Programme (LC &amp; LCVP)"/>
         <x:s v="All second level school programmes"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="2">
         <x:s v="Number"/>
         <x:s v="%"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="7.8" maxValue="7147" count="112">
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" minValue="7.8" maxValue="7177" count="120">
         <x:n v="1023"/>
         <x:n v="218"/>
         <x:n v="522"/>
         <x:n v="267"/>
         <x:n v="2030"/>
         <x:n v="1098"/>
         <x:n v="224"/>
         <x:n v="425"/>
         <x:n v="499"/>
         <x:n v="2246"/>
         <x:n v="2178"/>
         <x:n v="651"/>
         <x:n v="575"/>
         <x:n v="1192"/>
         <x:n v="4596"/>
         <x:n v="2353"/>
         <x:n v="689"/>
         <x:n v="623"/>
         <x:n v="1210"/>
         <x:n v="4875"/>
         <x:n v="2550"/>
         <x:n v="730"/>
         <x:n v="678"/>
         <x:n v="1244"/>
         <x:n v="5202"/>
@@ -4735,98 +5005,106 @@
         <x:n v="6873"/>
         <x:n v="3268"/>
         <x:n v="1065"/>
         <x:n v="648"/>
         <x:n v="1865"/>
         <x:n v="6846"/>
         <x:n v="3258"/>
         <x:n v="1029"/>
         <x:n v="603"/>
         <x:n v="2197"/>
         <x:n v="7087"/>
         <x:n v="3210"/>
         <x:n v="1044"/>
         <x:n v="611"/>
         <x:n v="2072"/>
         <x:n v="6937"/>
         <x:n v="1050"/>
         <x:n v="630"/>
         <x:n v="2032"/>
         <x:n v="6922"/>
         <x:n v="3165"/>
         <x:n v="993"/>
         <x:n v="609"/>
         <x:n v="2380"/>
         <x:n v="7147"/>
+        <x:n v="3186"/>
+        <x:n v="1010"/>
+        <x:n v="637"/>
+        <x:n v="2344"/>
+        <x:n v="7177"/>
         <x:n v="50.4"/>
         <x:n v="10.7"/>
         <x:n v="25.7"/>
         <x:n v="13.2"/>
         <x:n v="100"/>
         <x:n v="48.9"/>
         <x:n v="10"/>
         <x:n v="18.9"/>
         <x:n v="22.2"/>
         <x:n v="47.4"/>
         <x:n v="14.2"/>
         <x:n v="12.5"/>
         <x:n v="25.9"/>
         <x:n v="48.3"/>
         <x:n v="14.1"/>
         <x:n v="12.8"/>
         <x:n v="24.8"/>
         <x:n v="49"/>
         <x:n v="14"/>
         <x:n v="13"/>
         <x:n v="23.9"/>
         <x:n v="49.8"/>
         <x:n v="13.7"/>
         <x:n v="13.4"/>
         <x:n v="23"/>
         <x:n v="7.8"/>
         <x:n v="29.4"/>
         <x:n v="47.7"/>
         <x:n v="15.7"/>
         <x:n v="9"/>
         <x:n v="27.6"/>
         <x:n v="15.6"/>
         <x:n v="9.5"/>
         <x:n v="27.2"/>
         <x:n v="46"/>
         <x:n v="14.5"/>
         <x:n v="8.5"/>
         <x:n v="31"/>
         <x:n v="46.3"/>
         <x:n v="15"/>
         <x:n v="8.8"/>
         <x:n v="29.9"/>
         <x:n v="46.4"/>
         <x:n v="15.2"/>
         <x:n v="9.1"/>
         <x:n v="44.3"/>
         <x:n v="13.9"/>
         <x:n v="33.3"/>
+        <x:n v="44.4"/>
+        <x:n v="8.9"/>
+        <x:n v="32.7"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="UA16C01"/>
     <s v="Enrolments in Secondary Education"/>
     <s v="2022W22"/>
     <s v="2022 June 07"/>
     <s v="21"/>
     <s v="All junior cycle programmes"/>
     <s v="Number"/>
     <n v="1023"/>
   </r>
   <r>
     <s v="UA16C01"/>
     <s v="Enrolments in Secondary Education"/>
     <s v="2022W22"/>
     <s v="2022 June 07"/>
     <s v="23"/>
     <s v="Junior Certificate Programme"/>
@@ -5442,50 +5720,100 @@
     <s v="Transition year programme"/>
     <s v="Number"/>
     <n v="609"/>
   </r>
   <r>
     <s v="UA16C01"/>
     <s v="Enrolments in Secondary Education"/>
     <s v="2025W45"/>
     <s v="2025 November 03"/>
     <s v="24"/>
     <s v="Leaving Certificate Programme (LC &amp; LCVP)"/>
     <s v="Number"/>
     <n v="2380"/>
   </r>
   <r>
     <s v="UA16C01"/>
     <s v="Enrolments in Secondary Education"/>
     <s v="2025W45"/>
     <s v="2025 November 03"/>
     <s v="2"/>
     <s v="All second level school programmes"/>
     <s v="Number"/>
     <n v="7147"/>
   </r>
   <r>
+    <s v="UA16C01"/>
+    <s v="Enrolments in Secondary Education"/>
+    <s v="2026W07"/>
+    <s v="2026 February 09"/>
+    <s v="21"/>
+    <s v="All junior cycle programmes"/>
+    <s v="Number"/>
+    <n v="3186"/>
+  </r>
+  <r>
+    <s v="UA16C01"/>
+    <s v="Enrolments in Secondary Education"/>
+    <s v="2026W07"/>
+    <s v="2026 February 09"/>
+    <s v="23"/>
+    <s v="Junior Certificate Programme"/>
+    <s v="Number"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="UA16C01"/>
+    <s v="Enrolments in Secondary Education"/>
+    <s v="2026W07"/>
+    <s v="2026 February 09"/>
+    <s v="221"/>
+    <s v="Transition year programme"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="UA16C01"/>
+    <s v="Enrolments in Secondary Education"/>
+    <s v="2026W07"/>
+    <s v="2026 February 09"/>
+    <s v="24"/>
+    <s v="Leaving Certificate Programme (LC &amp; LCVP)"/>
+    <s v="Number"/>
+    <n v="2344"/>
+  </r>
+  <r>
+    <s v="UA16C01"/>
+    <s v="Enrolments in Secondary Education"/>
+    <s v="2026W07"/>
+    <s v="2026 February 09"/>
+    <s v="2"/>
+    <s v="All second level school programmes"/>
+    <s v="Number"/>
+    <n v="7177"/>
+  </r>
+  <r>
     <s v="UA16C02"/>
     <s v="Enrolments by Secondary Year"/>
     <s v="2022W22"/>
     <s v="2022 June 07"/>
     <s v="21"/>
     <s v="All junior cycle programmes"/>
     <s v="%"/>
     <n v="50.4"/>
   </r>
   <r>
     <s v="UA16C02"/>
     <s v="Enrolments by Secondary Year"/>
     <s v="2022W22"/>
     <s v="2022 June 07"/>
     <s v="23"/>
     <s v="Junior Certificate Programme"/>
     <s v="%"/>
     <n v="10.7"/>
   </r>
   <r>
     <s v="UA16C02"/>
     <s v="Enrolments by Secondary Year"/>
     <s v="2022W22"/>
     <s v="2022 June 07"/>
     <s v="221"/>
@@ -6091,27 +6419,77 @@
     <s v="221"/>
     <s v="Transition year programme"/>
     <s v="%"/>
     <n v="8.5"/>
   </r>
   <r>
     <s v="UA16C02"/>
     <s v="Enrolments by Secondary Year"/>
     <s v="2025W45"/>
     <s v="2025 November 03"/>
     <s v="24"/>
     <s v="Leaving Certificate Programme (LC &amp; LCVP)"/>
     <s v="%"/>
     <n v="33.3"/>
   </r>
   <r>
     <s v="UA16C02"/>
     <s v="Enrolments by Secondary Year"/>
     <s v="2025W45"/>
     <s v="2025 November 03"/>
     <s v="2"/>
     <s v="All second level school programmes"/>
     <s v="%"/>
     <n v="100"/>
   </r>
+  <r>
+    <s v="UA16C02"/>
+    <s v="Enrolments by Secondary Year"/>
+    <s v="2026W07"/>
+    <s v="2026 February 09"/>
+    <s v="21"/>
+    <s v="All junior cycle programmes"/>
+    <s v="%"/>
+    <n v="44.4"/>
+  </r>
+  <r>
+    <s v="UA16C02"/>
+    <s v="Enrolments by Secondary Year"/>
+    <s v="2026W07"/>
+    <s v="2026 February 09"/>
+    <s v="23"/>
+    <s v="Junior Certificate Programme"/>
+    <s v="%"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="UA16C02"/>
+    <s v="Enrolments by Secondary Year"/>
+    <s v="2026W07"/>
+    <s v="2026 February 09"/>
+    <s v="221"/>
+    <s v="Transition year programme"/>
+    <s v="%"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="UA16C02"/>
+    <s v="Enrolments by Secondary Year"/>
+    <s v="2026W07"/>
+    <s v="2026 February 09"/>
+    <s v="24"/>
+    <s v="Leaving Certificate Programme (LC &amp; LCVP)"/>
+    <s v="%"/>
+    <n v="32.7"/>
+  </r>
+  <r>
+    <s v="UA16C02"/>
+    <s v="Enrolments by Secondary Year"/>
+    <s v="2026W07"/>
+    <s v="2026 February 09"/>
+    <s v="2"/>
+    <s v="All second level school programmes"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
 </pivotCacheRecords>
 </file>