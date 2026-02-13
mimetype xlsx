--- v0 (2025-11-03)
+++ v1 (2026-02-13)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2cf79e95b3b4a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5319885b3c95473b9f526b83959d0321.psmdcp" Id="Rec027f6283bf49e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra28e757551194638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/78364a9f0c1d4b018dfd274f4574dac2.psmdcp" Id="R3f8a78f4e8b44c55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>UA10</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Relationships Between Arrivals From Ukraine</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Daily</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/3/2022 11:00:00 AM</x:t>
+    <x:t>03/10/2022 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Note that the relationship categories reported are based on data from PPSN allocations.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/UA10/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>UAK</x:t>
   </x:si>
   <x:si>
     <x:t>Ukraine Hub Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Laura Carter</x:t>
+    <x:t>Dylan Morrissey</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>sscu@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4070</x:t>
+    <x:t>(+353) 1 498 4283</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -249,50 +249,53 @@
     <x:t>2022 June 20</x:t>
   </x:si>
   <x:si>
     <x:t>2022M07D11</x:t>
   </x:si>
   <x:si>
     <x:t>2022 July 11</x:t>
   </x:si>
   <x:si>
     <x:t>2022M08D07</x:t>
   </x:si>
   <x:si>
     <x:t>2022 August 07</x:t>
   </x:si>
   <x:si>
     <x:t>2022M09D25</x:t>
   </x:si>
   <x:si>
     <x:t>2022 September 25</x:t>
   </x:si>
   <x:si>
     <x:t>UA10C02</x:t>
   </x:si>
   <x:si>
     <x:t>Mean group size</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>UA10C03</x:t>
   </x:si>
   <x:si>
     <x:t>Mean number of children under 16</x:t>
   </x:si>
   <x:si>
     <x:t>UA10C04</x:t>
   </x:si>
   <x:si>
     <x:t>Number of distinct groups</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -442,251 +445,130 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...199 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(D1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Day" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03958V04716" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Relationship Between Arrivals" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H145" totalsRowShown="0">
   <x:autoFilter ref="A1:H145"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(D1)"/>
     <x:tableColumn id="4" name="Day"/>
     <x:tableColumn id="5" name="C03958V04716"/>
     <x:tableColumn id="6" name="Relationship Between Arrivals"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -955,51 +837,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/UA10/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1188,51 +1070,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H145"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.710625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="29.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -2322,50 +2204,53 @@
         <x:v>3.45</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H44" s="0">
         <x:v>1</x:v>
@@ -2475,50 +2360,53 @@
         <x:v>3.46</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H50" s="0">
         <x:v>1</x:v>
@@ -2628,50 +2516,53 @@
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H56" s="0">
         <x:v>1</x:v>
@@ -2781,50 +2672,53 @@
         <x:v>3.63</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H62" s="0">
         <x:v>1</x:v>
@@ -3064,1941 +2958,1965 @@
         <x:v>3.64</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H72" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H89" s="0">
         <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>1.93</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H99" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H100" s="0">
         <x:v>1.89</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H101" s="0">
         <x:v>1.36</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H102" s="0">
         <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H104" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H105" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H106" s="0">
         <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H108" s="0">
         <x:v>1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H110" s="0">
         <x:v>10158</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H111" s="0">
         <x:v>1033</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>1658</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H113" s="0">
         <x:v>5894</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H114" s="0">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H115" s="0">
         <x:v>18809</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H116" s="0">
         <x:v>11006</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H117" s="0">
         <x:v>1184</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H118" s="0">
         <x:v>1837</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H119" s="0">
         <x:v>6169</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H120" s="0">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H121" s="0">
         <x:v>20268</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>11980</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>1337</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H124" s="0">
         <x:v>2033</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>6552</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H126" s="0">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>21998</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H128" s="0">
         <x:v>13441</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>1609</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>2376</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H131" s="0">
         <x:v>7055</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H132" s="0">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>24600</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H134" s="0">
         <x:v>15034</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H135" s="0">
         <x:v>1862</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H136" s="0">
         <x:v>2778</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H137" s="0">
         <x:v>7509</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H138" s="0">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H139" s="0">
         <x:v>27334</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H140" s="0">
         <x:v>17149</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H141" s="0">
         <x:v>2369</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H142" s="0">
         <x:v>3417</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H143" s="0">
         <x:v>7959</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H144" s="0">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H145" s="0">
         <x:v>31150</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5015,51 +4933,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H145" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="UA10C01"/>
         <x:s v="UA10C02"/>
         <x:s v="UA10C03"/>
         <x:s v="UA10C04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Number of persons"/>
         <x:s v="Mean group size"/>
         <x:s v="Mean number of children under 16"/>
         <x:s v="Number of distinct groups"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(D1)">
       <x:sharedItems count="6">
         <x:s v="2022M05D23"/>
         <x:s v="2022M06D07"/>
         <x:s v="2022M06D20"/>
         <x:s v="2022M07D11"/>
         <x:s v="2022M08D07"/>
@@ -5183,27 +5101,1468 @@
         <x:n v="6552"/>
         <x:n v="96"/>
         <x:n v="21998"/>
         <x:n v="1609"/>
         <x:n v="2376"/>
         <x:n v="7055"/>
         <x:n v="119"/>
         <x:n v="24600"/>
         <x:n v="1862"/>
         <x:n v="2778"/>
         <x:n v="7509"/>
         <x:n v="151"/>
         <x:n v="27334"/>
         <x:n v="2369"/>
         <x:n v="3417"/>
         <x:n v="7959"/>
         <x:n v="256"/>
         <x:n v="31150"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="10158"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="2066"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="6454"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="14271"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <n v="33151"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="11006"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="2368"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="7146"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="14929"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <n v="35670"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="11980"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="2674"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="7887"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="15850"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <n v="38700"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="13441"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="3218"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="9185"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="17034"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <n v="43256"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="15034"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="3724"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="10646"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="18079"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="479"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <n v="47962"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="17149"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="4738"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="12953"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="19121"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="810"/>
+  </r>
+  <r>
+    <s v="UA10C01"/>
+    <s v="Number of persons"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <n v="54771"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="4.13"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="2.59"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="3.45"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="4.13"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="2.59"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="3.46"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="4.13"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="2.59"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="3.9"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="4.12"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="3.63"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="4.08"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="2.59"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="3.65"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="4.03"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="2.58"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="3.64"/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA10C02"/>
+    <s v="Mean group size"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="1.94"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="1.37"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="0.93"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="1.94"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="1.37"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="0.93"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="1.93"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="1.37"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="1.35"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="1.93"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="1.38"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="0.98"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="1.89"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="1.36"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="1.02"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="1.84"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="1.35"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="1.16"/>
+  </r>
+  <r>
+    <s v="UA10C03"/>
+    <s v="Mean number of children under 16"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="10158"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="1033"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="1658"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="5894"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="66"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M05D23"/>
+    <s v="2022 May 23"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <n v="18809"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="11006"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="1184"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="1837"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="6169"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M06D07"/>
+    <s v="2022 June 07"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <n v="20268"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="11980"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="1337"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="6552"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M06D20"/>
+    <s v="2022 June 20"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <n v="21998"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="13441"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="1609"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="7055"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M07D11"/>
+    <s v="2022 July 11"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <n v="24600"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="15034"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="1862"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="2778"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="7509"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M08D07"/>
+    <s v="2022 August 07"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <n v="27334"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="10"/>
+    <s v="Single/No relationship recorded"/>
+    <s v="Number"/>
+    <n v="17149"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="20"/>
+    <s v="Couple without children"/>
+    <s v="Number"/>
+    <n v="2369"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="30"/>
+    <s v="Couple with children"/>
+    <s v="Number"/>
+    <n v="3417"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="40"/>
+    <s v="One parent with children"/>
+    <s v="Number"/>
+    <n v="7959"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="50"/>
+    <s v="Other types of relationship"/>
+    <s v="Number"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="UA10C04"/>
+    <s v="Number of distinct groups"/>
+    <s v="2022M09D25"/>
+    <s v="2022 September 25"/>
+    <s v="-"/>
+    <s v="All relationship types"/>
+    <s v="Number"/>
+    <n v="31150"/>
+  </r>
+</pivotCacheRecords>
 </file>