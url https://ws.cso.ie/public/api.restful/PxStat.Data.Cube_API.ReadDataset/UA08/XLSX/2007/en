--- v0 (2025-11-05)
+++ v1 (2025-12-28)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5ce1c9f2735498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b3b0ad79bbcb4c65adfead5d7117799b.psmdcp" Id="R2b8b3dc26282466e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R799e2b4d4bb7406f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d28c5790a1064064881447e9df6dab95.psmdcp" Id="R80e8d44d4cde498c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>UA08</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Active Welfare Claims of Arrivals From Ukraine</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Weekly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/3/2025 11:00:00 AM</x:t>
+    <x:t>19/11/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Data for the period 25 February 2022 - 06 March 2022 not shown due to small numbers.&lt;br&gt;Please note that data is preliminary and subject to change as additional data becomes available, particularly for the most recent week reported. &lt;br&gt;Working age income supports includes basic Supplementary Welfare Allowance, Jobseekers Allowance and others. &lt;br&gt;Child related supports includes Working Family Payment and Child Benefit.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/UA08/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>UAK</x:t>
   </x:si>
   <x:si>
     <x:t>Ukraine Hub Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
-    <x:t>Laura Carter</x:t>
+    <x:t>Dylan Morrissey</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>sscu@cso.ie</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
-    <x:t>(+353) 1 498 4070</x:t>
+    <x:t>(+353) 1 498 4283</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
@@ -1221,50 +1221,182 @@
     <x:t>2025 May 11</x:t>
   </x:si>
   <x:si>
     <x:t>2025W20</x:t>
   </x:si>
   <x:si>
     <x:t>2025 May 18</x:t>
   </x:si>
   <x:si>
     <x:t>2025W21</x:t>
   </x:si>
   <x:si>
     <x:t>2025 May 25</x:t>
   </x:si>
   <x:si>
     <x:t>2025W22</x:t>
   </x:si>
   <x:si>
     <x:t>2025 June 01</x:t>
   </x:si>
   <x:si>
     <x:t>2025W23</x:t>
   </x:si>
   <x:si>
     <x:t>2025 June 08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 June 15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 June 22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 June 29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 July 06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 July 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 July 20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 July 27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 August 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 August 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 August 17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 August 24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 August 31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 September 07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 September 14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 September 21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 September 28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 October 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 October 12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 October 19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 October 26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 November 02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 November 09</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1402,1536 +1534,499 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...1479 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(W1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="192">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+      </items>
+    </pivotField>
+    <pivotField name="Week" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="192">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+        <item x="96"/>
+        <item x="97"/>
+        <item x="98"/>
+        <item x="99"/>
+        <item x="100"/>
+        <item x="101"/>
+        <item x="102"/>
+        <item x="103"/>
+        <item x="104"/>
+        <item x="105"/>
+        <item x="106"/>
+        <item x="107"/>
+        <item x="108"/>
+        <item x="109"/>
+        <item x="110"/>
+        <item x="111"/>
+        <item x="112"/>
+        <item x="113"/>
+        <item x="114"/>
+        <item x="115"/>
+        <item x="116"/>
+        <item x="117"/>
+        <item x="118"/>
+        <item x="119"/>
+        <item x="120"/>
+        <item x="121"/>
+        <item x="122"/>
+        <item x="123"/>
+        <item x="124"/>
+        <item x="125"/>
+        <item x="126"/>
+        <item x="127"/>
+        <item x="128"/>
+        <item x="129"/>
+        <item x="130"/>
+        <item x="131"/>
+        <item x="132"/>
+        <item x="133"/>
+        <item x="134"/>
+        <item x="135"/>
+        <item x="136"/>
+        <item x="137"/>
+        <item x="138"/>
+        <item x="139"/>
+        <item x="140"/>
+        <item x="141"/>
+        <item x="142"/>
+        <item x="143"/>
+        <item x="144"/>
+        <item x="145"/>
+        <item x="146"/>
+        <item x="147"/>
+        <item x="148"/>
+        <item x="149"/>
+        <item x="150"/>
+        <item x="151"/>
+        <item x="152"/>
+        <item x="153"/>
+        <item x="154"/>
+        <item x="155"/>
+        <item x="156"/>
+        <item x="157"/>
+        <item x="158"/>
+        <item x="159"/>
+        <item x="160"/>
+        <item x="161"/>
+        <item x="162"/>
+        <item x="163"/>
+        <item x="164"/>
+        <item x="165"/>
+        <item x="166"/>
+        <item x="167"/>
+        <item x="168"/>
+        <item x="169"/>
+        <item x="170"/>
+        <item x="171"/>
+        <item x="172"/>
+        <item x="173"/>
+        <item x="174"/>
+        <item x="175"/>
+        <item x="176"/>
+        <item x="177"/>
+        <item x="178"/>
+        <item x="179"/>
+        <item x="180"/>
+        <item x="181"/>
+        <item x="182"/>
+        <item x="183"/>
+        <item x="184"/>
+        <item x="185"/>
+        <item x="186"/>
+        <item x="187"/>
+        <item x="188"/>
+        <item x="189"/>
+        <item x="190"/>
+        <item x="191"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03956V04714" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Welfare Claim" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H851" totalsRowShown="0">
-  <x:autoFilter ref="A1:H851"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H961" totalsRowShown="0">
+  <x:autoFilter ref="A1:H961"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(W1)"/>
     <x:tableColumn id="4" name="Week"/>
     <x:tableColumn id="5" name="C03956V04714"/>
     <x:tableColumn id="6" name="Type of Welfare Claim"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -3195,51 +2290,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/UA08/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -3428,55 +2523,55 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H851"/>
+  <x:dimension ref="A1:H961"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="40.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="70.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -3497,51 +2592,51 @@
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H2" s="0">
-        <x:v>2154</x:v>
+        <x:v>2185</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H3" s="0">
@@ -3549,129 +2644,129 @@
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H4" s="0">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H5" s="0">
-        <x:v>2</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H6" s="0">
-        <x:v>2407</x:v>
+        <x:v>2437</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H7" s="0">
-        <x:v>4812</x:v>
+        <x:v>4872</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H8" s="0">
@@ -3679,129 +2774,129 @@
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H9" s="0">
-        <x:v>469</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="0">
-        <x:v>4</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H11" s="0">
-        <x:v>5297</x:v>
+        <x:v>5354</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H12" s="0">
-        <x:v>7518</x:v>
+        <x:v>7531</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H13" s="0">
@@ -3809,3275 +2904,3275 @@
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H14" s="0">
-        <x:v>660</x:v>
+        <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H15" s="0">
-        <x:v>5</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H16" s="0">
-        <x:v>8196</x:v>
+        <x:v>8206</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H17" s="0">
-        <x:v>10440</x:v>
+        <x:v>10465</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H18" s="0">
-        <x:v>4125</x:v>
+        <x:v>4109</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H19" s="0">
-        <x:v>823</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H20" s="0">
-        <x:v>5</x:v>
+        <x:v>756</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H21" s="0">
-        <x:v>15388</x:v>
+        <x:v>15393</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H22" s="0">
-        <x:v>14826</x:v>
+        <x:v>14801</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H23" s="0">
-        <x:v>4126</x:v>
+        <x:v>4110</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H24" s="0">
-        <x:v>943</x:v>
+        <x:v>940</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H25" s="0">
-        <x:v>23</x:v>
+        <x:v>859</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H26" s="0">
-        <x:v>19895</x:v>
+        <x:v>19851</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H27" s="0">
-        <x:v>17361</x:v>
+        <x:v>17364</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H28" s="0">
-        <x:v>4127</x:v>
+        <x:v>4111</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H29" s="0">
-        <x:v>1030</x:v>
+        <x:v>1023</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H30" s="0">
-        <x:v>218</x:v>
+        <x:v>944</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H31" s="0">
-        <x:v>22518</x:v>
+        <x:v>22498</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H32" s="0">
-        <x:v>18505</x:v>
+        <x:v>18459</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H33" s="0">
-        <x:v>4130</x:v>
+        <x:v>4114</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H34" s="0">
-        <x:v>1105</x:v>
+        <x:v>1096</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H35" s="0">
-        <x:v>448</x:v>
+        <x:v>1008</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H36" s="0">
-        <x:v>23740</x:v>
+        <x:v>23669</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H37" s="0">
-        <x:v>21971</x:v>
+        <x:v>21904</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H38" s="0">
-        <x:v>6449</x:v>
+        <x:v>6429</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H39" s="0">
-        <x:v>1203</x:v>
+        <x:v>1194</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H40" s="0">
-        <x:v>630</x:v>
+        <x:v>1074</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H41" s="0">
-        <x:v>29623</x:v>
+        <x:v>29527</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H42" s="0">
-        <x:v>18989</x:v>
+        <x:v>18939</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H43" s="0">
-        <x:v>6351</x:v>
+        <x:v>6332</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H44" s="0">
-        <x:v>1314</x:v>
+        <x:v>1307</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H45" s="0">
-        <x:v>758</x:v>
+        <x:v>1162</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H46" s="0">
-        <x:v>26654</x:v>
+        <x:v>26578</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H47" s="0">
-        <x:v>17379</x:v>
+        <x:v>17354</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H48" s="0">
-        <x:v>6357</x:v>
+        <x:v>6339</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H49" s="0">
-        <x:v>1414</x:v>
+        <x:v>1404</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H50" s="0">
-        <x:v>861</x:v>
+        <x:v>1238</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H51" s="0">
-        <x:v>25150</x:v>
+        <x:v>25097</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H52" s="0">
-        <x:v>17666</x:v>
+        <x:v>17618</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H53" s="0">
-        <x:v>6360</x:v>
+        <x:v>6345</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H54" s="0">
-        <x:v>1492</x:v>
+        <x:v>1482</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H55" s="0">
-        <x:v>949</x:v>
+        <x:v>1287</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H56" s="0">
-        <x:v>25518</x:v>
+        <x:v>25445</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H57" s="0">
-        <x:v>18050</x:v>
+        <x:v>18027</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H58" s="0">
-        <x:v>6368</x:v>
+        <x:v>6353</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H59" s="0">
-        <x:v>1565</x:v>
+        <x:v>1556</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H60" s="0">
-        <x:v>1014</x:v>
+        <x:v>1336</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H61" s="0">
-        <x:v>25983</x:v>
+        <x:v>25936</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H62" s="0">
-        <x:v>18298</x:v>
+        <x:v>18269</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H63" s="0">
-        <x:v>12554</x:v>
+        <x:v>12517</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H64" s="0">
-        <x:v>1795</x:v>
+        <x:v>1789</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H65" s="0">
-        <x:v>1080</x:v>
+        <x:v>1387</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H66" s="0">
-        <x:v>32647</x:v>
+        <x:v>32575</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H67" s="0">
-        <x:v>18682</x:v>
+        <x:v>18650</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H68" s="0">
-        <x:v>12329</x:v>
+        <x:v>12293</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H69" s="0">
-        <x:v>1857</x:v>
+        <x:v>1853</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H70" s="0">
-        <x:v>1168</x:v>
+        <x:v>1433</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H71" s="0">
-        <x:v>32868</x:v>
+        <x:v>32796</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H72" s="0">
-        <x:v>19237</x:v>
+        <x:v>19195</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H73" s="0">
-        <x:v>12340</x:v>
+        <x:v>12305</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H74" s="0">
-        <x:v>1945</x:v>
+        <x:v>1943</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H75" s="0">
-        <x:v>1245</x:v>
+        <x:v>1486</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H76" s="0">
-        <x:v>33522</x:v>
+        <x:v>33443</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H77" s="0">
-        <x:v>19716</x:v>
+        <x:v>19682</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H78" s="0">
-        <x:v>12361</x:v>
+        <x:v>12328</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H79" s="0">
-        <x:v>2043</x:v>
+        <x:v>2039</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H80" s="0">
-        <x:v>1294</x:v>
+        <x:v>1556</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H81" s="0">
-        <x:v>34120</x:v>
+        <x:v>34049</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H82" s="0">
-        <x:v>20273</x:v>
+        <x:v>20224</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H83" s="0">
-        <x:v>13688</x:v>
+        <x:v>13653</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H84" s="0">
-        <x:v>2198</x:v>
+        <x:v>2193</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H85" s="0">
-        <x:v>1343</x:v>
+        <x:v>1648</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H86" s="0">
-        <x:v>36159</x:v>
+        <x:v>36070</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H87" s="0">
-        <x:v>21118</x:v>
+        <x:v>21078</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H88" s="0">
-        <x:v>13420</x:v>
+        <x:v>13382</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H89" s="0">
-        <x:v>2224</x:v>
+        <x:v>2221</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H90" s="0">
-        <x:v>1394</x:v>
+        <x:v>1715</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H91" s="0">
-        <x:v>36762</x:v>
+        <x:v>36681</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H92" s="0">
-        <x:v>21333</x:v>
+        <x:v>21277</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H93" s="0">
-        <x:v>13501</x:v>
+        <x:v>13462</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H94" s="0">
-        <x:v>2305</x:v>
+        <x:v>2300</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H95" s="0">
-        <x:v>1440</x:v>
+        <x:v>1769</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H96" s="0">
-        <x:v>37139</x:v>
+        <x:v>37039</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H97" s="0">
-        <x:v>21970</x:v>
+        <x:v>21926</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H98" s="0">
-        <x:v>13623</x:v>
+        <x:v>13582</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H99" s="0">
-        <x:v>2382</x:v>
+        <x:v>2379</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H100" s="0">
-        <x:v>1492</x:v>
+        <x:v>1816</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H101" s="0">
-        <x:v>37975</x:v>
+        <x:v>37887</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H102" s="0">
-        <x:v>22147</x:v>
+        <x:v>22115</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H103" s="0">
-        <x:v>13779</x:v>
+        <x:v>13738</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H104" s="0">
-        <x:v>2435</x:v>
+        <x:v>2433</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H105" s="0">
-        <x:v>1562</x:v>
+        <x:v>1852</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H106" s="0">
-        <x:v>38361</x:v>
+        <x:v>38286</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H107" s="0">
-        <x:v>21228</x:v>
+        <x:v>21197</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H108" s="0">
-        <x:v>14705</x:v>
+        <x:v>14661</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H109" s="0">
-        <x:v>2538</x:v>
+        <x:v>2533</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H110" s="0">
-        <x:v>1654</x:v>
+        <x:v>1908</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H111" s="0">
-        <x:v>38471</x:v>
+        <x:v>38391</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H112" s="0">
-        <x:v>21467</x:v>
+        <x:v>21436</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H113" s="0">
-        <x:v>14853</x:v>
+        <x:v>14811</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H114" s="0">
-        <x:v>2615</x:v>
+        <x:v>2613</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H115" s="0">
-        <x:v>1721</x:v>
+        <x:v>1943</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H116" s="0">
-        <x:v>38935</x:v>
+        <x:v>38860</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H117" s="0">
-        <x:v>21838</x:v>
+        <x:v>21787</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H118" s="0">
-        <x:v>15032</x:v>
+        <x:v>14984</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H119" s="0">
-        <x:v>2697</x:v>
+        <x:v>2693</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H120" s="0">
-        <x:v>1772</x:v>
+        <x:v>1994</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H121" s="0">
-        <x:v>39567</x:v>
+        <x:v>39464</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H122" s="0">
-        <x:v>21754</x:v>
+        <x:v>21706</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H123" s="0">
-        <x:v>15223</x:v>
+        <x:v>15173</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H124" s="0">
-        <x:v>2749</x:v>
+        <x:v>2744</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H125" s="0">
-        <x:v>1820</x:v>
+        <x:v>2032</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H126" s="0">
-        <x:v>39726</x:v>
+        <x:v>39623</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H127" s="0">
-        <x:v>21835</x:v>
+        <x:v>21791</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H128" s="0">
-        <x:v>16171</x:v>
+        <x:v>16121</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H129" s="0">
-        <x:v>2870</x:v>
+        <x:v>2867</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H130" s="0">
-        <x:v>1858</x:v>
+        <x:v>2075</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H131" s="0">
-        <x:v>40876</x:v>
+        <x:v>40779</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H132" s="0">
-        <x:v>22062</x:v>
+        <x:v>22031</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H133" s="0">
-        <x:v>15977</x:v>
+        <x:v>15930</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H134" s="0">
-        <x:v>2963</x:v>
+        <x:v>2961</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H135" s="0">
-        <x:v>1914</x:v>
+        <x:v>2133</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H136" s="0">
-        <x:v>41002</x:v>
+        <x:v>40922</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H137" s="0">
-        <x:v>22336</x:v>
+        <x:v>22307</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H138" s="0">
-        <x:v>16258</x:v>
+        <x:v>16210</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H139" s="0">
@@ -7085,389 +6180,389 @@
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H140" s="0">
-        <x:v>1949</x:v>
+        <x:v>2174</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H141" s="0">
-        <x:v>41616</x:v>
+        <x:v>41539</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H142" s="0">
-        <x:v>22544</x:v>
+        <x:v>22509</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H143" s="0">
-        <x:v>16667</x:v>
+        <x:v>16616</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H144" s="0">
-        <x:v>3122</x:v>
+        <x:v>3121</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H145" s="0">
-        <x:v>2000</x:v>
+        <x:v>2247</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H146" s="0">
-        <x:v>42333</x:v>
+        <x:v>42246</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H147" s="0">
-        <x:v>23024</x:v>
+        <x:v>22969</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H148" s="0">
-        <x:v>18527</x:v>
+        <x:v>18474</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H149" s="0">
-        <x:v>3239</x:v>
+        <x:v>3238</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H150" s="0">
-        <x:v>2039</x:v>
+        <x:v>2323</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H151" s="0">
-        <x:v>44790</x:v>
+        <x:v>44681</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H152" s="0">
-        <x:v>23586</x:v>
+        <x:v>23539</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H153" s="0">
-        <x:v>18238</x:v>
+        <x:v>18182</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H154" s="0">
@@ -7475,1637 +6570,1637 @@
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H155" s="0">
-        <x:v>2083</x:v>
+        <x:v>2377</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H156" s="0">
-        <x:v>45138</x:v>
+        <x:v>45035</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H157" s="0">
-        <x:v>24206</x:v>
+        <x:v>24153</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H158" s="0">
-        <x:v>18242</x:v>
+        <x:v>18186</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H159" s="0">
-        <x:v>3409</x:v>
+        <x:v>3406</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H160" s="0">
-        <x:v>2140</x:v>
+        <x:v>2462</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H161" s="0">
-        <x:v>45857</x:v>
+        <x:v>45745</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H162" s="0">
-        <x:v>24819</x:v>
+        <x:v>24763</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H163" s="0">
-        <x:v>18249</x:v>
+        <x:v>18192</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H164" s="0">
-        <x:v>3513</x:v>
+        <x:v>3511</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H165" s="0">
-        <x:v>2181</x:v>
+        <x:v>2540</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H166" s="0">
-        <x:v>46581</x:v>
+        <x:v>46466</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H167" s="0">
-        <x:v>25409</x:v>
+        <x:v>25379</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H168" s="0">
-        <x:v>18254</x:v>
+        <x:v>18200</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H169" s="0">
-        <x:v>3644</x:v>
+        <x:v>3645</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H170" s="0">
-        <x:v>2254</x:v>
+        <x:v>2642</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H171" s="0">
-        <x:v>47307</x:v>
+        <x:v>47224</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H172" s="0">
-        <x:v>25724</x:v>
+        <x:v>25678</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H173" s="0">
-        <x:v>19314</x:v>
+        <x:v>19260</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H174" s="0">
-        <x:v>4048</x:v>
+        <x:v>4046</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H175" s="0">
-        <x:v>2330</x:v>
+        <x:v>2706</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H176" s="0">
-        <x:v>49086</x:v>
+        <x:v>48984</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H177" s="0">
-        <x:v>26009</x:v>
+        <x:v>25977</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H178" s="0">
-        <x:v>11120</x:v>
+        <x:v>11094</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H179" s="0">
-        <x:v>4125</x:v>
+        <x:v>4119</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H180" s="0">
-        <x:v>2385</x:v>
+        <x:v>2752</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H181" s="0">
-        <x:v>41254</x:v>
+        <x:v>41190</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H182" s="0">
-        <x:v>26510</x:v>
+        <x:v>26455</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H183" s="0">
-        <x:v>11127</x:v>
+        <x:v>11102</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H184" s="0">
-        <x:v>4226</x:v>
+        <x:v>4222</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H185" s="0">
-        <x:v>2470</x:v>
+        <x:v>2838</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H186" s="0">
-        <x:v>41863</x:v>
+        <x:v>41779</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H187" s="0">
-        <x:v>26760</x:v>
+        <x:v>26724</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H188" s="0">
-        <x:v>11131</x:v>
+        <x:v>11104</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H189" s="0">
-        <x:v>4351</x:v>
+        <x:v>4344</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H190" s="0">
-        <x:v>2548</x:v>
+        <x:v>2926</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H191" s="0">
-        <x:v>42242</x:v>
+        <x:v>42172</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H192" s="0">
-        <x:v>26942</x:v>
+        <x:v>26925</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H193" s="0">
-        <x:v>11881</x:v>
+        <x:v>11849</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H194" s="0">
-        <x:v>4491</x:v>
+        <x:v>4486</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H195" s="0">
-        <x:v>2649</x:v>
+        <x:v>3002</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H196" s="0">
-        <x:v>43314</x:v>
+        <x:v>43260</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H197" s="0">
-        <x:v>27461</x:v>
+        <x:v>27413</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H198" s="0">
-        <x:v>11650</x:v>
+        <x:v>11617</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H199" s="0">
-        <x:v>4320</x:v>
+        <x:v>4312</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H200" s="0">
-        <x:v>2712</x:v>
+        <x:v>3094</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H201" s="0">
-        <x:v>43431</x:v>
+        <x:v>43342</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H202" s="0">
-        <x:v>27850</x:v>
+        <x:v>27748</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H203" s="0">
-        <x:v>11652</x:v>
+        <x:v>11622</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H204" s="0">
-        <x:v>4435</x:v>
+        <x:v>4426</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H205" s="0">
-        <x:v>2758</x:v>
+        <x:v>3178</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H206" s="0">
-        <x:v>43937</x:v>
+        <x:v>43796</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H207" s="0">
-        <x:v>28131</x:v>
+        <x:v>28041</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H208" s="0">
-        <x:v>11661</x:v>
+        <x:v>11630</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H209" s="0">
-        <x:v>4539</x:v>
+        <x:v>4532</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H210" s="0">
-        <x:v>2847</x:v>
+        <x:v>3261</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H211" s="0">
-        <x:v>44331</x:v>
+        <x:v>44203</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H212" s="0">
-        <x:v>28172</x:v>
+        <x:v>28121</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H213" s="0">
-        <x:v>12460</x:v>
+        <x:v>12432</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H214" s="0">
-        <x:v>4587</x:v>
+        <x:v>4579</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H215" s="0">
-        <x:v>2935</x:v>
+        <x:v>3302</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H216" s="0">
-        <x:v>45219</x:v>
+        <x:v>45132</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H217" s="0">
@@ -10257,5615 +9352,5615 @@
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H262" s="0">
-        <x:v>29852</x:v>
+        <x:v>29796</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H263" s="0">
-        <x:v>13039</x:v>
+        <x:v>13006</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H264" s="0">
-        <x:v>5366</x:v>
+        <x:v>5359</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H265" s="0">
-        <x:v>3561</x:v>
+        <x:v>3791</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H266" s="0">
-        <x:v>48257</x:v>
+        <x:v>48161</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H267" s="0">
-        <x:v>29739</x:v>
+        <x:v>29671</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H268" s="0">
-        <x:v>13040</x:v>
+        <x:v>13008</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H269" s="0">
-        <x:v>5407</x:v>
+        <x:v>5390</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H270" s="0">
-        <x:v>3622</x:v>
+        <x:v>3816</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H271" s="0">
-        <x:v>48186</x:v>
+        <x:v>48069</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H272" s="0">
-        <x:v>29528</x:v>
+        <x:v>29467</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H273" s="0">
-        <x:v>13042</x:v>
+        <x:v>13009</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H274" s="0">
-        <x:v>5498</x:v>
+        <x:v>5486</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H275" s="0">
-        <x:v>3681</x:v>
+        <x:v>3864</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H276" s="0">
-        <x:v>48068</x:v>
+        <x:v>47962</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H277" s="0">
-        <x:v>29484</x:v>
+        <x:v>29422</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H278" s="0">
-        <x:v>13596</x:v>
+        <x:v>13563</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H279" s="0">
-        <x:v>5595</x:v>
+        <x:v>5592</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H280" s="0">
-        <x:v>3715</x:v>
+        <x:v>3915</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H281" s="0">
-        <x:v>48675</x:v>
+        <x:v>48577</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H282" s="0">
-        <x:v>29568</x:v>
+        <x:v>29498</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H283" s="0">
-        <x:v>13318</x:v>
+        <x:v>13287</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H284" s="0">
-        <x:v>5649</x:v>
+        <x:v>5639</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H285" s="0">
-        <x:v>3752</x:v>
+        <x:v>3941</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H286" s="0">
-        <x:v>48535</x:v>
+        <x:v>48424</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H287" s="0">
-        <x:v>29616</x:v>
+        <x:v>29548</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H288" s="0">
-        <x:v>13320</x:v>
+        <x:v>13292</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H289" s="0">
-        <x:v>5705</x:v>
+        <x:v>5696</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H290" s="0">
-        <x:v>3800</x:v>
+        <x:v>3973</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H291" s="0">
-        <x:v>48641</x:v>
+        <x:v>48536</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H292" s="0">
-        <x:v>29544</x:v>
+        <x:v>29483</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H293" s="0">
-        <x:v>13326</x:v>
+        <x:v>13299</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H294" s="0">
-        <x:v>5750</x:v>
+        <x:v>5739</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H295" s="0">
-        <x:v>3827</x:v>
+        <x:v>3995</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H296" s="0">
-        <x:v>48620</x:v>
+        <x:v>48521</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H297" s="0">
-        <x:v>30100</x:v>
+        <x:v>30034</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H298" s="0">
-        <x:v>13331</x:v>
+        <x:v>13302</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H299" s="0">
-        <x:v>5802</x:v>
+        <x:v>5795</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H300" s="0">
-        <x:v>3874</x:v>
+        <x:v>4030</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H301" s="0">
-        <x:v>49233</x:v>
+        <x:v>49131</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H302" s="0">
-        <x:v>29157</x:v>
+        <x:v>29106</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H303" s="0">
-        <x:v>13359</x:v>
+        <x:v>13332</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H304" s="0">
-        <x:v>5857</x:v>
+        <x:v>5845</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H305" s="0">
-        <x:v>3921</x:v>
+        <x:v>4052</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H306" s="0">
-        <x:v>48373</x:v>
+        <x:v>48283</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H307" s="0">
-        <x:v>29286</x:v>
+        <x:v>29220</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H308" s="0">
-        <x:v>13364</x:v>
+        <x:v>13341</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H309" s="0">
-        <x:v>5928</x:v>
+        <x:v>5915</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H310" s="0">
-        <x:v>3947</x:v>
+        <x:v>4083</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H311" s="0">
-        <x:v>48578</x:v>
+        <x:v>48476</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H312" s="0">
-        <x:v>29321</x:v>
+        <x:v>29256</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H313" s="0">
-        <x:v>13368</x:v>
+        <x:v>13346</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H314" s="0">
-        <x:v>6016</x:v>
+        <x:v>6005</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H315" s="0">
-        <x:v>3982</x:v>
+        <x:v>4142</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H316" s="0">
-        <x:v>48705</x:v>
+        <x:v>48607</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H317" s="0">
-        <x:v>29188</x:v>
+        <x:v>29128</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H318" s="0">
-        <x:v>13373</x:v>
+        <x:v>13351</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H319" s="0">
-        <x:v>6083</x:v>
+        <x:v>6076</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H320" s="0">
-        <x:v>4004</x:v>
+        <x:v>4183</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H321" s="0">
-        <x:v>48644</x:v>
+        <x:v>48555</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H322" s="0">
-        <x:v>29192</x:v>
+        <x:v>29140</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H323" s="0">
-        <x:v>23151</x:v>
+        <x:v>23102</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H324" s="0">
-        <x:v>6687</x:v>
+        <x:v>6681</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H325" s="0">
-        <x:v>4038</x:v>
+        <x:v>4217</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H326" s="0">
-        <x:v>59030</x:v>
+        <x:v>58923</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H327" s="0">
-        <x:v>29334</x:v>
+        <x:v>29281</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H328" s="0">
-        <x:v>22857</x:v>
+        <x:v>22808</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H329" s="0">
-        <x:v>6737</x:v>
+        <x:v>6725</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H330" s="0">
-        <x:v>4062</x:v>
+        <x:v>4262</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H331" s="0">
-        <x:v>58928</x:v>
+        <x:v>58814</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H332" s="0">
-        <x:v>29346</x:v>
+        <x:v>29270</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H333" s="0">
-        <x:v>22883</x:v>
+        <x:v>22833</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H334" s="0">
-        <x:v>6808</x:v>
+        <x:v>6794</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H335" s="0">
-        <x:v>4095</x:v>
+        <x:v>4301</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H336" s="0">
-        <x:v>59037</x:v>
+        <x:v>58897</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H337" s="0">
-        <x:v>29475</x:v>
+        <x:v>29382</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H338" s="0">
-        <x:v>22904</x:v>
+        <x:v>22853</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H339" s="0">
-        <x:v>6881</x:v>
+        <x:v>6867</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H340" s="0">
-        <x:v>4154</x:v>
+        <x:v>4343</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H341" s="0">
-        <x:v>59260</x:v>
+        <x:v>59102</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H342" s="0">
-        <x:v>29890</x:v>
+        <x:v>29815</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H343" s="0">
-        <x:v>23544</x:v>
+        <x:v>23490</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H344" s="0">
-        <x:v>6982</x:v>
+        <x:v>6969</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H345" s="0">
-        <x:v>4193</x:v>
+        <x:v>4394</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H346" s="0">
-        <x:v>60416</x:v>
+        <x:v>60274</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H347" s="0">
-        <x:v>29741</x:v>
+        <x:v>29667</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H348" s="0">
-        <x:v>23254</x:v>
+        <x:v>23197</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H349" s="0">
-        <x:v>6583</x:v>
+        <x:v>6570</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H350" s="0">
-        <x:v>4227</x:v>
+        <x:v>4472</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H351" s="0">
-        <x:v>59578</x:v>
+        <x:v>59434</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H352" s="0">
-        <x:v>30049</x:v>
+        <x:v>29961</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H353" s="0">
-        <x:v>23363</x:v>
+        <x:v>23304</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H354" s="0">
-        <x:v>6660</x:v>
+        <x:v>6644</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H355" s="0">
-        <x:v>4270</x:v>
+        <x:v>4514</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H356" s="0">
-        <x:v>60072</x:v>
+        <x:v>59909</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H357" s="0">
-        <x:v>30346</x:v>
+        <x:v>30258</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H358" s="0">
-        <x:v>23493</x:v>
+        <x:v>23440</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H359" s="0">
-        <x:v>6726</x:v>
+        <x:v>6708</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H360" s="0">
-        <x:v>4308</x:v>
+        <x:v>4557</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H361" s="0">
-        <x:v>60565</x:v>
+        <x:v>60406</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H362" s="0">
-        <x:v>30226</x:v>
+        <x:v>30158</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H363" s="0">
-        <x:v>23675</x:v>
+        <x:v>23626</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H364" s="0">
-        <x:v>6798</x:v>
+        <x:v>6784</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H365" s="0">
-        <x:v>4350</x:v>
+        <x:v>4598</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H366" s="0">
-        <x:v>60699</x:v>
+        <x:v>60568</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H367" s="0">
-        <x:v>30056</x:v>
+        <x:v>30000</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H368" s="0">
-        <x:v>24606</x:v>
+        <x:v>24549</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H369" s="0">
-        <x:v>6926</x:v>
+        <x:v>6916</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H370" s="0">
-        <x:v>4402</x:v>
+        <x:v>4653</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H371" s="0">
-        <x:v>61588</x:v>
+        <x:v>61465</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H372" s="0">
-        <x:v>30560</x:v>
+        <x:v>30490</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H373" s="0">
-        <x:v>24506</x:v>
+        <x:v>24452</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H374" s="0">
-        <x:v>6965</x:v>
+        <x:v>6947</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H375" s="0">
-        <x:v>4482</x:v>
+        <x:v>4688</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H376" s="0">
-        <x:v>62031</x:v>
+        <x:v>61889</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H377" s="0">
-        <x:v>30303</x:v>
+        <x:v>30241</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H378" s="0">
-        <x:v>24629</x:v>
+        <x:v>24576</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H379" s="0">
-        <x:v>7025</x:v>
+        <x:v>7011</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H380" s="0">
-        <x:v>4527</x:v>
+        <x:v>4707</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H381" s="0">
-        <x:v>61957</x:v>
+        <x:v>61828</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H382" s="0">
-        <x:v>30049</x:v>
+        <x:v>29982</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H383" s="0">
-        <x:v>24848</x:v>
+        <x:v>24792</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H384" s="0">
-        <x:v>7079</x:v>
+        <x:v>7062</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H385" s="0">
-        <x:v>4571</x:v>
+        <x:v>4730</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H386" s="0">
-        <x:v>61976</x:v>
+        <x:v>61836</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H387" s="0">
-        <x:v>29845</x:v>
+        <x:v>29785</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H388" s="0">
-        <x:v>25452</x:v>
+        <x:v>25399</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H389" s="0">
-        <x:v>7154</x:v>
+        <x:v>7141</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H390" s="0">
-        <x:v>4610</x:v>
+        <x:v>4751</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H391" s="0">
-        <x:v>62451</x:v>
+        <x:v>62325</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H392" s="0">
-        <x:v>29820</x:v>
+        <x:v>29769</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H393" s="0">
-        <x:v>25203</x:v>
+        <x:v>25149</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H394" s="0">
-        <x:v>7233</x:v>
+        <x:v>7218</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H395" s="0">
-        <x:v>4666</x:v>
+        <x:v>4795</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H396" s="0">
-        <x:v>62256</x:v>
+        <x:v>62136</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H397" s="0">
-        <x:v>29623</x:v>
+        <x:v>29540</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H398" s="0">
-        <x:v>25346</x:v>
+        <x:v>25286</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H399" s="0">
-        <x:v>7293</x:v>
+        <x:v>7280</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H400" s="0">
-        <x:v>4703</x:v>
+        <x:v>4843</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H401" s="0">
-        <x:v>62262</x:v>
+        <x:v>62106</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H402" s="0">
-        <x:v>29358</x:v>
+        <x:v>29265</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H403" s="0">
-        <x:v>25476</x:v>
+        <x:v>25412</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H404" s="0">
-        <x:v>7389</x:v>
+        <x:v>7370</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H405" s="0">
-        <x:v>4725</x:v>
+        <x:v>4907</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H406" s="0">
-        <x:v>62223</x:v>
+        <x:v>62047</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H407" s="0">
-        <x:v>29241</x:v>
+        <x:v>29163</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H408" s="0">
-        <x:v>26240</x:v>
+        <x:v>26177</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H409" s="0">
-        <x:v>7536</x:v>
+        <x:v>7521</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H410" s="0">
-        <x:v>4746</x:v>
+        <x:v>4997</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H411" s="0">
-        <x:v>63017</x:v>
+        <x:v>62861</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H412" s="0">
-        <x:v>29168</x:v>
+        <x:v>29090</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H413" s="0">
-        <x:v>25976</x:v>
+        <x:v>25911</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H414" s="0">
-        <x:v>7637</x:v>
+        <x:v>7622</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H415" s="0">
-        <x:v>4764</x:v>
+        <x:v>5065</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H416" s="0">
-        <x:v>62781</x:v>
+        <x:v>62623</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H417" s="0">
-        <x:v>29295</x:v>
+        <x:v>29214</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H418" s="0">
-        <x:v>25984</x:v>
+        <x:v>25920</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H419" s="0">
-        <x:v>7745</x:v>
+        <x:v>7729</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H420" s="0">
-        <x:v>4811</x:v>
+        <x:v>5144</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H421" s="0">
-        <x:v>63024</x:v>
+        <x:v>62863</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H422" s="0">
-        <x:v>29329</x:v>
+        <x:v>29245</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H423" s="0">
-        <x:v>25984</x:v>
+        <x:v>25921</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H424" s="0">
-        <x:v>7847</x:v>
+        <x:v>7833</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H425" s="0">
-        <x:v>4859</x:v>
+        <x:v>5220</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H426" s="0">
-        <x:v>63160</x:v>
+        <x:v>62999</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H427" s="0">
-        <x:v>29422</x:v>
+        <x:v>29341</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H428" s="0">
-        <x:v>25983</x:v>
+        <x:v>25915</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H429" s="0">
-        <x:v>7953</x:v>
+        <x:v>7939</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H430" s="0">
-        <x:v>4925</x:v>
+        <x:v>5305</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H431" s="0">
-        <x:v>63358</x:v>
+        <x:v>63195</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H432" s="0">
-        <x:v>29348</x:v>
+        <x:v>29264</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H433" s="0">
-        <x:v>26525</x:v>
+        <x:v>26457</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H434" s="0">
-        <x:v>8770</x:v>
+        <x:v>8749</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H435" s="0">
-        <x:v>5011</x:v>
+        <x:v>5366</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H436" s="0">
-        <x:v>64643</x:v>
+        <x:v>64470</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H437" s="0">
-        <x:v>29434</x:v>
+        <x:v>29354</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H438" s="0">
-        <x:v>14746</x:v>
+        <x:v>14707</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H439" s="0">
-        <x:v>8868</x:v>
+        <x:v>8852</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H440" s="0">
-        <x:v>5078</x:v>
+        <x:v>5435</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H441" s="0">
-        <x:v>53048</x:v>
+        <x:v>52913</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H442" s="0">
-        <x:v>29019</x:v>
+        <x:v>28940</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H443" s="0">
-        <x:v>14748</x:v>
+        <x:v>14706</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H444" s="0">
-        <x:v>8949</x:v>
+        <x:v>8935</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H445" s="0">
-        <x:v>5158</x:v>
+        <x:v>5497</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H446" s="0">
-        <x:v>52716</x:v>
+        <x:v>52581</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H447" s="0">
-        <x:v>28985</x:v>
+        <x:v>28899</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H448" s="0">
-        <x:v>14763</x:v>
+        <x:v>14724</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H449" s="0">
-        <x:v>9031</x:v>
+        <x:v>9017</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H450" s="0">
-        <x:v>5234</x:v>
+        <x:v>5556</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H451" s="0">
-        <x:v>52779</x:v>
+        <x:v>52640</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H452" s="0">
-        <x:v>28992</x:v>
+        <x:v>28944</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H453" s="0">
-        <x:v>15108</x:v>
+        <x:v>15065</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H454" s="0">
-        <x:v>9147</x:v>
+        <x:v>9134</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H455" s="0">
-        <x:v>5321</x:v>
+        <x:v>5638</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H456" s="0">
-        <x:v>53247</x:v>
+        <x:v>53143</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H457" s="0">
-        <x:v>28977</x:v>
+        <x:v>28894</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H458" s="0">
-        <x:v>14911</x:v>
+        <x:v>14865</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H459" s="0">
-        <x:v>8516</x:v>
+        <x:v>8502</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H460" s="0">
-        <x:v>5383</x:v>
+        <x:v>5686</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H461" s="0">
-        <x:v>52404</x:v>
+        <x:v>52261</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H462" s="0">
-        <x:v>28886</x:v>
+        <x:v>28755</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H463" s="0">
-        <x:v>14914</x:v>
+        <x:v>14869</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H464" s="0">
-        <x:v>8602</x:v>
+        <x:v>8585</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H465" s="0">
-        <x:v>5452</x:v>
+        <x:v>5737</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H466" s="0">
-        <x:v>52402</x:v>
+        <x:v>52209</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H467" s="0">
-        <x:v>28649</x:v>
+        <x:v>28546</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H468" s="0">
-        <x:v>14913</x:v>
+        <x:v>14868</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H469" s="0">
-        <x:v>8690</x:v>
+        <x:v>8675</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H470" s="0">
-        <x:v>5512</x:v>
+        <x:v>5812</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H471" s="0">
-        <x:v>52252</x:v>
+        <x:v>52089</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H472" s="0">
-        <x:v>29051</x:v>
+        <x:v>28957</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H473" s="0">
-        <x:v>14907</x:v>
+        <x:v>14867</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H474" s="0">
-        <x:v>8740</x:v>
+        <x:v>8724</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H475" s="0">
-        <x:v>5571</x:v>
+        <x:v>5862</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H476" s="0">
-        <x:v>52698</x:v>
+        <x:v>52548</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H477" s="0">
@@ -17017,5251 +16112,5251 @@
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H522" s="0">
-        <x:v>28621</x:v>
+        <x:v>28531</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H523" s="0">
-        <x:v>15234</x:v>
+        <x:v>15188</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H524" s="0">
-        <x:v>9319</x:v>
+        <x:v>9309</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H525" s="0">
-        <x:v>6019</x:v>
+        <x:v>6075</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H526" s="0">
-        <x:v>53174</x:v>
+        <x:v>53028</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H527" s="0">
-        <x:v>28201</x:v>
+        <x:v>28115</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H528" s="0">
-        <x:v>15244</x:v>
+        <x:v>15195</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H529" s="0">
-        <x:v>9387</x:v>
+        <x:v>9378</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H530" s="0">
-        <x:v>6038</x:v>
+        <x:v>6119</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H531" s="0">
-        <x:v>52832</x:v>
+        <x:v>52688</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H532" s="0">
-        <x:v>27947</x:v>
+        <x:v>27854</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H533" s="0">
-        <x:v>15247</x:v>
+        <x:v>15199</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H534" s="0">
-        <x:v>9424</x:v>
+        <x:v>9414</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H535" s="0">
-        <x:v>6060</x:v>
+        <x:v>6141</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H536" s="0">
-        <x:v>52618</x:v>
+        <x:v>52467</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H537" s="0">
-        <x:v>27748</x:v>
+        <x:v>27693</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H538" s="0">
-        <x:v>15250</x:v>
+        <x:v>15202</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H539" s="0">
-        <x:v>9454</x:v>
+        <x:v>9443</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H540" s="0">
-        <x:v>6065</x:v>
+        <x:v>6149</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H541" s="0">
-        <x:v>52452</x:v>
+        <x:v>52338</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H542" s="0">
-        <x:v>27580</x:v>
+        <x:v>27499</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H543" s="0">
-        <x:v>15169</x:v>
+        <x:v>15126</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H544" s="0">
-        <x:v>9504</x:v>
+        <x:v>9495</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H545" s="0">
-        <x:v>6075</x:v>
+        <x:v>6159</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H546" s="0">
-        <x:v>52253</x:v>
+        <x:v>52120</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H547" s="0">
-        <x:v>27399</x:v>
+        <x:v>27333</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H548" s="0">
-        <x:v>15180</x:v>
+        <x:v>15137</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H549" s="0">
-        <x:v>9532</x:v>
+        <x:v>9526</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H550" s="0">
-        <x:v>6092</x:v>
+        <x:v>6169</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H551" s="0">
-        <x:v>52111</x:v>
+        <x:v>51996</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H552" s="0">
-        <x:v>27149</x:v>
+        <x:v>27091</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H553" s="0">
-        <x:v>15186</x:v>
+        <x:v>15146</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H554" s="0">
-        <x:v>9545</x:v>
+        <x:v>9536</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H555" s="0">
-        <x:v>6137</x:v>
+        <x:v>6166</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H556" s="0">
-        <x:v>51880</x:v>
+        <x:v>51773</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H557" s="0">
-        <x:v>26895</x:v>
+        <x:v>26814</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H558" s="0">
-        <x:v>15189</x:v>
+        <x:v>15150</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H559" s="0">
-        <x:v>9575</x:v>
+        <x:v>9567</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H560" s="0">
-        <x:v>6158</x:v>
+        <x:v>6180</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H561" s="0">
-        <x:v>51659</x:v>
+        <x:v>51531</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H562" s="0">
-        <x:v>26604</x:v>
+        <x:v>26579</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H563" s="0">
-        <x:v>15517</x:v>
+        <x:v>15475</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H564" s="0">
-        <x:v>9613</x:v>
+        <x:v>9607</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H565" s="0">
-        <x:v>6166</x:v>
+        <x:v>6175</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H566" s="0">
-        <x:v>51734</x:v>
+        <x:v>51661</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H567" s="0">
-        <x:v>26413</x:v>
+        <x:v>26363</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H568" s="0">
-        <x:v>15292</x:v>
+        <x:v>15254</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H569" s="0">
-        <x:v>9612</x:v>
+        <x:v>9606</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H570" s="0">
-        <x:v>6176</x:v>
+        <x:v>6183</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H571" s="0">
-        <x:v>51317</x:v>
+        <x:v>51223</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H572" s="0">
-        <x:v>26367</x:v>
+        <x:v>26294</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H573" s="0">
-        <x:v>15297</x:v>
+        <x:v>15264</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H574" s="0">
-        <x:v>9643</x:v>
+        <x:v>9635</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H575" s="0">
-        <x:v>6184</x:v>
+        <x:v>6198</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H576" s="0">
-        <x:v>51307</x:v>
+        <x:v>51193</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H577" s="0">
-        <x:v>26195</x:v>
+        <x:v>26122</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H578" s="0">
-        <x:v>15321</x:v>
+        <x:v>15285</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H579" s="0">
-        <x:v>9677</x:v>
+        <x:v>9671</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H580" s="0">
-        <x:v>6182</x:v>
+        <x:v>6213</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:8">
       <x:c r="A581" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C581" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D581" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="E581" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F581" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G581" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H581" s="0">
-        <x:v>51193</x:v>
+        <x:v>51078</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:8">
       <x:c r="A582" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B582" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C582" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="D582" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="E582" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F582" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G582" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H582" s="0">
-        <x:v>26000</x:v>
+        <x:v>25939</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:8">
       <x:c r="A583" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C583" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="D583" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="E583" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F583" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H583" s="0">
-        <x:v>24801</x:v>
+        <x:v>24725</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:8">
       <x:c r="A584" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B584" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C584" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="D584" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="E584" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F584" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G584" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H584" s="0">
-        <x:v>10748</x:v>
+        <x:v>10751</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:8">
       <x:c r="A585" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C585" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="D585" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="E585" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F585" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H585" s="0">
-        <x:v>6196</x:v>
+        <x:v>6229</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:8">
       <x:c r="A586" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B586" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C586" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="D586" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="E586" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F586" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G586" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H586" s="0">
-        <x:v>61549</x:v>
+        <x:v>61415</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:8">
       <x:c r="A587" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C587" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D587" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="E587" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F587" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H587" s="0">
-        <x:v>25917</x:v>
+        <x:v>25834</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:8">
       <x:c r="A588" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B588" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C588" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D588" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="E588" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F588" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G588" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H588" s="0">
-        <x:v>24629</x:v>
+        <x:v>24557</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:8">
       <x:c r="A589" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C589" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D589" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="E589" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F589" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H589" s="0">
-        <x:v>10770</x:v>
+        <x:v>10773</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:8">
       <x:c r="A590" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B590" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C590" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D590" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="E590" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F590" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G590" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H590" s="0">
-        <x:v>6191</x:v>
+        <x:v>6227</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:8">
       <x:c r="A591" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C591" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="D591" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="E591" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F591" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H591" s="0">
-        <x:v>61316</x:v>
+        <x:v>61164</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:8">
       <x:c r="A592" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B592" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C592" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D592" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="E592" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F592" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G592" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H592" s="0">
-        <x:v>25829</x:v>
+        <x:v>25757</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:8">
       <x:c r="A593" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C593" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D593" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="E593" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F593" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H593" s="0">
-        <x:v>24653</x:v>
+        <x:v>24582</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:8">
       <x:c r="A594" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B594" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C594" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D594" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="E594" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F594" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G594" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H594" s="0">
-        <x:v>10796</x:v>
+        <x:v>10801</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:8">
       <x:c r="A595" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C595" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D595" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="E595" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F595" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H595" s="0">
-        <x:v>6199</x:v>
+        <x:v>6234</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:8">
       <x:c r="A596" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B596" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C596" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D596" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="E596" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F596" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G596" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H596" s="0">
-        <x:v>61278</x:v>
+        <x:v>61140</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:8">
       <x:c r="A597" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C597" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="D597" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="E597" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F597" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H597" s="0">
-        <x:v>25612</x:v>
+        <x:v>25548</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:8">
       <x:c r="A598" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B598" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C598" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="D598" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="E598" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F598" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G598" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H598" s="0">
-        <x:v>24709</x:v>
+        <x:v>24639</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:8">
       <x:c r="A599" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C599" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="D599" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="E599" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F599" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H599" s="0">
-        <x:v>10819</x:v>
+        <x:v>10823</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:8">
       <x:c r="A600" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B600" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C600" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="D600" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="E600" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F600" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G600" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H600" s="0">
-        <x:v>6215</x:v>
+        <x:v>6242</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:8">
       <x:c r="A601" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C601" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="D601" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="E601" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F601" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H601" s="0">
-        <x:v>61140</x:v>
+        <x:v>61010</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:8">
       <x:c r="A602" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B602" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C602" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D602" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E602" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F602" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G602" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H602" s="0">
-        <x:v>25504</x:v>
+        <x:v>25435</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:8">
       <x:c r="A603" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C603" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D603" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E603" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F603" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H603" s="0">
-        <x:v>24790</x:v>
+        <x:v>24720</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:8">
       <x:c r="A604" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B604" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C604" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D604" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E604" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F604" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G604" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H604" s="0">
-        <x:v>10836</x:v>
+        <x:v>10842</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:8">
       <x:c r="A605" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C605" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D605" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E605" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F605" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H605" s="0">
-        <x:v>6230</x:v>
+        <x:v>6246</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:8">
       <x:c r="A606" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B606" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C606" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="D606" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E606" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F606" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G606" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H606" s="0">
-        <x:v>61130</x:v>
+        <x:v>60997</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:8">
       <x:c r="A607" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C607" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D607" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E607" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F607" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H607" s="0">
-        <x:v>25414</x:v>
+        <x:v>25362</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:8">
       <x:c r="A608" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B608" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C608" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D608" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E608" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F608" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G608" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H608" s="0">
-        <x:v>24818</x:v>
+        <x:v>24755</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:8">
       <x:c r="A609" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C609" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D609" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E609" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F609" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H609" s="0">
-        <x:v>9883</x:v>
+        <x:v>9886</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:8">
       <x:c r="A610" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B610" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C610" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D610" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E610" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F610" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G610" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H610" s="0">
-        <x:v>6245</x:v>
+        <x:v>6249</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:8">
       <x:c r="A611" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C611" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D611" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E611" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F611" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H611" s="0">
-        <x:v>60115</x:v>
+        <x:v>60003</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:8">
       <x:c r="A612" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B612" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C612" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="D612" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="E612" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F612" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G612" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H612" s="0">
-        <x:v>25253</x:v>
+        <x:v>25194</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:8">
       <x:c r="A613" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C613" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="D613" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="E613" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F613" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H613" s="0">
-        <x:v>24920</x:v>
+        <x:v>24858</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:8">
       <x:c r="A614" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B614" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C614" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="D614" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="E614" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F614" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G614" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H614" s="0">
-        <x:v>9903</x:v>
+        <x:v>9906</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:8">
       <x:c r="A615" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C615" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="D615" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="E615" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F615" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H615" s="0">
-        <x:v>6243</x:v>
+        <x:v>6250</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:8">
       <x:c r="A616" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B616" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C616" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="D616" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="E616" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F616" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G616" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H616" s="0">
-        <x:v>60076</x:v>
+        <x:v>59958</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:8">
       <x:c r="A617" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C617" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D617" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="E617" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F617" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H617" s="0">
-        <x:v>25104</x:v>
+        <x:v>25048</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:8">
       <x:c r="A618" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B618" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C618" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D618" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="E618" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F618" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G618" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H618" s="0">
-        <x:v>25031</x:v>
+        <x:v>24969</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:8">
       <x:c r="A619" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C619" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D619" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="E619" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F619" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H619" s="0">
-        <x:v>9916</x:v>
+        <x:v>9919</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:8">
       <x:c r="A620" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B620" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C620" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D620" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="E620" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F620" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G620" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H620" s="0">
-        <x:v>6250</x:v>
+        <x:v>6243</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:8">
       <x:c r="A621" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C621" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="D621" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="E621" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F621" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H621" s="0">
-        <x:v>60051</x:v>
+        <x:v>59936</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:8">
       <x:c r="A622" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B622" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C622" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D622" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E622" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F622" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G622" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H622" s="0">
-        <x:v>24998</x:v>
+        <x:v>24936</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:8">
       <x:c r="A623" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C623" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D623" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E623" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F623" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H623" s="0">
-        <x:v>25135</x:v>
+        <x:v>25073</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:8">
       <x:c r="A624" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B624" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C624" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D624" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E624" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F624" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G624" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H624" s="0">
-        <x:v>9875</x:v>
+        <x:v>9881</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:8">
       <x:c r="A625" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C625" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D625" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E625" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F625" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H625" s="0">
-        <x:v>6259</x:v>
+        <x:v>6197</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:8">
       <x:c r="A626" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B626" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C626" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D626" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E626" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F626" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G626" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H626" s="0">
-        <x:v>60008</x:v>
+        <x:v>59890</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:8">
       <x:c r="A627" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C627" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="D627" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="E627" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F627" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H627" s="0">
-        <x:v>24967</x:v>
+        <x:v>24964</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:8">
       <x:c r="A628" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B628" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C628" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="D628" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="E628" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F628" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G628" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H628" s="0">
-        <x:v>25383</x:v>
+        <x:v>25320</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:8">
       <x:c r="A629" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C629" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="D629" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="E629" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F629" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G629" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H629" s="0">
-        <x:v>9942</x:v>
+        <x:v>9952</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:8">
       <x:c r="A630" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B630" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C630" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="D630" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="E630" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F630" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G630" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H630" s="0">
-        <x:v>6262</x:v>
+        <x:v>6210</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:8">
       <x:c r="A631" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C631" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="D631" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="E631" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F631" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H631" s="0">
-        <x:v>60292</x:v>
+        <x:v>60236</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:8">
       <x:c r="A632" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B632" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C632" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D632" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="E632" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F632" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G632" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H632" s="0">
-        <x:v>24899</x:v>
+        <x:v>24867</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:8">
       <x:c r="A633" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C633" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D633" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="E633" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F633" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H633" s="0">
-        <x:v>25246</x:v>
+        <x:v>25190</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:8">
       <x:c r="A634" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B634" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C634" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D634" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="E634" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F634" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G634" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H634" s="0">
-        <x:v>9955</x:v>
+        <x:v>9961</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:8">
       <x:c r="A635" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C635" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D635" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="E635" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F635" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H635" s="0">
-        <x:v>6266</x:v>
+        <x:v>6219</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:8">
       <x:c r="A636" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B636" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C636" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D636" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="E636" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F636" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G636" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H636" s="0">
-        <x:v>60100</x:v>
+        <x:v>60018</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:8">
       <x:c r="A637" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C637" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="D637" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="E637" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F637" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H637" s="0">
-        <x:v>24718</x:v>
+        <x:v>24661</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:8">
       <x:c r="A638" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B638" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C638" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="D638" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="E638" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F638" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G638" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H638" s="0">
-        <x:v>25352</x:v>
+        <x:v>25302</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:8">
       <x:c r="A639" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C639" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="D639" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="E639" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F639" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H639" s="0">
-        <x:v>9975</x:v>
+        <x:v>9981</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:8">
       <x:c r="A640" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B640" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C640" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="D640" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="E640" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F640" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G640" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H640" s="0">
-        <x:v>6266</x:v>
+        <x:v>6226</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:8">
       <x:c r="A641" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C641" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="D641" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="E641" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F641" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H641" s="0">
-        <x:v>60045</x:v>
+        <x:v>59944</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:8">
       <x:c r="A642" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B642" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C642" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="D642" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="E642" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F642" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G642" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H642" s="0">
-        <x:v>24391</x:v>
+        <x:v>24354</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:8">
       <x:c r="A643" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C643" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="D643" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="E643" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F643" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H643" s="0">
-        <x:v>25471</x:v>
+        <x:v>25421</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:8">
       <x:c r="A644" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B644" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C644" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="D644" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="E644" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F644" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G644" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H644" s="0">
-        <x:v>9971</x:v>
+        <x:v>9984</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:8">
       <x:c r="A645" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C645" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="D645" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="E645" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F645" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H645" s="0">
-        <x:v>6260</x:v>
+        <x:v>6228</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:8">
       <x:c r="A646" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B646" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C646" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="D646" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="E646" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F646" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G646" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H646" s="0">
-        <x:v>59833</x:v>
+        <x:v>59759</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:8">
       <x:c r="A647" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C647" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D647" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="E647" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F647" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H647" s="0">
-        <x:v>24138</x:v>
+        <x:v>24072</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:8">
       <x:c r="A648" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B648" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C648" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D648" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="E648" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F648" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G648" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H648" s="0">
-        <x:v>25685</x:v>
+        <x:v>25637</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:8">
       <x:c r="A649" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C649" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D649" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="E649" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H649" s="0">
-        <x:v>10030</x:v>
+        <x:v>10044</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:8">
       <x:c r="A650" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B650" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C650" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D650" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="E650" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F650" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G650" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H650" s="0">
-        <x:v>6213</x:v>
+        <x:v>6238</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:8">
       <x:c r="A651" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C651" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="D651" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="E651" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F651" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H651" s="0">
-        <x:v>59853</x:v>
+        <x:v>59753</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:8">
       <x:c r="A652" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B652" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C652" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="D652" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="E652" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F652" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G652" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H652" s="0">
-        <x:v>24001</x:v>
+        <x:v>23973</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:8">
       <x:c r="A653" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C653" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="D653" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="E653" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F653" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H653" s="0">
-        <x:v>25448</x:v>
+        <x:v>25407</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:8">
       <x:c r="A654" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B654" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C654" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="D654" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="E654" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F654" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G654" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H654" s="0">
-        <x:v>10014</x:v>
+        <x:v>10031</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:8">
       <x:c r="A655" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C655" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="D655" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="E655" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F655" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H655" s="0">
-        <x:v>6226</x:v>
+        <x:v>6240</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:8">
       <x:c r="A656" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B656" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C656" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="D656" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="E656" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F656" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G656" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H656" s="0">
-        <x:v>59463</x:v>
+        <x:v>59411</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:8">
       <x:c r="A657" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C657" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="D657" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="E657" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F657" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H657" s="0">
-        <x:v>21720</x:v>
+        <x:v>21701</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:8">
       <x:c r="A658" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B658" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C658" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="D658" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="E658" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F658" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G658" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H658" s="0">
-        <x:v>25546</x:v>
+        <x:v>25514</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:8">
       <x:c r="A659" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C659" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="D659" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="E659" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F659" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H659" s="0">
-        <x:v>13613</x:v>
+        <x:v>13626</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:8">
       <x:c r="A660" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B660" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C660" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="D660" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="E660" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F660" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G660" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H660" s="0">
-        <x:v>6235</x:v>
+        <x:v>6224</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:8">
       <x:c r="A661" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C661" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="D661" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="E661" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F661" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H661" s="0">
-        <x:v>60879</x:v>
+        <x:v>60841</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:8">
       <x:c r="A662" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B662" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C662" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D662" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="E662" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F662" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G662" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H662" s="0">
-        <x:v>20718</x:v>
+        <x:v>20705</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:8">
       <x:c r="A663" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C663" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D663" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="E663" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F663" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H663" s="0">
-        <x:v>25623</x:v>
+        <x:v>25588</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:8">
       <x:c r="A664" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B664" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C664" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D664" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="E664" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F664" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G664" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H664" s="0">
-        <x:v>11966</x:v>
+        <x:v>11975</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:8">
       <x:c r="A665" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C665" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D665" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="E665" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F665" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H665" s="0">
-        <x:v>6242</x:v>
+        <x:v>5100</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:8">
       <x:c r="A666" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B666" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C666" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D666" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="E666" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F666" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G666" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H666" s="0">
-        <x:v>58307</x:v>
+        <x:v>58268</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:8">
       <x:c r="A667" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C667" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="D667" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="E667" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F667" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G667" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H667" s="0">
-        <x:v>20369</x:v>
+        <x:v>20368</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:8">
       <x:c r="A668" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B668" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C668" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="D668" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="E668" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F668" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G668" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H668" s="0">
-        <x:v>25711</x:v>
+        <x:v>25676</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:8">
       <x:c r="A669" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C669" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="D669" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="E669" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F669" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G669" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H669" s="0">
-        <x:v>11893</x:v>
+        <x:v>11906</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:8">
       <x:c r="A670" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B670" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C670" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="D670" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="E670" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F670" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G670" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H670" s="0">
-        <x:v>6242</x:v>
+        <x:v>5137</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:8">
       <x:c r="A671" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C671" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="D671" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="E671" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F671" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H671" s="0">
-        <x:v>57973</x:v>
+        <x:v>57950</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:8">
       <x:c r="A672" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B672" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C672" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="D672" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="E672" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F672" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G672" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H672" s="0">
-        <x:v>20264</x:v>
+        <x:v>20271</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:8">
       <x:c r="A673" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C673" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="D673" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="E673" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F673" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G673" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H673" s="0">
-        <x:v>25984</x:v>
+        <x:v>25952</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:8">
       <x:c r="A674" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B674" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C674" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="D674" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="E674" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F674" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G674" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H674" s="0">
-        <x:v>11862</x:v>
+        <x:v>11876</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:8">
       <x:c r="A675" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C675" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="D675" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="E675" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F675" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H675" s="0">
-        <x:v>6253</x:v>
+        <x:v>5177</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:8">
       <x:c r="A676" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B676" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C676" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="D676" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="E676" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F676" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G676" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H676" s="0">
-        <x:v>58110</x:v>
+        <x:v>58099</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:8">
       <x:c r="A677" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C677" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D677" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="E677" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F677" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G677" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H677" s="0">
-        <x:v>20104</x:v>
+        <x:v>20131</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:8">
       <x:c r="A678" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B678" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C678" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D678" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="E678" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F678" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G678" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H678" s="0">
-        <x:v>25798</x:v>
+        <x:v>25773</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:8">
       <x:c r="A679" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C679" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D679" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="E679" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F679" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G679" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H679" s="0">
-        <x:v>11686</x:v>
+        <x:v>11703</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:8">
       <x:c r="A680" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B680" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C680" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D680" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="E680" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F680" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G680" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H680" s="0">
-        <x:v>6253</x:v>
+        <x:v>5193</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:8">
       <x:c r="A681" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C681" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D681" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="E681" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F681" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H681" s="0">
-        <x:v>57588</x:v>
+        <x:v>57607</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:8">
       <x:c r="A682" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B682" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C682" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="D682" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="E682" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F682" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G682" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H682" s="0">
-        <x:v>20111</x:v>
+        <x:v>20104</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:8">
       <x:c r="A683" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B683" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C683" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="D683" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="E683" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F683" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G683" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H683" s="0">
-        <x:v>25819</x:v>
+        <x:v>25791</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:8">
       <x:c r="A684" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B684" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C684" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="D684" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="E684" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F684" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G684" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H684" s="0">
-        <x:v>11582</x:v>
+        <x:v>11600</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:8">
       <x:c r="A685" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C685" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="D685" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="E685" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F685" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H685" s="0">
-        <x:v>6237</x:v>
+        <x:v>5223</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:8">
       <x:c r="A686" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B686" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C686" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="D686" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="E686" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F686" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G686" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H686" s="0">
-        <x:v>57512</x:v>
+        <x:v>57495</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:8">
       <x:c r="A687" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C687" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="D687" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="E687" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F687" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H687" s="0">
-        <x:v>20017</x:v>
+        <x:v>20034</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:8">
       <x:c r="A688" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B688" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C688" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="D688" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="E688" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F688" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G688" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H688" s="0">
-        <x:v>25832</x:v>
+        <x:v>25797</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:8">
       <x:c r="A689" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C689" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="D689" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="E689" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F689" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H689" s="0">
-        <x:v>11556</x:v>
+        <x:v>11576</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:8">
       <x:c r="A690" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B690" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C690" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="D690" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="E690" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F690" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G690" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H690" s="0">
-        <x:v>5113</x:v>
+        <x:v>5267</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:8">
       <x:c r="A691" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C691" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="D691" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="E691" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F691" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H691" s="0">
-        <x:v>57405</x:v>
+        <x:v>57407</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:8">
       <x:c r="A692" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B692" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C692" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D692" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="E692" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F692" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G692" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H692" s="0">
-        <x:v>19987</x:v>
+        <x:v>19975</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:8">
       <x:c r="A693" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C693" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D693" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="E693" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F693" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H693" s="0">
-        <x:v>25983</x:v>
+        <x:v>25953</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:8">
       <x:c r="A694" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B694" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C694" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D694" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="E694" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F694" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G694" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H694" s="0">
-        <x:v>12420</x:v>
+        <x:v>12461</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:8">
       <x:c r="A695" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C695" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D695" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="E695" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F695" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G695" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H695" s="0">
-        <x:v>5150</x:v>
+        <x:v>5321</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:8">
       <x:c r="A696" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B696" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C696" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="D696" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="E696" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F696" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G696" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H696" s="0">
-        <x:v>58390</x:v>
+        <x:v>58389</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:8">
       <x:c r="A697" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C697" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="D697" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="E697" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F697" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H697" s="0">
-        <x:v>20084</x:v>
+        <x:v>20037</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:8">
       <x:c r="A698" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B698" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C698" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="D698" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="E698" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F698" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G698" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H698" s="0">
-        <x:v>15002</x:v>
+        <x:v>15016</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:8">
       <x:c r="A699" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C699" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="D699" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="E699" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F699" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G699" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H699" s="0">
-        <x:v>12384</x:v>
+        <x:v>12427</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:8">
       <x:c r="A700" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B700" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C700" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="D700" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="E700" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F700" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G700" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H700" s="0">
-        <x:v>5189</x:v>
+        <x:v>5350</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:8">
       <x:c r="A701" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C701" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="D701" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="E701" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F701" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H701" s="0">
-        <x:v>47470</x:v>
+        <x:v>47480</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:8">
       <x:c r="A702" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B702" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C702" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="D702" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E702" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F702" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G702" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H702" s="0">
-        <x:v>19974</x:v>
+        <x:v>19945</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:8">
       <x:c r="A703" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C703" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="D703" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E703" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F703" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G703" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H703" s="0">
-        <x:v>15021</x:v>
+        <x:v>15030</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:8">
       <x:c r="A704" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B704" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C704" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="D704" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E704" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F704" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G704" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H704" s="0">
-        <x:v>12319</x:v>
+        <x:v>12364</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:8">
       <x:c r="A705" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C705" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="D705" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E705" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F705" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G705" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H705" s="0">
-        <x:v>5205</x:v>
+        <x:v>5382</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:8">
       <x:c r="A706" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B706" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C706" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="D706" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E706" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F706" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G706" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H706" s="0">
-        <x:v>47314</x:v>
+        <x:v>47339</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:8">
       <x:c r="A707" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C707" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D707" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="E707" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F707" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G707" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H707" s="0">
-        <x:v>20006</x:v>
+        <x:v>19987</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:8">
       <x:c r="A708" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B708" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C708" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D708" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="E708" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F708" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G708" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H708" s="0">
-        <x:v>15024</x:v>
+        <x:v>15031</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:8">
       <x:c r="A709" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C709" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D709" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="E709" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F709" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H709" s="0">
-        <x:v>12209</x:v>
+        <x:v>12253</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:8">
       <x:c r="A710" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B710" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C710" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D710" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="E710" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F710" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G710" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H710" s="0">
-        <x:v>5235</x:v>
+        <x:v>5404</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:8">
       <x:c r="A711" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C711" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="D711" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="E711" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F711" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H711" s="0">
-        <x:v>47239</x:v>
+        <x:v>47271</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:8">
       <x:c r="A712" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B712" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C712" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D712" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E712" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F712" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G712" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H712" s="0">
-        <x:v>20677</x:v>
+        <x:v>20659</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:8">
       <x:c r="A713" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C713" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D713" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E713" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F713" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G713" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H713" s="0">
-        <x:v>15134</x:v>
+        <x:v>15141</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:8">
       <x:c r="A714" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B714" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C714" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D714" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E714" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F714" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G714" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H714" s="0">
-        <x:v>12162</x:v>
+        <x:v>12219</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:8">
       <x:c r="A715" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C715" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D715" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E715" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F715" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G715" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H715" s="0">
-        <x:v>5278</x:v>
+        <x:v>5442</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:8">
       <x:c r="A716" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B716" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C716" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D716" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E716" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F716" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G716" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H716" s="0">
-        <x:v>47973</x:v>
+        <x:v>48019</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:8">
       <x:c r="A717" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C717" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="D717" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="E717" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F717" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H717" s="0">
-        <x:v>20335</x:v>
+        <x:v>20337</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:8">
       <x:c r="A718" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B718" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C718" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="D718" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="E718" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F718" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G718" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H718" s="0">
-        <x:v>15016</x:v>
+        <x:v>15022</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:8">
       <x:c r="A719" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C719" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="D719" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="E719" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F719" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H719" s="0">
-        <x:v>10548</x:v>
+        <x:v>10607</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:8">
       <x:c r="A720" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B720" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C720" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="D720" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="E720" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F720" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G720" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H720" s="0">
-        <x:v>5331</x:v>
+        <x:v>5484</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:8">
       <x:c r="A721" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C721" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="D721" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="E721" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F721" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H721" s="0">
-        <x:v>45899</x:v>
+        <x:v>45966</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:8">
       <x:c r="A722" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B722" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C722" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D722" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="E722" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F722" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G722" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H722" s="0">
-        <x:v>20261</x:v>
+        <x:v>20240</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:8">
       <x:c r="A723" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C723" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D723" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="E723" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F723" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H723" s="0">
@@ -22269,363 +21364,363 @@
       </x:c>
     </x:row>
     <x:row r="724" spans="1:8">
       <x:c r="A724" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B724" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C724" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D724" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="E724" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F724" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G724" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H724" s="0">
-        <x:v>10514</x:v>
+        <x:v>10577</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:8">
       <x:c r="A725" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C725" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D725" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="E725" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F725" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H725" s="0">
-        <x:v>5360</x:v>
+        <x:v>5512</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:8">
       <x:c r="A726" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B726" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C726" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="D726" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="E726" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F726" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G726" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H726" s="0">
-        <x:v>45805</x:v>
+        <x:v>45847</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:8">
       <x:c r="A727" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C727" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="D727" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="E727" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F727" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H727" s="0">
-        <x:v>19414</x:v>
+        <x:v>18811</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:8">
       <x:c r="A728" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B728" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C728" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="D728" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="E728" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F728" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G728" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H728" s="0">
-        <x:v>15049</x:v>
+        <x:v>15043</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:8">
       <x:c r="A729" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C729" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="D729" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="E729" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F729" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H729" s="0">
-        <x:v>10250</x:v>
+        <x:v>10312</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:8">
       <x:c r="A730" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B730" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C730" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="D730" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="E730" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F730" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G730" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H730" s="0">
-        <x:v>5393</x:v>
+        <x:v>5383</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:8">
       <x:c r="A731" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C731" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="D731" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="E731" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F731" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G731" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H731" s="0">
-        <x:v>44713</x:v>
+        <x:v>44166</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:8">
       <x:c r="A732" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B732" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C732" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="D732" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="E732" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F732" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G732" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H732" s="0">
-        <x:v>19371</x:v>
+        <x:v>18770</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:8">
       <x:c r="A733" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C733" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="D733" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="E733" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F733" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H733" s="0">
-        <x:v>15042</x:v>
+        <x:v>15029</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:8">
       <x:c r="A734" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B734" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C734" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="D734" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="E734" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F734" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G734" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H734" s="0">
-        <x:v>8969</x:v>
+        <x:v>9036</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:8">
       <x:c r="A735" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C735" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="D735" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="E735" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F735" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H735" s="0">
-        <x:v>5418</x:v>
+        <x:v>5395</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:8">
       <x:c r="A736" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B736" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C736" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="D736" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="E736" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F736" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G736" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H736" s="0">
-        <x:v>43382</x:v>
+        <x:v>42835</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:8">
       <x:c r="A737" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C737" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="D737" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="E737" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F737" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G737" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H737" s="0">
@@ -23777,1860 +22872,4720 @@
       </x:c>
     </x:row>
     <x:row r="782" spans="1:8">
       <x:c r="A782" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B782" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C782" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="D782" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="E782" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F782" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G782" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H782" s="0">
-        <x:v>20529</x:v>
+        <x:v>20477</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:8">
       <x:c r="A783" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B783" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C783" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="D783" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="E783" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F783" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G783" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H783" s="0">
-        <x:v>15319</x:v>
+        <x:v>15312</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:8">
       <x:c r="A784" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B784" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C784" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="D784" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="E784" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F784" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G784" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H784" s="0">
-        <x:v>10866</x:v>
+        <x:v>11045</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:8">
       <x:c r="A785" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B785" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C785" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="D785" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="E785" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F785" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G785" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H785" s="0">
-        <x:v>5548</x:v>
+        <x:v>5652</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:8">
       <x:c r="A786" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B786" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C786" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="D786" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="E786" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F786" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G786" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H786" s="0">
-        <x:v>46714</x:v>
+        <x:v>46834</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:8">
       <x:c r="A787" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B787" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C787" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="D787" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="E787" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F787" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G787" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H787" s="0">
-        <x:v>20274</x:v>
+        <x:v>20254</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:8">
       <x:c r="A788" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B788" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C788" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="D788" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="E788" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F788" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G788" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H788" s="0">
-        <x:v>15332</x:v>
+        <x:v>15241</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:8">
       <x:c r="A789" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B789" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C789" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="D789" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="E789" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F789" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G789" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H789" s="0">
-        <x:v>10835</x:v>
+        <x:v>11012</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:8">
       <x:c r="A790" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B790" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C790" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="D790" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="E790" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F790" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G790" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H790" s="0">
-        <x:v>5570</x:v>
+        <x:v>5644</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:8">
       <x:c r="A791" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B791" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C791" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="D791" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="E791" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F791" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G791" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H791" s="0">
-        <x:v>46441</x:v>
+        <x:v>46507</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:8">
       <x:c r="A792" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B792" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C792" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="D792" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="E792" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F792" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G792" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H792" s="0">
-        <x:v>20048</x:v>
+        <x:v>19996</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:8">
       <x:c r="A793" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B793" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C793" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="D793" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="E793" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F793" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G793" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H793" s="0">
-        <x:v>15397</x:v>
+        <x:v>15351</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:8">
       <x:c r="A794" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B794" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C794" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="D794" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="E794" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F794" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G794" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H794" s="0">
-        <x:v>10812</x:v>
+        <x:v>10975</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:8">
       <x:c r="A795" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B795" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C795" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="D795" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="E795" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F795" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G795" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H795" s="0">
-        <x:v>5611</x:v>
+        <x:v>5640</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:8">
       <x:c r="A796" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B796" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C796" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="D796" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="E796" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F796" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G796" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H796" s="0">
-        <x:v>46257</x:v>
+        <x:v>46322</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:8">
       <x:c r="A797" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B797" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C797" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="D797" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="E797" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F797" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G797" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H797" s="0">
-        <x:v>19983</x:v>
+        <x:v>19946</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:8">
       <x:c r="A798" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B798" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C798" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="D798" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="E798" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F798" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G798" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H798" s="0">
-        <x:v>15408</x:v>
+        <x:v>15362</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:8">
       <x:c r="A799" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B799" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C799" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="D799" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="E799" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F799" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G799" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H799" s="0">
-        <x:v>10792</x:v>
+        <x:v>10964</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:8">
       <x:c r="A800" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B800" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C800" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="D800" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="E800" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F800" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G800" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H800" s="0">
-        <x:v>5627</x:v>
+        <x:v>5634</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:8">
       <x:c r="A801" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B801" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C801" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="D801" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="E801" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F801" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G801" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H801" s="0">
-        <x:v>46183</x:v>
+        <x:v>46272</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:8">
       <x:c r="A802" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B802" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C802" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D802" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="E802" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F802" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G802" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H802" s="0">
-        <x:v>19847</x:v>
+        <x:v>19820</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:8">
       <x:c r="A803" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B803" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C803" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D803" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="E803" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F803" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G803" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H803" s="0">
-        <x:v>15420</x:v>
+        <x:v>15432</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:8">
       <x:c r="A804" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B804" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C804" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D804" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="E804" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F804" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G804" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H804" s="0">
-        <x:v>10800</x:v>
+        <x:v>11002</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:8">
       <x:c r="A805" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B805" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C805" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D805" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="E805" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F805" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G805" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H805" s="0">
-        <x:v>5651</x:v>
+        <x:v>5653</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:8">
       <x:c r="A806" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B806" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C806" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="D806" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="E806" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F806" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G806" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H806" s="0">
-        <x:v>46067</x:v>
+        <x:v>46254</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:8">
       <x:c r="A807" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B807" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C807" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="D807" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="E807" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F807" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G807" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H807" s="0">
-        <x:v>19732</x:v>
+        <x:v>19705</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:8">
       <x:c r="A808" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B808" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C808" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="D808" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="E808" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F808" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G808" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H808" s="0">
-        <x:v>15298</x:v>
+        <x:v>15232</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:8">
       <x:c r="A809" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B809" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C809" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="D809" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="E809" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F809" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G809" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H809" s="0">
-        <x:v>10770</x:v>
+        <x:v>10987</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:8">
       <x:c r="A810" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B810" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C810" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="D810" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="E810" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F810" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G810" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H810" s="0">
-        <x:v>5667</x:v>
+        <x:v>5655</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:8">
       <x:c r="A811" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B811" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C811" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="D811" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="E811" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F811" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G811" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H811" s="0">
-        <x:v>45800</x:v>
+        <x:v>45924</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:8">
       <x:c r="A812" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B812" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C812" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D812" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="E812" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F812" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G812" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H812" s="0">
-        <x:v>19577</x:v>
+        <x:v>19567</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:8">
       <x:c r="A813" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B813" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C813" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D813" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="E813" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F813" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G813" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H813" s="0">
-        <x:v>15360</x:v>
+        <x:v>15342</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:8">
       <x:c r="A814" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B814" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C814" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D814" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="E814" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F814" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G814" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H814" s="0">
-        <x:v>10751</x:v>
+        <x:v>10961</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:8">
       <x:c r="A815" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B815" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C815" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D815" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="E815" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F815" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G815" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H815" s="0">
-        <x:v>5668</x:v>
+        <x:v>5660</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:8">
       <x:c r="A816" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B816" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C816" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D816" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="E816" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F816" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G816" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H816" s="0">
-        <x:v>45688</x:v>
+        <x:v>45870</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:8">
       <x:c r="A817" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B817" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C817" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="D817" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="E817" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F817" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G817" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H817" s="0">
-        <x:v>19472</x:v>
+        <x:v>19449</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:8">
       <x:c r="A818" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B818" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C818" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="D818" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="E818" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F818" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G818" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H818" s="0">
-        <x:v>15294</x:v>
+        <x:v>15333</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:8">
       <x:c r="A819" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B819" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C819" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="D819" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="E819" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F819" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G819" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H819" s="0">
-        <x:v>10722</x:v>
+        <x:v>10947</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:8">
       <x:c r="A820" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B820" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C820" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="D820" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="E820" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F820" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G820" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H820" s="0">
-        <x:v>5673</x:v>
+        <x:v>5674</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:8">
       <x:c r="A821" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B821" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C821" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="D821" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="E821" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F821" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G821" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H821" s="0">
-        <x:v>45488</x:v>
+        <x:v>45729</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:8">
       <x:c r="A822" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B822" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C822" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="D822" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="E822" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F822" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G822" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H822" s="0">
-        <x:v>19356</x:v>
+        <x:v>19401</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:8">
       <x:c r="A823" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B823" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C823" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="D823" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="E823" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F823" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G823" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H823" s="0">
-        <x:v>15361</x:v>
+        <x:v>15332</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:8">
       <x:c r="A824" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B824" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C824" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="D824" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="E824" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F824" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G824" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H824" s="0">
-        <x:v>10758</x:v>
+        <x:v>11029</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:8">
       <x:c r="A825" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B825" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C825" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="D825" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="E825" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F825" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G825" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H825" s="0">
-        <x:v>5669</x:v>
+        <x:v>5701</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:8">
       <x:c r="A826" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B826" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C826" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="D826" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="E826" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F826" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G826" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H826" s="0">
-        <x:v>45475</x:v>
+        <x:v>45762</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:8">
       <x:c r="A827" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B827" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C827" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D827" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="E827" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F827" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G827" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H827" s="0">
-        <x:v>19145</x:v>
+        <x:v>19172</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:8">
       <x:c r="A828" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B828" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C828" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D828" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="E828" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F828" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G828" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H828" s="0">
-        <x:v>15287</x:v>
+        <x:v>15325</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:8">
       <x:c r="A829" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B829" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C829" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D829" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="E829" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F829" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G829" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H829" s="0">
-        <x:v>10727</x:v>
+        <x:v>10992</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:8">
       <x:c r="A830" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B830" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C830" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D830" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="E830" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F830" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G830" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H830" s="0">
-        <x:v>5693</x:v>
+        <x:v>5700</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:8">
       <x:c r="A831" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B831" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C831" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="D831" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="E831" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F831" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G831" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H831" s="0">
-        <x:v>45159</x:v>
+        <x:v>45489</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:8">
       <x:c r="A832" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B832" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C832" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D832" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="E832" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F832" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G832" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H832" s="0">
-        <x:v>18983</x:v>
+        <x:v>19138</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:8">
       <x:c r="A833" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B833" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C833" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D833" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="E833" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F833" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G833" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H833" s="0">
-        <x:v>15283</x:v>
+        <x:v>15338</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:8">
       <x:c r="A834" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B834" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C834" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D834" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="E834" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F834" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G834" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H834" s="0">
-        <x:v>10725</x:v>
+        <x:v>11017</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:8">
       <x:c r="A835" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B835" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C835" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D835" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="E835" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F835" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G835" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H835" s="0">
-        <x:v>5691</x:v>
+        <x:v>5713</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:8">
       <x:c r="A836" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B836" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C836" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="D836" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="E836" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F836" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G836" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H836" s="0">
-        <x:v>44991</x:v>
+        <x:v>45493</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:8">
       <x:c r="A837" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B837" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C837" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="D837" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="E837" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F837" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G837" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H837" s="0">
-        <x:v>18748</x:v>
+        <x:v>19014</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:8">
       <x:c r="A838" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B838" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C838" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="D838" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="E838" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F838" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G838" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H838" s="0">
-        <x:v>15221</x:v>
+        <x:v>15335</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:8">
       <x:c r="A839" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B839" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C839" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="D839" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="E839" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F839" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G839" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H839" s="0">
-        <x:v>10655</x:v>
+        <x:v>10970</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:8">
       <x:c r="A840" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B840" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C840" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="D840" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="E840" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F840" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G840" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H840" s="0">
-        <x:v>5703</x:v>
+        <x:v>5685</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:8">
       <x:c r="A841" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B841" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C841" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="D841" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="E841" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F841" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G841" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H841" s="0">
-        <x:v>44624</x:v>
+        <x:v>45319</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:8">
       <x:c r="A842" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B842" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C842" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="D842" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="E842" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F842" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G842" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H842" s="0">
-        <x:v>18395</x:v>
+        <x:v>19072</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:8">
       <x:c r="A843" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B843" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C843" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="D843" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="E843" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F843" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G843" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H843" s="0">
-        <x:v>15196</x:v>
+        <x:v>15835</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:8">
       <x:c r="A844" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B844" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C844" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="D844" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="E844" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F844" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G844" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H844" s="0">
-        <x:v>10986</x:v>
+        <x:v>12042</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:8">
       <x:c r="A845" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B845" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C845" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="D845" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="E845" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F845" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G845" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H845" s="0">
-        <x:v>5714</x:v>
+        <x:v>5708</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:8">
       <x:c r="A846" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B846" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C846" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="D846" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="E846" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F846" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G846" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H846" s="0">
-        <x:v>44577</x:v>
+        <x:v>46949</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:8">
       <x:c r="A847" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B847" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C847" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="D847" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="E847" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F847" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G847" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H847" s="0">
-        <x:v>16145</x:v>
+        <x:v>19309</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:8">
       <x:c r="A848" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B848" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C848" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="D848" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="E848" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F848" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G848" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H848" s="0">
-        <x:v>14995</x:v>
+        <x:v>23160</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:8">
       <x:c r="A849" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B849" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C849" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="D849" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="E849" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F849" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G849" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H849" s="0">
-        <x:v>10311</x:v>
+        <x:v>11990</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:8">
       <x:c r="A850" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B850" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C850" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="D850" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="E850" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F850" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G850" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H850" s="0">
-        <x:v>5734</x:v>
+        <x:v>5718</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:8">
       <x:c r="A851" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B851" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C851" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="D851" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="E851" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F851" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G851" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H851" s="0">
-        <x:v>41451</x:v>
+        <x:v>54459</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="852" spans="1:8">
+      <x:c r="A852" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B852" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C852" s="0" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D852" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E852" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F852" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G852" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H852" s="0">
+        <x:v>19371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="853" spans="1:8">
+      <x:c r="A853" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B853" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C853" s="0" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D853" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E853" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F853" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G853" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H853" s="0">
+        <x:v>23211</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="854" spans="1:8">
+      <x:c r="A854" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B854" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C854" s="0" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D854" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E854" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F854" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G854" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H854" s="0">
+        <x:v>11986</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="855" spans="1:8">
+      <x:c r="A855" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B855" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C855" s="0" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D855" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E855" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F855" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G855" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H855" s="0">
+        <x:v>5706</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="856" spans="1:8">
+      <x:c r="A856" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B856" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C856" s="0" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D856" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E856" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F856" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G856" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H856" s="0">
+        <x:v>54568</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="857" spans="1:8">
+      <x:c r="A857" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B857" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C857" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="D857" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="E857" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F857" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G857" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H857" s="0">
+        <x:v>19426</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="858" spans="1:8">
+      <x:c r="A858" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B858" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C858" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="D858" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="E858" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F858" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G858" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H858" s="0">
+        <x:v>23272</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="859" spans="1:8">
+      <x:c r="A859" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B859" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C859" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="D859" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="E859" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F859" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G859" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H859" s="0">
+        <x:v>11973</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="860" spans="1:8">
+      <x:c r="A860" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B860" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C860" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="D860" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="E860" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F860" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G860" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H860" s="0">
+        <x:v>5716</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="861" spans="1:8">
+      <x:c r="A861" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B861" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C861" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="D861" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="E861" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F861" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G861" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H861" s="0">
+        <x:v>54671</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="862" spans="1:8">
+      <x:c r="A862" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B862" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C862" s="0" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D862" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="E862" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F862" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G862" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H862" s="0">
+        <x:v>19670</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="863" spans="1:8">
+      <x:c r="A863" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B863" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C863" s="0" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D863" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="E863" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F863" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G863" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H863" s="0">
+        <x:v>23357</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="864" spans="1:8">
+      <x:c r="A864" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B864" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C864" s="0" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D864" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="E864" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F864" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G864" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H864" s="0">
+        <x:v>11897</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="865" spans="1:8">
+      <x:c r="A865" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B865" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C865" s="0" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D865" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="E865" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F865" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G865" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H865" s="0">
+        <x:v>5730</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="866" spans="1:8">
+      <x:c r="A866" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B866" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C866" s="0" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D866" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="E866" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F866" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G866" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H866" s="0">
+        <x:v>54924</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="867" spans="1:8">
+      <x:c r="A867" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B867" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C867" s="0" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D867" s="0" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E867" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F867" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G867" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H867" s="0">
+        <x:v>19813</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="868" spans="1:8">
+      <x:c r="A868" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B868" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C868" s="0" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D868" s="0" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E868" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F868" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G868" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H868" s="0">
+        <x:v>23586</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="869" spans="1:8">
+      <x:c r="A869" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B869" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C869" s="0" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D869" s="0" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E869" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F869" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G869" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H869" s="0">
+        <x:v>11889</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="870" spans="1:8">
+      <x:c r="A870" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B870" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C870" s="0" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D870" s="0" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E870" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F870" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G870" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H870" s="0">
+        <x:v>5748</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="871" spans="1:8">
+      <x:c r="A871" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B871" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C871" s="0" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D871" s="0" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E871" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F871" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G871" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H871" s="0">
+        <x:v>55288</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="872" spans="1:8">
+      <x:c r="A872" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B872" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C872" s="0" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="D872" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="E872" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F872" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G872" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H872" s="0">
+        <x:v>19859</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="873" spans="1:8">
+      <x:c r="A873" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B873" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C873" s="0" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="D873" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="E873" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F873" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G873" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H873" s="0">
+        <x:v>23533</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="874" spans="1:8">
+      <x:c r="A874" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B874" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C874" s="0" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="D874" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="E874" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F874" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G874" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H874" s="0">
+        <x:v>10698</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="875" spans="1:8">
+      <x:c r="A875" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B875" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C875" s="0" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="D875" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="E875" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F875" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G875" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H875" s="0">
+        <x:v>5750</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="876" spans="1:8">
+      <x:c r="A876" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B876" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C876" s="0" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="D876" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="E876" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F876" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G876" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H876" s="0">
+        <x:v>54090</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="877" spans="1:8">
+      <x:c r="A877" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B877" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C877" s="0" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D877" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E877" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F877" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G877" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H877" s="0">
+        <x:v>19887</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="878" spans="1:8">
+      <x:c r="A878" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B878" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C878" s="0" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D878" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E878" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F878" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G878" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H878" s="0">
+        <x:v>23621</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="879" spans="1:8">
+      <x:c r="A879" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B879" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C879" s="0" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D879" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E879" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F879" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G879" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H879" s="0">
+        <x:v>10670</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="880" spans="1:8">
+      <x:c r="A880" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B880" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C880" s="0" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D880" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E880" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F880" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G880" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H880" s="0">
+        <x:v>5752</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="881" spans="1:8">
+      <x:c r="A881" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B881" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C881" s="0" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D881" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E881" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F881" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G881" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H881" s="0">
+        <x:v>54178</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="882" spans="1:8">
+      <x:c r="A882" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B882" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C882" s="0" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D882" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="E882" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F882" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G882" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H882" s="0">
+        <x:v>19991</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="883" spans="1:8">
+      <x:c r="A883" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B883" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C883" s="0" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D883" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="E883" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F883" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G883" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H883" s="0">
+        <x:v>23706</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="884" spans="1:8">
+      <x:c r="A884" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B884" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C884" s="0" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D884" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="E884" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F884" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G884" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H884" s="0">
+        <x:v>10657</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="885" spans="1:8">
+      <x:c r="A885" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B885" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C885" s="0" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D885" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="E885" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F885" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G885" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H885" s="0">
+        <x:v>5758</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="886" spans="1:8">
+      <x:c r="A886" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B886" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C886" s="0" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="D886" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="E886" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F886" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G886" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H886" s="0">
+        <x:v>54354</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="887" spans="1:8">
+      <x:c r="A887" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B887" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C887" s="0" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D887" s="0" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="E887" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F887" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G887" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H887" s="0">
+        <x:v>20094</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="888" spans="1:8">
+      <x:c r="A888" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B888" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C888" s="0" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D888" s="0" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="E888" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F888" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G888" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H888" s="0">
+        <x:v>24039</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="889" spans="1:8">
+      <x:c r="A889" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B889" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C889" s="0" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D889" s="0" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="E889" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F889" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G889" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H889" s="0">
+        <x:v>10685</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="890" spans="1:8">
+      <x:c r="A890" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B890" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C890" s="0" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D890" s="0" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="E890" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F890" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G890" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H890" s="0">
+        <x:v>5784</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="891" spans="1:8">
+      <x:c r="A891" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B891" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C891" s="0" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D891" s="0" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="E891" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F891" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G891" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H891" s="0">
+        <x:v>54818</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="892" spans="1:8">
+      <x:c r="A892" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B892" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C892" s="0" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D892" s="0" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E892" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F892" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G892" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H892" s="0">
+        <x:v>19980</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="893" spans="1:8">
+      <x:c r="A893" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B893" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C893" s="0" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D893" s="0" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E893" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F893" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G893" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H893" s="0">
+        <x:v>24163</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="894" spans="1:8">
+      <x:c r="A894" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B894" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C894" s="0" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D894" s="0" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E894" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F894" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G894" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H894" s="0">
+        <x:v>10674</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="895" spans="1:8">
+      <x:c r="A895" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B895" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C895" s="0" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D895" s="0" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E895" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F895" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G895" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H895" s="0">
+        <x:v>5824</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="896" spans="1:8">
+      <x:c r="A896" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B896" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C896" s="0" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D896" s="0" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E896" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F896" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G896" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H896" s="0">
+        <x:v>54817</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="897" spans="1:8">
+      <x:c r="A897" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B897" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C897" s="0" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="D897" s="0" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="E897" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F897" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G897" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H897" s="0">
+        <x:v>20096</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="898" spans="1:8">
+      <x:c r="A898" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B898" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C898" s="0" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="D898" s="0" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="E898" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F898" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G898" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H898" s="0">
+        <x:v>24342</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="899" spans="1:8">
+      <x:c r="A899" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B899" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C899" s="0" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="D899" s="0" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="E899" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F899" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G899" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H899" s="0">
+        <x:v>10685</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="900" spans="1:8">
+      <x:c r="A900" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B900" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C900" s="0" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="D900" s="0" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="E900" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F900" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G900" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H900" s="0">
+        <x:v>5854</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="901" spans="1:8">
+      <x:c r="A901" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B901" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C901" s="0" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="D901" s="0" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="E901" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F901" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G901" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H901" s="0">
+        <x:v>55123</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="902" spans="1:8">
+      <x:c r="A902" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B902" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C902" s="0" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D902" s="0" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E902" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F902" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G902" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H902" s="0">
+        <x:v>20145</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="903" spans="1:8">
+      <x:c r="A903" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B903" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C903" s="0" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D903" s="0" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E903" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F903" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G903" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H903" s="0">
+        <x:v>24491</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="904" spans="1:8">
+      <x:c r="A904" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B904" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C904" s="0" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D904" s="0" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E904" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F904" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G904" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H904" s="0">
+        <x:v>10619</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="905" spans="1:8">
+      <x:c r="A905" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B905" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C905" s="0" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D905" s="0" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E905" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F905" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G905" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H905" s="0">
+        <x:v>5851</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="906" spans="1:8">
+      <x:c r="A906" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B906" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C906" s="0" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="D906" s="0" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="E906" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F906" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G906" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H906" s="0">
+        <x:v>55255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="907" spans="1:8">
+      <x:c r="A907" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B907" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C907" s="0" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D907" s="0" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E907" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F907" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G907" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H907" s="0">
+        <x:v>20122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="908" spans="1:8">
+      <x:c r="A908" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B908" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C908" s="0" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D908" s="0" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E908" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F908" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G908" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H908" s="0">
+        <x:v>24655</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="909" spans="1:8">
+      <x:c r="A909" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B909" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C909" s="0" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D909" s="0" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E909" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F909" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G909" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H909" s="0">
+        <x:v>10591</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="910" spans="1:8">
+      <x:c r="A910" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B910" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C910" s="0" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D910" s="0" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E910" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F910" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G910" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H910" s="0">
+        <x:v>5874</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="911" spans="1:8">
+      <x:c r="A911" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B911" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C911" s="0" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D911" s="0" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="E911" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F911" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G911" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H911" s="0">
+        <x:v>55368</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="912" spans="1:8">
+      <x:c r="A912" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B912" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C912" s="0" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="D912" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E912" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F912" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G912" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H912" s="0">
+        <x:v>20186</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="913" spans="1:8">
+      <x:c r="A913" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B913" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C913" s="0" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="D913" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E913" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F913" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G913" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H913" s="0">
+        <x:v>24720</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="914" spans="1:8">
+      <x:c r="A914" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B914" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C914" s="0" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="D914" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E914" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F914" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G914" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H914" s="0">
+        <x:v>10534</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="915" spans="1:8">
+      <x:c r="A915" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B915" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C915" s="0" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="D915" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E915" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F915" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G915" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H915" s="0">
+        <x:v>5902</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="916" spans="1:8">
+      <x:c r="A916" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B916" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C916" s="0" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="D916" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E916" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F916" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G916" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H916" s="0">
+        <x:v>55440</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="917" spans="1:8">
+      <x:c r="A917" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B917" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C917" s="0" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D917" s="0" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="E917" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F917" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G917" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H917" s="0">
+        <x:v>20151</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="918" spans="1:8">
+      <x:c r="A918" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B918" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C918" s="0" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D918" s="0" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="E918" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F918" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G918" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H918" s="0">
+        <x:v>24800</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="919" spans="1:8">
+      <x:c r="A919" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B919" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C919" s="0" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D919" s="0" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="E919" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F919" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G919" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H919" s="0">
+        <x:v>10431</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="920" spans="1:8">
+      <x:c r="A920" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B920" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C920" s="0" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D920" s="0" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="E920" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F920" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G920" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H920" s="0">
+        <x:v>5918</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="921" spans="1:8">
+      <x:c r="A921" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B921" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C921" s="0" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="D921" s="0" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="E921" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F921" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G921" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H921" s="0">
+        <x:v>55382</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="922" spans="1:8">
+      <x:c r="A922" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B922" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C922" s="0" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D922" s="0" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="E922" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F922" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G922" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H922" s="0">
+        <x:v>20198</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="923" spans="1:8">
+      <x:c r="A923" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B923" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C923" s="0" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D923" s="0" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="E923" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F923" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G923" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H923" s="0">
+        <x:v>24935</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="924" spans="1:8">
+      <x:c r="A924" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B924" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C924" s="0" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D924" s="0" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="E924" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F924" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G924" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H924" s="0">
+        <x:v>10291</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="925" spans="1:8">
+      <x:c r="A925" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B925" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C925" s="0" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D925" s="0" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="E925" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F925" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G925" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H925" s="0">
+        <x:v>5917</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="926" spans="1:8">
+      <x:c r="A926" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B926" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C926" s="0" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D926" s="0" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="E926" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F926" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G926" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H926" s="0">
+        <x:v>55424</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="927" spans="1:8">
+      <x:c r="A927" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B927" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C927" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="D927" s="0" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="E927" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F927" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G927" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H927" s="0">
+        <x:v>20160</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="928" spans="1:8">
+      <x:c r="A928" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B928" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C928" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="D928" s="0" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="E928" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F928" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G928" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H928" s="0">
+        <x:v>25004</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="929" spans="1:8">
+      <x:c r="A929" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B929" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C929" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="D929" s="0" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="E929" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F929" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G929" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H929" s="0">
+        <x:v>10188</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="930" spans="1:8">
+      <x:c r="A930" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B930" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C930" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="D930" s="0" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="E930" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F930" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G930" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H930" s="0">
+        <x:v>5927</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="931" spans="1:8">
+      <x:c r="A931" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B931" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C931" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="D931" s="0" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="E931" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F931" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G931" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H931" s="0">
+        <x:v>55352</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="932" spans="1:8">
+      <x:c r="A932" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B932" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C932" s="0" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="D932" s="0" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="E932" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F932" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G932" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H932" s="0">
+        <x:v>20171</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="933" spans="1:8">
+      <x:c r="A933" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B933" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C933" s="0" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="D933" s="0" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="E933" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F933" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G933" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H933" s="0">
+        <x:v>25242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="934" spans="1:8">
+      <x:c r="A934" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B934" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C934" s="0" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="D934" s="0" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="E934" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F934" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G934" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H934" s="0">
+        <x:v>10176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="935" spans="1:8">
+      <x:c r="A935" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B935" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C935" s="0" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="D935" s="0" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="E935" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F935" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G935" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H935" s="0">
+        <x:v>5940</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="936" spans="1:8">
+      <x:c r="A936" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B936" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C936" s="0" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="D936" s="0" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="E936" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F936" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G936" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H936" s="0">
+        <x:v>55589</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="937" spans="1:8">
+      <x:c r="A937" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B937" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C937" s="0" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D937" s="0" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E937" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F937" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G937" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H937" s="0">
+        <x:v>20076</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="938" spans="1:8">
+      <x:c r="A938" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B938" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C938" s="0" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D938" s="0" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E938" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F938" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G938" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H938" s="0">
+        <x:v>25097</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="939" spans="1:8">
+      <x:c r="A939" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B939" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C939" s="0" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D939" s="0" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E939" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F939" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G939" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H939" s="0">
+        <x:v>10188</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="940" spans="1:8">
+      <x:c r="A940" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B940" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C940" s="0" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D940" s="0" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E940" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F940" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G940" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H940" s="0">
+        <x:v>5968</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="941" spans="1:8">
+      <x:c r="A941" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B941" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C941" s="0" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D941" s="0" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="E941" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F941" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G941" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H941" s="0">
+        <x:v>55361</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="942" spans="1:8">
+      <x:c r="A942" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B942" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C942" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D942" s="0" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E942" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F942" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G942" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H942" s="0">
+        <x:v>20082</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="943" spans="1:8">
+      <x:c r="A943" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B943" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C943" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D943" s="0" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E943" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F943" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G943" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H943" s="0">
+        <x:v>25065</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="944" spans="1:8">
+      <x:c r="A944" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B944" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C944" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D944" s="0" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E944" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F944" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G944" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H944" s="0">
+        <x:v>10202</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="945" spans="1:8">
+      <x:c r="A945" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B945" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C945" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D945" s="0" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E945" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F945" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G945" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H945" s="0">
+        <x:v>5961</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="946" spans="1:8">
+      <x:c r="A946" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B946" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C946" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="D946" s="0" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="E946" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F946" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G946" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H946" s="0">
+        <x:v>55349</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="947" spans="1:8">
+      <x:c r="A947" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B947" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C947" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="D947" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E947" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F947" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G947" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H947" s="0">
+        <x:v>19895</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="948" spans="1:8">
+      <x:c r="A948" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B948" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C948" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="D948" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E948" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F948" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G948" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H948" s="0">
+        <x:v>24978</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="949" spans="1:8">
+      <x:c r="A949" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B949" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C949" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="D949" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E949" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F949" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G949" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H949" s="0">
+        <x:v>10186</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="950" spans="1:8">
+      <x:c r="A950" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B950" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C950" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="D950" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E950" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F950" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G950" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H950" s="0">
+        <x:v>5964</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="951" spans="1:8">
+      <x:c r="A951" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B951" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C951" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="D951" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="E951" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F951" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G951" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H951" s="0">
+        <x:v>55059</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="952" spans="1:8">
+      <x:c r="A952" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B952" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C952" s="0" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D952" s="0" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="E952" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F952" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G952" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H952" s="0">
+        <x:v>19361</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="953" spans="1:8">
+      <x:c r="A953" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B953" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C953" s="0" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D953" s="0" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="E953" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F953" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G953" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H953" s="0">
+        <x:v>24970</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="954" spans="1:8">
+      <x:c r="A954" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B954" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C954" s="0" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D954" s="0" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="E954" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F954" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G954" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H954" s="0">
+        <x:v>10134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="955" spans="1:8">
+      <x:c r="A955" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B955" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C955" s="0" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D955" s="0" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="E955" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F955" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G955" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H955" s="0">
+        <x:v>5931</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="956" spans="1:8">
+      <x:c r="A956" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B956" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C956" s="0" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D956" s="0" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="E956" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F956" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G956" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H956" s="0">
+        <x:v>54465</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="957" spans="1:8">
+      <x:c r="A957" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B957" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C957" s="0" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D957" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E957" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F957" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G957" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H957" s="0">
+        <x:v>17057</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="958" spans="1:8">
+      <x:c r="A958" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B958" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C958" s="0" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D958" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E958" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F958" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G958" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H958" s="0">
+        <x:v>17179</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="959" spans="1:8">
+      <x:c r="A959" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B959" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C959" s="0" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D959" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E959" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F959" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G959" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H959" s="0">
+        <x:v>9447</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="960" spans="1:8">
+      <x:c r="A960" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B960" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C960" s="0" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D960" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E960" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F960" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="G960" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H960" s="0">
+        <x:v>5898</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="961" spans="1:8">
+      <x:c r="A961" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B961" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C961" s="0" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="D961" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="E961" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F961" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G961" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H961" s="0">
+        <x:v>43683</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -25647,65 +27602,65 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H851" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="UA08C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Active welfare claims of arrivals from Ukraine"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(W1)">
-      <x:sharedItems count="170">
+      <x:sharedItems count="192">
         <x:s v="2022W10"/>
         <x:s v="2022W11"/>
         <x:s v="2022W12"/>
         <x:s v="2022W13"/>
         <x:s v="2022W14"/>
         <x:s v="2022W15"/>
         <x:s v="2022W16"/>
         <x:s v="2022W17"/>
         <x:s v="2022W18"/>
         <x:s v="2022W19"/>
         <x:s v="2022W20"/>
         <x:s v="2022W21"/>
         <x:s v="2022W22"/>
         <x:s v="2022W23"/>
         <x:s v="2022W24"/>
         <x:s v="2022W25"/>
         <x:s v="2022W26"/>
         <x:s v="2022W27"/>
         <x:s v="2022W28"/>
         <x:s v="2022W29"/>
         <x:s v="2022W30"/>
         <x:s v="2022W31"/>
         <x:s v="2022W32"/>
         <x:s v="2022W33"/>
         <x:s v="2022W34"/>
@@ -25832,54 +27787,76 @@
         <x:s v="2024W51"/>
         <x:s v="2024W52"/>
         <x:s v="2025W01"/>
         <x:s v="2025W02"/>
         <x:s v="2025W03"/>
         <x:s v="2025W04"/>
         <x:s v="2025W05"/>
         <x:s v="2025W06"/>
         <x:s v="2025W07"/>
         <x:s v="2025W08"/>
         <x:s v="2025W09"/>
         <x:s v="2025W10"/>
         <x:s v="2025W11"/>
         <x:s v="2025W12"/>
         <x:s v="2025W13"/>
         <x:s v="2025W14"/>
         <x:s v="2025W15"/>
         <x:s v="2025W16"/>
         <x:s v="2025W17"/>
         <x:s v="2025W18"/>
         <x:s v="2025W19"/>
         <x:s v="2025W20"/>
         <x:s v="2025W21"/>
         <x:s v="2025W22"/>
         <x:s v="2025W23"/>
+        <x:s v="2025W24"/>
+        <x:s v="2025W25"/>
+        <x:s v="2025W26"/>
+        <x:s v="2025W27"/>
+        <x:s v="2025W28"/>
+        <x:s v="2025W29"/>
+        <x:s v="2025W30"/>
+        <x:s v="2025W31"/>
+        <x:s v="2025W32"/>
+        <x:s v="2025W33"/>
+        <x:s v="2025W34"/>
+        <x:s v="2025W35"/>
+        <x:s v="2025W36"/>
+        <x:s v="2025W37"/>
+        <x:s v="2025W38"/>
+        <x:s v="2025W39"/>
+        <x:s v="2025W40"/>
+        <x:s v="2025W41"/>
+        <x:s v="2025W42"/>
+        <x:s v="2025W43"/>
+        <x:s v="2025W44"/>
+        <x:s v="2025W45"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Week">
-      <x:sharedItems count="170">
+      <x:sharedItems count="192">
         <x:s v="2022 March 13"/>
         <x:s v="2022 March 20"/>
         <x:s v="2022 March 27"/>
         <x:s v="2022 April 03"/>
         <x:s v="2022 April 10"/>
         <x:s v="2022 April 17"/>
         <x:s v="2022 April 24"/>
         <x:s v="2022 May 01"/>
         <x:s v="2022 May 08"/>
         <x:s v="2022 May 15"/>
         <x:s v="2022 May 22"/>
         <x:s v="2022 May 29"/>
         <x:s v="2022 June 05"/>
         <x:s v="2022 June 12"/>
         <x:s v="2022 June 19"/>
         <x:s v="2022 June 26"/>
         <x:s v="2022 July 03"/>
         <x:s v="2022 July 10"/>
         <x:s v="2022 July 17"/>
         <x:s v="2022 July 24"/>
         <x:s v="2022 July 31"/>
         <x:s v="2022 August 07"/>
         <x:s v="2022 August 14"/>
         <x:s v="2022 August 21"/>
         <x:s v="2022 August 28"/>
@@ -26006,891 +27983,10631 @@
         <x:s v="2024 December 22"/>
         <x:s v="2024 December 29"/>
         <x:s v="2025 January 05"/>
         <x:s v="2025 January 12"/>
         <x:s v="2025 January 19"/>
         <x:s v="2025 January 26"/>
         <x:s v="2025 February 02"/>
         <x:s v="2025 February 09"/>
         <x:s v="2025 February 16"/>
         <x:s v="2025 February 23"/>
         <x:s v="2025 March 02"/>
         <x:s v="2025 March 09"/>
         <x:s v="2025 March 16"/>
         <x:s v="2025 March 23"/>
         <x:s v="2025 March 30"/>
         <x:s v="2025 April 06"/>
         <x:s v="2025 April 13"/>
         <x:s v="2025 April 20"/>
         <x:s v="2025 April 27"/>
         <x:s v="2025 May 04"/>
         <x:s v="2025 May 11"/>
         <x:s v="2025 May 18"/>
         <x:s v="2025 May 25"/>
         <x:s v="2025 June 01"/>
         <x:s v="2025 June 08"/>
+        <x:s v="2025 June 15"/>
+        <x:s v="2025 June 22"/>
+        <x:s v="2025 June 29"/>
+        <x:s v="2025 July 06"/>
+        <x:s v="2025 July 13"/>
+        <x:s v="2025 July 20"/>
+        <x:s v="2025 July 27"/>
+        <x:s v="2025 August 03"/>
+        <x:s v="2025 August 10"/>
+        <x:s v="2025 August 17"/>
+        <x:s v="2025 August 24"/>
+        <x:s v="2025 August 31"/>
+        <x:s v="2025 September 07"/>
+        <x:s v="2025 September 14"/>
+        <x:s v="2025 September 21"/>
+        <x:s v="2025 September 28"/>
+        <x:s v="2025 October 05"/>
+        <x:s v="2025 October 12"/>
+        <x:s v="2025 October 19"/>
+        <x:s v="2025 October 26"/>
+        <x:s v="2025 November 02"/>
+        <x:s v="2025 November 09"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03956V04714">
       <x:sharedItems count="5">
         <x:s v="110"/>
         <x:s v="200"/>
         <x:s v="300"/>
         <x:s v="310"/>
         <x:s v="Y600"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Welfare Claim">
       <x:sharedItems count="5">
         <x:s v="Working age income supports"/>
         <x:s v="Child related supports"/>
         <x:s v="Pension, illness, disability, caring, supplementary and other supports"/>
         <x:s v="Pension related supports"/>
         <x:s v="Working age income, child, pension, illness, care and supplementary supports"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="2" maxValue="64643" count="830">
-        <x:n v="2154"/>
+      <x:sharedItems containsSemiMixedTypes="0" containsString="0" containsNumber="1" containsInteger="1" minValue="16" maxValue="64470" count="947">
+        <x:n v="2185"/>
         <x:n v="16"/>
-        <x:n v="237"/>
-[...6 lines deleted...]
-        <x:n v="7518"/>
+        <x:n v="236"/>
+        <x:n v="217"/>
+        <x:n v="2437"/>
+        <x:n v="4872"/>
+        <x:n v="466"/>
+        <x:n v="446"/>
+        <x:n v="5354"/>
+        <x:n v="7531"/>
         <x:n v="18"/>
-        <x:n v="660"/>
-[...121 lines deleted...]
-        <x:n v="16258"/>
+        <x:n v="657"/>
+        <x:n v="628"/>
+        <x:n v="8206"/>
+        <x:n v="10465"/>
+        <x:n v="4109"/>
+        <x:n v="819"/>
+        <x:n v="756"/>
+        <x:n v="15393"/>
+        <x:n v="14801"/>
+        <x:n v="4110"/>
+        <x:n v="940"/>
+        <x:n v="859"/>
+        <x:n v="19851"/>
+        <x:n v="17364"/>
+        <x:n v="4111"/>
+        <x:n v="1023"/>
+        <x:n v="944"/>
+        <x:n v="22498"/>
+        <x:n v="18459"/>
+        <x:n v="4114"/>
+        <x:n v="1096"/>
+        <x:n v="1008"/>
+        <x:n v="23669"/>
+        <x:n v="21904"/>
+        <x:n v="6429"/>
+        <x:n v="1194"/>
+        <x:n v="1074"/>
+        <x:n v="29527"/>
+        <x:n v="18939"/>
+        <x:n v="6332"/>
+        <x:n v="1307"/>
+        <x:n v="1162"/>
+        <x:n v="26578"/>
+        <x:n v="17354"/>
+        <x:n v="6339"/>
+        <x:n v="1404"/>
+        <x:n v="1238"/>
+        <x:n v="25097"/>
+        <x:n v="17618"/>
+        <x:n v="6345"/>
+        <x:n v="1482"/>
+        <x:n v="1287"/>
+        <x:n v="25445"/>
+        <x:n v="18027"/>
+        <x:n v="6353"/>
+        <x:n v="1556"/>
+        <x:n v="1336"/>
+        <x:n v="25936"/>
+        <x:n v="18269"/>
+        <x:n v="12517"/>
+        <x:n v="1789"/>
+        <x:n v="1387"/>
+        <x:n v="32575"/>
+        <x:n v="18650"/>
+        <x:n v="12293"/>
+        <x:n v="1853"/>
+        <x:n v="1433"/>
+        <x:n v="32796"/>
+        <x:n v="19195"/>
+        <x:n v="12305"/>
+        <x:n v="1943"/>
+        <x:n v="1486"/>
+        <x:n v="33443"/>
+        <x:n v="19682"/>
+        <x:n v="12328"/>
+        <x:n v="2039"/>
+        <x:n v="34049"/>
+        <x:n v="20224"/>
+        <x:n v="13653"/>
+        <x:n v="2193"/>
+        <x:n v="1648"/>
+        <x:n v="36070"/>
+        <x:n v="21078"/>
+        <x:n v="13382"/>
+        <x:n v="2221"/>
+        <x:n v="1715"/>
+        <x:n v="36681"/>
+        <x:n v="21277"/>
+        <x:n v="13462"/>
+        <x:n v="2300"/>
+        <x:n v="1769"/>
+        <x:n v="37039"/>
+        <x:n v="21926"/>
+        <x:n v="13582"/>
+        <x:n v="2379"/>
+        <x:n v="1816"/>
+        <x:n v="37887"/>
+        <x:n v="22115"/>
+        <x:n v="13738"/>
+        <x:n v="2433"/>
+        <x:n v="1852"/>
+        <x:n v="38286"/>
+        <x:n v="21197"/>
+        <x:n v="14661"/>
+        <x:n v="2533"/>
+        <x:n v="1908"/>
+        <x:n v="38391"/>
+        <x:n v="21436"/>
+        <x:n v="14811"/>
+        <x:n v="2613"/>
+        <x:n v="38860"/>
+        <x:n v="21787"/>
+        <x:n v="14984"/>
+        <x:n v="2693"/>
+        <x:n v="1994"/>
+        <x:n v="39464"/>
+        <x:n v="21706"/>
+        <x:n v="15173"/>
+        <x:n v="2744"/>
+        <x:n v="2032"/>
+        <x:n v="39623"/>
+        <x:n v="21791"/>
+        <x:n v="16121"/>
+        <x:n v="2867"/>
+        <x:n v="2075"/>
+        <x:n v="40779"/>
+        <x:n v="22031"/>
+        <x:n v="15930"/>
+        <x:n v="2961"/>
+        <x:n v="2133"/>
+        <x:n v="40922"/>
+        <x:n v="22307"/>
+        <x:n v="16210"/>
         <x:n v="3022"/>
-        <x:n v="1949"/>
-[...12 lines deleted...]
-        <x:n v="18238"/>
+        <x:n v="2174"/>
+        <x:n v="41539"/>
+        <x:n v="22509"/>
+        <x:n v="16616"/>
+        <x:n v="3121"/>
+        <x:n v="2247"/>
+        <x:n v="42246"/>
+        <x:n v="22969"/>
+        <x:n v="18474"/>
+        <x:n v="3238"/>
+        <x:n v="2323"/>
+        <x:n v="44681"/>
+        <x:n v="23539"/>
+        <x:n v="18182"/>
         <x:n v="3314"/>
-        <x:n v="2083"/>
-[...59 lines deleted...]
-        <x:n v="45219"/>
+        <x:n v="2377"/>
+        <x:n v="45035"/>
+        <x:n v="24153"/>
+        <x:n v="18186"/>
+        <x:n v="3406"/>
+        <x:n v="2462"/>
+        <x:n v="45745"/>
+        <x:n v="24763"/>
+        <x:n v="18192"/>
+        <x:n v="3511"/>
+        <x:n v="2540"/>
+        <x:n v="46466"/>
+        <x:n v="25379"/>
+        <x:n v="18200"/>
+        <x:n v="3645"/>
+        <x:n v="2642"/>
+        <x:n v="47224"/>
+        <x:n v="25678"/>
+        <x:n v="19260"/>
+        <x:n v="4046"/>
+        <x:n v="2706"/>
+        <x:n v="48984"/>
+        <x:n v="25977"/>
+        <x:n v="11094"/>
+        <x:n v="4119"/>
+        <x:n v="2752"/>
+        <x:n v="41190"/>
+        <x:n v="26455"/>
+        <x:n v="11102"/>
+        <x:n v="4222"/>
+        <x:n v="2838"/>
+        <x:n v="41779"/>
+        <x:n v="26724"/>
+        <x:n v="11104"/>
+        <x:n v="4344"/>
+        <x:n v="2926"/>
+        <x:n v="42172"/>
+        <x:n v="26925"/>
+        <x:n v="11849"/>
+        <x:n v="4486"/>
+        <x:n v="3002"/>
+        <x:n v="43260"/>
+        <x:n v="27413"/>
+        <x:n v="11617"/>
+        <x:n v="4312"/>
+        <x:n v="3094"/>
+        <x:n v="43342"/>
+        <x:n v="27748"/>
+        <x:n v="11622"/>
+        <x:n v="4426"/>
+        <x:n v="3178"/>
+        <x:n v="43796"/>
+        <x:n v="28041"/>
+        <x:n v="11630"/>
+        <x:n v="4532"/>
+        <x:n v="3261"/>
+        <x:n v="44203"/>
+        <x:n v="28121"/>
+        <x:n v="12432"/>
+        <x:n v="4579"/>
+        <x:n v="3302"/>
+        <x:n v="45132"/>
         <x:n v="28868"/>
         <x:n v="12343"/>
         <x:n v="4519"/>
         <x:n v="3009"/>
         <x:n v="45730"/>
         <x:n v="29074"/>
         <x:n v="12344"/>
+        <x:n v="4587"/>
         <x:n v="3100"/>
         <x:n v="46005"/>
         <x:n v="29000"/>
         <x:n v="12347"/>
         <x:n v="4646"/>
         <x:n v="3183"/>
         <x:n v="45993"/>
         <x:n v="29108"/>
         <x:n v="12351"/>
         <x:n v="4716"/>
         <x:n v="3265"/>
         <x:n v="46175"/>
         <x:n v="29166"/>
         <x:n v="12810"/>
         <x:n v="4973"/>
         <x:n v="3308"/>
         <x:n v="46949"/>
         <x:n v="29338"/>
         <x:n v="12606"/>
         <x:n v="5047"/>
         <x:n v="3368"/>
         <x:n v="46991"/>
         <x:n v="29712"/>
         <x:n v="12613"/>
         <x:n v="5142"/>
         <x:n v="3418"/>
         <x:n v="47467"/>
         <x:n v="29666"/>
         <x:n v="12610"/>
         <x:n v="5205"/>
         <x:n v="3458"/>
         <x:n v="47481"/>
         <x:n v="29812"/>
         <x:n v="13198"/>
         <x:n v="5316"/>
         <x:n v="3504"/>
         <x:n v="48326"/>
-        <x:n v="29852"/>
-        <x:n v="13039"/>
+        <x:n v="29796"/>
+        <x:n v="13006"/>
+        <x:n v="5359"/>
+        <x:n v="3791"/>
+        <x:n v="48161"/>
+        <x:n v="29671"/>
+        <x:n v="13008"/>
+        <x:n v="5390"/>
+        <x:n v="3816"/>
+        <x:n v="48069"/>
+        <x:n v="29467"/>
+        <x:n v="13009"/>
+        <x:n v="5486"/>
+        <x:n v="3864"/>
+        <x:n v="47962"/>
+        <x:n v="29422"/>
+        <x:n v="13563"/>
+        <x:n v="5592"/>
+        <x:n v="3915"/>
+        <x:n v="48577"/>
+        <x:n v="29498"/>
+        <x:n v="13287"/>
+        <x:n v="5639"/>
+        <x:n v="3941"/>
+        <x:n v="48424"/>
+        <x:n v="29548"/>
+        <x:n v="13292"/>
+        <x:n v="5696"/>
+        <x:n v="3973"/>
+        <x:n v="48536"/>
+        <x:n v="29483"/>
+        <x:n v="13299"/>
+        <x:n v="5739"/>
+        <x:n v="3995"/>
+        <x:n v="48521"/>
+        <x:n v="30034"/>
+        <x:n v="13302"/>
+        <x:n v="5795"/>
+        <x:n v="4030"/>
+        <x:n v="49131"/>
+        <x:n v="29106"/>
+        <x:n v="13332"/>
+        <x:n v="5845"/>
+        <x:n v="4052"/>
+        <x:n v="48283"/>
+        <x:n v="29220"/>
+        <x:n v="13341"/>
+        <x:n v="5915"/>
+        <x:n v="4083"/>
+        <x:n v="48476"/>
+        <x:n v="29256"/>
+        <x:n v="13346"/>
+        <x:n v="6005"/>
+        <x:n v="4142"/>
+        <x:n v="48607"/>
+        <x:n v="29128"/>
+        <x:n v="13351"/>
+        <x:n v="6076"/>
+        <x:n v="4183"/>
+        <x:n v="48555"/>
+        <x:n v="29140"/>
+        <x:n v="23102"/>
+        <x:n v="6681"/>
+        <x:n v="4217"/>
+        <x:n v="58923"/>
+        <x:n v="29281"/>
+        <x:n v="22808"/>
+        <x:n v="6725"/>
+        <x:n v="4262"/>
+        <x:n v="58814"/>
+        <x:n v="29270"/>
+        <x:n v="22833"/>
+        <x:n v="6794"/>
+        <x:n v="4301"/>
+        <x:n v="58897"/>
+        <x:n v="29382"/>
+        <x:n v="22853"/>
+        <x:n v="6867"/>
+        <x:n v="4343"/>
+        <x:n v="59102"/>
+        <x:n v="29815"/>
+        <x:n v="23490"/>
+        <x:n v="6969"/>
+        <x:n v="4394"/>
+        <x:n v="60274"/>
+        <x:n v="29667"/>
+        <x:n v="23197"/>
+        <x:n v="6570"/>
+        <x:n v="4472"/>
+        <x:n v="59434"/>
+        <x:n v="29961"/>
+        <x:n v="23304"/>
+        <x:n v="6644"/>
+        <x:n v="4514"/>
+        <x:n v="59909"/>
+        <x:n v="30258"/>
+        <x:n v="23440"/>
+        <x:n v="6708"/>
+        <x:n v="4557"/>
+        <x:n v="60406"/>
+        <x:n v="30158"/>
+        <x:n v="23626"/>
+        <x:n v="6784"/>
+        <x:n v="4598"/>
+        <x:n v="60568"/>
+        <x:n v="30000"/>
+        <x:n v="24549"/>
+        <x:n v="6916"/>
+        <x:n v="4653"/>
+        <x:n v="61465"/>
+        <x:n v="30490"/>
+        <x:n v="24452"/>
+        <x:n v="6947"/>
+        <x:n v="4688"/>
+        <x:n v="61889"/>
+        <x:n v="30241"/>
+        <x:n v="24576"/>
+        <x:n v="7011"/>
+        <x:n v="4707"/>
+        <x:n v="61828"/>
+        <x:n v="29982"/>
+        <x:n v="24792"/>
+        <x:n v="7062"/>
+        <x:n v="4730"/>
+        <x:n v="61836"/>
+        <x:n v="29785"/>
+        <x:n v="25399"/>
+        <x:n v="7141"/>
+        <x:n v="4751"/>
+        <x:n v="62325"/>
+        <x:n v="29769"/>
+        <x:n v="25149"/>
+        <x:n v="7218"/>
+        <x:n v="4795"/>
+        <x:n v="62136"/>
+        <x:n v="29540"/>
+        <x:n v="25286"/>
+        <x:n v="7280"/>
+        <x:n v="4843"/>
+        <x:n v="62106"/>
+        <x:n v="29265"/>
+        <x:n v="25412"/>
+        <x:n v="7370"/>
+        <x:n v="4907"/>
+        <x:n v="62047"/>
+        <x:n v="29163"/>
+        <x:n v="26177"/>
+        <x:n v="7521"/>
+        <x:n v="4997"/>
+        <x:n v="62861"/>
+        <x:n v="29090"/>
+        <x:n v="25911"/>
+        <x:n v="7622"/>
+        <x:n v="5065"/>
+        <x:n v="62623"/>
+        <x:n v="29214"/>
+        <x:n v="25920"/>
+        <x:n v="7729"/>
+        <x:n v="5144"/>
+        <x:n v="62863"/>
+        <x:n v="29245"/>
+        <x:n v="25921"/>
+        <x:n v="7833"/>
+        <x:n v="5220"/>
+        <x:n v="62999"/>
+        <x:n v="29341"/>
+        <x:n v="25915"/>
+        <x:n v="7939"/>
+        <x:n v="5305"/>
+        <x:n v="63195"/>
+        <x:n v="29264"/>
+        <x:n v="26457"/>
+        <x:n v="8749"/>
         <x:n v="5366"/>
-        <x:n v="3561"/>
-[...206 lines deleted...]
-        <x:n v="52698"/>
+        <x:n v="64470"/>
+        <x:n v="29354"/>
+        <x:n v="14707"/>
+        <x:n v="8852"/>
+        <x:n v="5435"/>
+        <x:n v="52913"/>
+        <x:n v="28940"/>
+        <x:n v="14706"/>
+        <x:n v="8935"/>
+        <x:n v="5497"/>
+        <x:n v="52581"/>
+        <x:n v="28899"/>
+        <x:n v="14724"/>
+        <x:n v="9017"/>
+        <x:n v="5556"/>
+        <x:n v="52640"/>
+        <x:n v="28944"/>
+        <x:n v="15065"/>
+        <x:n v="9134"/>
+        <x:n v="5638"/>
+        <x:n v="53143"/>
+        <x:n v="28894"/>
+        <x:n v="14865"/>
+        <x:n v="8502"/>
+        <x:n v="5686"/>
+        <x:n v="52261"/>
+        <x:n v="28755"/>
+        <x:n v="14869"/>
+        <x:n v="8585"/>
+        <x:n v="5737"/>
+        <x:n v="52209"/>
+        <x:n v="28546"/>
+        <x:n v="14868"/>
+        <x:n v="8675"/>
+        <x:n v="5812"/>
+        <x:n v="52089"/>
+        <x:n v="28957"/>
+        <x:n v="14867"/>
+        <x:n v="8724"/>
+        <x:n v="5862"/>
+        <x:n v="52548"/>
         <x:n v="29493"/>
         <x:n v="15195"/>
         <x:n v="8889"/>
         <x:n v="5654"/>
         <x:n v="53577"/>
         <x:n v="29585"/>
         <x:n v="8908"/>
         <x:n v="5702"/>
         <x:n v="53688"/>
         <x:n v="29510"/>
         <x:n v="15199"/>
         <x:n v="8954"/>
         <x:n v="5754"/>
         <x:n v="53663"/>
         <x:n v="29563"/>
         <x:n v="15193"/>
         <x:n v="9011"/>
         <x:n v="5828"/>
         <x:n v="53767"/>
         <x:n v="29654"/>
         <x:n v="15462"/>
         <x:n v="9090"/>
         <x:n v="5881"/>
         <x:n v="54206"/>
         <x:n v="29520"/>
         <x:n v="15276"/>
         <x:n v="9121"/>
         <x:n v="5914"/>
         <x:n v="53917"/>
         <x:n v="29243"/>
         <x:n v="15283"/>
         <x:n v="9181"/>
         <x:n v="5924"/>
         <x:n v="53707"/>
         <x:n v="29059"/>
         <x:n v="15288"/>
         <x:n v="9210"/>
         <x:n v="5957"/>
         <x:n v="53557"/>
         <x:n v="28843"/>
         <x:n v="15426"/>
         <x:n v="9283"/>
         <x:n v="6000"/>
         <x:n v="53552"/>
-        <x:n v="28621"/>
-[...21 lines deleted...]
-        <x:n v="9504"/>
+        <x:n v="28531"/>
+        <x:n v="15188"/>
+        <x:n v="9309"/>
         <x:n v="6075"/>
-        <x:n v="52253"/>
-[...17 lines deleted...]
-        <x:n v="9613"/>
+        <x:n v="53028"/>
+        <x:n v="28115"/>
+        <x:n v="9378"/>
+        <x:n v="6119"/>
+        <x:n v="52688"/>
+        <x:n v="27854"/>
+        <x:n v="9414"/>
+        <x:n v="6141"/>
+        <x:n v="52467"/>
+        <x:n v="27693"/>
+        <x:n v="15202"/>
+        <x:n v="9443"/>
+        <x:n v="6149"/>
+        <x:n v="52338"/>
+        <x:n v="27499"/>
+        <x:n v="15126"/>
+        <x:n v="9495"/>
+        <x:n v="6159"/>
+        <x:n v="52120"/>
+        <x:n v="27333"/>
+        <x:n v="15137"/>
+        <x:n v="9526"/>
+        <x:n v="6169"/>
+        <x:n v="51996"/>
+        <x:n v="27091"/>
+        <x:n v="15146"/>
+        <x:n v="9536"/>
         <x:n v="6166"/>
-        <x:n v="51734"/>
-[...13 lines deleted...]
-        <x:n v="6182"/>
+        <x:n v="51773"/>
+        <x:n v="26814"/>
+        <x:n v="15150"/>
+        <x:n v="9567"/>
+        <x:n v="6180"/>
+        <x:n v="51531"/>
+        <x:n v="26579"/>
+        <x:n v="15475"/>
+        <x:n v="9607"/>
+        <x:n v="6175"/>
+        <x:n v="51661"/>
+        <x:n v="26363"/>
+        <x:n v="15254"/>
+        <x:n v="9606"/>
+        <x:n v="6183"/>
+        <x:n v="51223"/>
+        <x:n v="26294"/>
+        <x:n v="15264"/>
+        <x:n v="9635"/>
+        <x:n v="6198"/>
         <x:n v="51193"/>
-        <x:n v="26000"/>
-[...16 lines deleted...]
-        <x:n v="6215"/>
+        <x:n v="26122"/>
+        <x:n v="15285"/>
+        <x:n v="9671"/>
+        <x:n v="6213"/>
+        <x:n v="51078"/>
+        <x:n v="25939"/>
+        <x:n v="24725"/>
+        <x:n v="10751"/>
+        <x:n v="6229"/>
+        <x:n v="61415"/>
+        <x:n v="25834"/>
+        <x:n v="24557"/>
+        <x:n v="10773"/>
+        <x:n v="6227"/>
+        <x:n v="61164"/>
+        <x:n v="25757"/>
+        <x:n v="24582"/>
+        <x:n v="10801"/>
+        <x:n v="6234"/>
         <x:n v="61140"/>
-        <x:n v="25504"/>
-[...11 lines deleted...]
-        <x:n v="9903"/>
+        <x:n v="25548"/>
+        <x:n v="24639"/>
+        <x:n v="10823"/>
+        <x:n v="6242"/>
+        <x:n v="61010"/>
+        <x:n v="25435"/>
+        <x:n v="24720"/>
+        <x:n v="10842"/>
+        <x:n v="6246"/>
+        <x:n v="60997"/>
+        <x:n v="25362"/>
+        <x:n v="24755"/>
+        <x:n v="9886"/>
+        <x:n v="6249"/>
+        <x:n v="60003"/>
+        <x:n v="25194"/>
+        <x:n v="24858"/>
+        <x:n v="9906"/>
+        <x:n v="6250"/>
+        <x:n v="59958"/>
+        <x:n v="25048"/>
+        <x:n v="24969"/>
+        <x:n v="9919"/>
         <x:n v="6243"/>
-        <x:n v="60076"/>
-[...36 lines deleted...]
-        <x:n v="10014"/>
+        <x:n v="59936"/>
+        <x:n v="24936"/>
+        <x:n v="25073"/>
+        <x:n v="9881"/>
+        <x:n v="6197"/>
+        <x:n v="59890"/>
+        <x:n v="24964"/>
+        <x:n v="25320"/>
+        <x:n v="9952"/>
+        <x:n v="6210"/>
+        <x:n v="60236"/>
+        <x:n v="24867"/>
+        <x:n v="25190"/>
+        <x:n v="9961"/>
+        <x:n v="6219"/>
+        <x:n v="60018"/>
+        <x:n v="24661"/>
+        <x:n v="25302"/>
+        <x:n v="9981"/>
         <x:n v="6226"/>
-        <x:n v="59463"/>
-[...17 lines deleted...]
-        <x:n v="58110"/>
+        <x:n v="59944"/>
+        <x:n v="24354"/>
+        <x:n v="25421"/>
+        <x:n v="9984"/>
+        <x:n v="6228"/>
+        <x:n v="59759"/>
+        <x:n v="24072"/>
+        <x:n v="25637"/>
+        <x:n v="10044"/>
+        <x:n v="6238"/>
+        <x:n v="59753"/>
+        <x:n v="23973"/>
+        <x:n v="25407"/>
+        <x:n v="10031"/>
+        <x:n v="6240"/>
+        <x:n v="59411"/>
+        <x:n v="21701"/>
+        <x:n v="25514"/>
+        <x:n v="13626"/>
+        <x:n v="6224"/>
+        <x:n v="60841"/>
+        <x:n v="20705"/>
+        <x:n v="25588"/>
+        <x:n v="11975"/>
+        <x:n v="5100"/>
+        <x:n v="58268"/>
+        <x:n v="20368"/>
+        <x:n v="25676"/>
+        <x:n v="11906"/>
+        <x:n v="5137"/>
+        <x:n v="57950"/>
+        <x:n v="20271"/>
+        <x:n v="25952"/>
+        <x:n v="11876"/>
+        <x:n v="5177"/>
+        <x:n v="58099"/>
+        <x:n v="20131"/>
+        <x:n v="25773"/>
+        <x:n v="11703"/>
+        <x:n v="5193"/>
+        <x:n v="57607"/>
         <x:n v="20104"/>
-        <x:n v="25798"/>
-[...11 lines deleted...]
-        <x:n v="57405"/>
+        <x:n v="25791"/>
+        <x:n v="11600"/>
+        <x:n v="5223"/>
+        <x:n v="57495"/>
+        <x:n v="20034"/>
+        <x:n v="25797"/>
+        <x:n v="11576"/>
+        <x:n v="5267"/>
+        <x:n v="57407"/>
+        <x:n v="19975"/>
+        <x:n v="25953"/>
+        <x:n v="12461"/>
+        <x:n v="5321"/>
+        <x:n v="58389"/>
+        <x:n v="20037"/>
+        <x:n v="15016"/>
+        <x:n v="12427"/>
+        <x:n v="5350"/>
+        <x:n v="47480"/>
+        <x:n v="19945"/>
+        <x:n v="15030"/>
+        <x:n v="12364"/>
+        <x:n v="5382"/>
+        <x:n v="47339"/>
         <x:n v="19987"/>
-        <x:n v="12420"/>
-[...40 lines deleted...]
-        <x:n v="43382"/>
+        <x:n v="15031"/>
+        <x:n v="12253"/>
+        <x:n v="5404"/>
+        <x:n v="47271"/>
+        <x:n v="20659"/>
+        <x:n v="15141"/>
+        <x:n v="12219"/>
+        <x:n v="5442"/>
+        <x:n v="48019"/>
+        <x:n v="20337"/>
+        <x:n v="15022"/>
+        <x:n v="10607"/>
+        <x:n v="5484"/>
+        <x:n v="45966"/>
+        <x:n v="20240"/>
+        <x:n v="10577"/>
+        <x:n v="5512"/>
+        <x:n v="45847"/>
+        <x:n v="18811"/>
+        <x:n v="15043"/>
+        <x:n v="10312"/>
+        <x:n v="5383"/>
+        <x:n v="44166"/>
+        <x:n v="18770"/>
+        <x:n v="15029"/>
+        <x:n v="9036"/>
+        <x:n v="5395"/>
+        <x:n v="42835"/>
         <x:n v="20215"/>
         <x:n v="15328"/>
         <x:n v="10671"/>
         <x:n v="5457"/>
         <x:n v="46214"/>
         <x:n v="20717"/>
         <x:n v="15216"/>
         <x:n v="10962"/>
+        <x:n v="5498"/>
         <x:n v="46895"/>
         <x:n v="20693"/>
         <x:n v="15230"/>
         <x:n v="10983"/>
         <x:n v="5525"/>
         <x:n v="46906"/>
         <x:n v="20730"/>
         <x:n v="15177"/>
         <x:n v="10964"/>
         <x:n v="5397"/>
         <x:n v="46871"/>
         <x:n v="20725"/>
         <x:n v="15278"/>
         <x:n v="10991"/>
         <x:n v="5408"/>
         <x:n v="46994"/>
         <x:n v="20836"/>
         <x:n v="15229"/>
         <x:n v="10965"/>
         <x:n v="5446"/>
         <x:n v="47030"/>
         <x:n v="20923"/>
         <x:n v="15239"/>
         <x:n v="10982"/>
         <x:n v="5454"/>
         <x:n v="47144"/>
         <x:n v="20754"/>
         <x:n v="15251"/>
         <x:n v="10902"/>
         <x:n v="5488"/>
         <x:n v="46907"/>
         <x:n v="20663"/>
         <x:n v="15448"/>
         <x:n v="10891"/>
         <x:n v="5508"/>
         <x:n v="47002"/>
-        <x:n v="20529"/>
-[...4 lines deleted...]
-        <x:n v="20274"/>
+        <x:n v="20477"/>
+        <x:n v="15312"/>
+        <x:n v="11045"/>
+        <x:n v="5652"/>
+        <x:n v="46834"/>
+        <x:n v="20254"/>
+        <x:n v="15241"/>
+        <x:n v="11012"/>
+        <x:n v="5644"/>
+        <x:n v="46507"/>
+        <x:n v="19996"/>
+        <x:n v="15351"/>
+        <x:n v="10975"/>
+        <x:n v="5640"/>
+        <x:n v="46322"/>
+        <x:n v="19946"/>
+        <x:n v="15362"/>
+        <x:n v="5634"/>
+        <x:n v="46272"/>
+        <x:n v="19820"/>
+        <x:n v="15432"/>
+        <x:n v="11002"/>
+        <x:n v="5653"/>
+        <x:n v="46254"/>
+        <x:n v="19705"/>
+        <x:n v="15232"/>
+        <x:n v="10987"/>
+        <x:n v="5655"/>
+        <x:n v="45924"/>
+        <x:n v="19567"/>
+        <x:n v="15342"/>
+        <x:n v="10961"/>
+        <x:n v="5660"/>
+        <x:n v="45870"/>
+        <x:n v="19449"/>
+        <x:n v="15333"/>
+        <x:n v="10947"/>
+        <x:n v="5674"/>
+        <x:n v="45729"/>
+        <x:n v="19401"/>
         <x:n v="15332"/>
-        <x:n v="10835"/>
-[...59 lines deleted...]
-        <x:n v="41451"/>
+        <x:n v="11029"/>
+        <x:n v="5701"/>
+        <x:n v="45762"/>
+        <x:n v="19172"/>
+        <x:n v="15325"/>
+        <x:n v="10992"/>
+        <x:n v="5700"/>
+        <x:n v="45489"/>
+        <x:n v="19138"/>
+        <x:n v="15338"/>
+        <x:n v="11017"/>
+        <x:n v="5713"/>
+        <x:n v="45493"/>
+        <x:n v="19014"/>
+        <x:n v="15335"/>
+        <x:n v="10970"/>
+        <x:n v="5685"/>
+        <x:n v="45319"/>
+        <x:n v="19072"/>
+        <x:n v="15835"/>
+        <x:n v="12042"/>
+        <x:n v="5708"/>
+        <x:n v="19309"/>
+        <x:n v="23160"/>
+        <x:n v="11990"/>
+        <x:n v="5718"/>
+        <x:n v="54459"/>
+        <x:n v="19371"/>
+        <x:n v="23211"/>
+        <x:n v="11986"/>
+        <x:n v="5706"/>
+        <x:n v="54568"/>
+        <x:n v="19426"/>
+        <x:n v="23272"/>
+        <x:n v="11973"/>
+        <x:n v="5716"/>
+        <x:n v="54671"/>
+        <x:n v="19670"/>
+        <x:n v="23357"/>
+        <x:n v="11897"/>
+        <x:n v="5730"/>
+        <x:n v="54924"/>
+        <x:n v="19813"/>
+        <x:n v="23586"/>
+        <x:n v="11889"/>
+        <x:n v="5748"/>
+        <x:n v="55288"/>
+        <x:n v="19859"/>
+        <x:n v="23533"/>
+        <x:n v="10698"/>
+        <x:n v="5750"/>
+        <x:n v="54090"/>
+        <x:n v="19887"/>
+        <x:n v="23621"/>
+        <x:n v="10670"/>
+        <x:n v="5752"/>
+        <x:n v="54178"/>
+        <x:n v="19991"/>
+        <x:n v="23706"/>
+        <x:n v="10657"/>
+        <x:n v="5758"/>
+        <x:n v="54354"/>
+        <x:n v="20094"/>
+        <x:n v="24039"/>
+        <x:n v="10685"/>
+        <x:n v="5784"/>
+        <x:n v="54818"/>
+        <x:n v="19980"/>
+        <x:n v="24163"/>
+        <x:n v="10674"/>
+        <x:n v="5824"/>
+        <x:n v="54817"/>
+        <x:n v="20096"/>
+        <x:n v="24342"/>
+        <x:n v="5854"/>
+        <x:n v="55123"/>
+        <x:n v="20145"/>
+        <x:n v="24491"/>
+        <x:n v="10619"/>
+        <x:n v="5851"/>
+        <x:n v="55255"/>
+        <x:n v="20122"/>
+        <x:n v="24655"/>
+        <x:n v="10591"/>
+        <x:n v="5874"/>
+        <x:n v="55368"/>
+        <x:n v="20186"/>
+        <x:n v="10534"/>
+        <x:n v="5902"/>
+        <x:n v="55440"/>
+        <x:n v="20151"/>
+        <x:n v="24800"/>
+        <x:n v="10431"/>
+        <x:n v="5918"/>
+        <x:n v="55382"/>
+        <x:n v="20198"/>
+        <x:n v="24935"/>
+        <x:n v="10291"/>
+        <x:n v="5917"/>
+        <x:n v="55424"/>
+        <x:n v="20160"/>
+        <x:n v="25004"/>
+        <x:n v="10188"/>
+        <x:n v="5927"/>
+        <x:n v="55352"/>
+        <x:n v="20171"/>
+        <x:n v="25242"/>
+        <x:n v="10176"/>
+        <x:n v="5940"/>
+        <x:n v="55589"/>
+        <x:n v="20076"/>
+        <x:n v="5968"/>
+        <x:n v="55361"/>
+        <x:n v="20082"/>
+        <x:n v="25065"/>
+        <x:n v="10202"/>
+        <x:n v="5961"/>
+        <x:n v="55349"/>
+        <x:n v="19895"/>
+        <x:n v="24978"/>
+        <x:n v="10186"/>
+        <x:n v="5964"/>
+        <x:n v="55059"/>
+        <x:n v="19361"/>
+        <x:n v="24970"/>
+        <x:n v="10134"/>
+        <x:n v="5931"/>
+        <x:n v="54465"/>
+        <x:n v="17057"/>
+        <x:n v="17179"/>
+        <x:n v="9447"/>
+        <x:n v="5898"/>
+        <x:n v="43683"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W10"/>
+    <s v="2022 March 13"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W10"/>
+    <s v="2022 March 13"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W10"/>
+    <s v="2022 March 13"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W10"/>
+    <s v="2022 March 13"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W10"/>
+    <s v="2022 March 13"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="2437"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W11"/>
+    <s v="2022 March 20"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="4872"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W11"/>
+    <s v="2022 March 20"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W11"/>
+    <s v="2022 March 20"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="466"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W11"/>
+    <s v="2022 March 20"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W11"/>
+    <s v="2022 March 20"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="5354"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W12"/>
+    <s v="2022 March 27"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="7531"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W12"/>
+    <s v="2022 March 27"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W12"/>
+    <s v="2022 March 27"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="657"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W12"/>
+    <s v="2022 March 27"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="628"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W12"/>
+    <s v="2022 March 27"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="8206"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W13"/>
+    <s v="2022 April 03"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="10465"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W13"/>
+    <s v="2022 April 03"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="4109"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W13"/>
+    <s v="2022 April 03"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W13"/>
+    <s v="2022 April 03"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="756"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W13"/>
+    <s v="2022 April 03"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="15393"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W14"/>
+    <s v="2022 April 10"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="14801"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W14"/>
+    <s v="2022 April 10"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="4110"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W14"/>
+    <s v="2022 April 10"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="940"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W14"/>
+    <s v="2022 April 10"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W14"/>
+    <s v="2022 April 10"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="19851"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W15"/>
+    <s v="2022 April 17"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="17364"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W15"/>
+    <s v="2022 April 17"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="4111"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W15"/>
+    <s v="2022 April 17"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W15"/>
+    <s v="2022 April 17"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W15"/>
+    <s v="2022 April 17"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="22498"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W16"/>
+    <s v="2022 April 24"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="18459"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W16"/>
+    <s v="2022 April 24"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="4114"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W16"/>
+    <s v="2022 April 24"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W16"/>
+    <s v="2022 April 24"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W16"/>
+    <s v="2022 April 24"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="23669"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W17"/>
+    <s v="2022 May 01"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="21904"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W17"/>
+    <s v="2022 May 01"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="6429"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W17"/>
+    <s v="2022 May 01"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W17"/>
+    <s v="2022 May 01"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1074"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W17"/>
+    <s v="2022 May 01"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="29527"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W18"/>
+    <s v="2022 May 08"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="18939"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W18"/>
+    <s v="2022 May 08"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="6332"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W18"/>
+    <s v="2022 May 08"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="1307"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W18"/>
+    <s v="2022 May 08"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W18"/>
+    <s v="2022 May 08"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="26578"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W19"/>
+    <s v="2022 May 15"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="17354"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W19"/>
+    <s v="2022 May 15"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="6339"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W19"/>
+    <s v="2022 May 15"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W19"/>
+    <s v="2022 May 15"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W19"/>
+    <s v="2022 May 15"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="25097"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W20"/>
+    <s v="2022 May 22"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="17618"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W20"/>
+    <s v="2022 May 22"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="6345"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W20"/>
+    <s v="2022 May 22"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="1482"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W20"/>
+    <s v="2022 May 22"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1287"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W20"/>
+    <s v="2022 May 22"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="25445"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W21"/>
+    <s v="2022 May 29"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="18027"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W21"/>
+    <s v="2022 May 29"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="6353"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W21"/>
+    <s v="2022 May 29"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W21"/>
+    <s v="2022 May 29"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W21"/>
+    <s v="2022 May 29"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="25936"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W22"/>
+    <s v="2022 June 05"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="18269"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W22"/>
+    <s v="2022 June 05"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="12517"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W22"/>
+    <s v="2022 June 05"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W22"/>
+    <s v="2022 June 05"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1387"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W22"/>
+    <s v="2022 June 05"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="32575"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W23"/>
+    <s v="2022 June 12"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="18650"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W23"/>
+    <s v="2022 June 12"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="12293"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W23"/>
+    <s v="2022 June 12"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W23"/>
+    <s v="2022 June 12"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W23"/>
+    <s v="2022 June 12"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="32796"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W24"/>
+    <s v="2022 June 19"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19195"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W24"/>
+    <s v="2022 June 19"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="12305"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W24"/>
+    <s v="2022 June 19"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W24"/>
+    <s v="2022 June 19"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1486"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W24"/>
+    <s v="2022 June 19"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="33443"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W25"/>
+    <s v="2022 June 26"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19682"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W25"/>
+    <s v="2022 June 26"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="12328"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W25"/>
+    <s v="2022 June 26"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="2039"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W25"/>
+    <s v="2022 June 26"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1556"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W25"/>
+    <s v="2022 June 26"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="34049"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W26"/>
+    <s v="2022 July 03"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20224"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W26"/>
+    <s v="2022 July 03"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13653"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W26"/>
+    <s v="2022 July 03"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="2193"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W26"/>
+    <s v="2022 July 03"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1648"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W26"/>
+    <s v="2022 July 03"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="36070"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W27"/>
+    <s v="2022 July 10"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="21078"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W27"/>
+    <s v="2022 July 10"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13382"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W27"/>
+    <s v="2022 July 10"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="2221"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W27"/>
+    <s v="2022 July 10"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1715"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W27"/>
+    <s v="2022 July 10"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="36681"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W28"/>
+    <s v="2022 July 17"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="21277"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W28"/>
+    <s v="2022 July 17"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13462"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W28"/>
+    <s v="2022 July 17"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="2300"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W28"/>
+    <s v="2022 July 17"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W28"/>
+    <s v="2022 July 17"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="37039"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W29"/>
+    <s v="2022 July 24"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="21926"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W29"/>
+    <s v="2022 July 24"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13582"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W29"/>
+    <s v="2022 July 24"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="2379"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W29"/>
+    <s v="2022 July 24"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1816"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W29"/>
+    <s v="2022 July 24"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="37887"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W30"/>
+    <s v="2022 July 31"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="22115"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W30"/>
+    <s v="2022 July 31"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13738"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W30"/>
+    <s v="2022 July 31"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="2433"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W30"/>
+    <s v="2022 July 31"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1852"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W30"/>
+    <s v="2022 July 31"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="38286"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W31"/>
+    <s v="2022 August 07"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="21197"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W31"/>
+    <s v="2022 August 07"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="14661"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W31"/>
+    <s v="2022 August 07"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="2533"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W31"/>
+    <s v="2022 August 07"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1908"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W31"/>
+    <s v="2022 August 07"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="38391"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W32"/>
+    <s v="2022 August 14"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="21436"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W32"/>
+    <s v="2022 August 14"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="14811"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W32"/>
+    <s v="2022 August 14"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="2613"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W32"/>
+    <s v="2022 August 14"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1943"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W32"/>
+    <s v="2022 August 14"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="38860"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W33"/>
+    <s v="2022 August 21"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="21787"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W33"/>
+    <s v="2022 August 21"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="14984"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W33"/>
+    <s v="2022 August 21"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="2693"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W33"/>
+    <s v="2022 August 21"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="1994"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W33"/>
+    <s v="2022 August 21"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="39464"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W34"/>
+    <s v="2022 August 28"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="21706"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W34"/>
+    <s v="2022 August 28"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15173"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W34"/>
+    <s v="2022 August 28"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W34"/>
+    <s v="2022 August 28"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W34"/>
+    <s v="2022 August 28"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="39623"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W35"/>
+    <s v="2022 September 04"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="21791"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W35"/>
+    <s v="2022 September 04"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="16121"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W35"/>
+    <s v="2022 September 04"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="2867"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W35"/>
+    <s v="2022 September 04"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="2075"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W35"/>
+    <s v="2022 September 04"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="40779"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W36"/>
+    <s v="2022 September 11"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="22031"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W36"/>
+    <s v="2022 September 11"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15930"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W36"/>
+    <s v="2022 September 11"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="2961"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W36"/>
+    <s v="2022 September 11"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="2133"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W36"/>
+    <s v="2022 September 11"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="40922"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W37"/>
+    <s v="2022 September 18"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="22307"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W37"/>
+    <s v="2022 September 18"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="16210"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W37"/>
+    <s v="2022 September 18"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W37"/>
+    <s v="2022 September 18"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="2174"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W37"/>
+    <s v="2022 September 18"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="41539"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W38"/>
+    <s v="2022 September 25"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="22509"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W38"/>
+    <s v="2022 September 25"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="16616"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W38"/>
+    <s v="2022 September 25"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="3121"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W38"/>
+    <s v="2022 September 25"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="2247"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W38"/>
+    <s v="2022 September 25"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="42246"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W39"/>
+    <s v="2022 October 02"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="22969"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W39"/>
+    <s v="2022 October 02"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="18474"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W39"/>
+    <s v="2022 October 02"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W39"/>
+    <s v="2022 October 02"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="2323"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W39"/>
+    <s v="2022 October 02"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="44681"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W40"/>
+    <s v="2022 October 09"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="23539"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W40"/>
+    <s v="2022 October 09"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="18182"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W40"/>
+    <s v="2022 October 09"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="3314"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W40"/>
+    <s v="2022 October 09"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W40"/>
+    <s v="2022 October 09"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="45035"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W41"/>
+    <s v="2022 October 16"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="24153"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W41"/>
+    <s v="2022 October 16"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="18186"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W41"/>
+    <s v="2022 October 16"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="3406"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W41"/>
+    <s v="2022 October 16"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="2462"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W41"/>
+    <s v="2022 October 16"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="45745"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W42"/>
+    <s v="2022 October 23"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="24763"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W42"/>
+    <s v="2022 October 23"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="18192"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W42"/>
+    <s v="2022 October 23"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="3511"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W42"/>
+    <s v="2022 October 23"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W42"/>
+    <s v="2022 October 23"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46466"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W43"/>
+    <s v="2022 October 30"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="25379"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W43"/>
+    <s v="2022 October 30"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="18200"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W43"/>
+    <s v="2022 October 30"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="3645"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W43"/>
+    <s v="2022 October 30"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="2642"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W43"/>
+    <s v="2022 October 30"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="47224"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W44"/>
+    <s v="2022 November 06"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="25678"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W44"/>
+    <s v="2022 November 06"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="19260"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W44"/>
+    <s v="2022 November 06"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="4046"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W44"/>
+    <s v="2022 November 06"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="2706"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W44"/>
+    <s v="2022 November 06"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="48984"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W45"/>
+    <s v="2022 November 13"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="25977"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W45"/>
+    <s v="2022 November 13"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="11094"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W45"/>
+    <s v="2022 November 13"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="4119"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W45"/>
+    <s v="2022 November 13"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="2752"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W45"/>
+    <s v="2022 November 13"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="41190"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W46"/>
+    <s v="2022 November 20"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="26455"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W46"/>
+    <s v="2022 November 20"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="11102"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W46"/>
+    <s v="2022 November 20"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="4222"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W46"/>
+    <s v="2022 November 20"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="2838"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W46"/>
+    <s v="2022 November 20"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="41779"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W47"/>
+    <s v="2022 November 27"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="26724"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W47"/>
+    <s v="2022 November 27"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="11104"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W47"/>
+    <s v="2022 November 27"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="4344"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W47"/>
+    <s v="2022 November 27"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="2926"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W47"/>
+    <s v="2022 November 27"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="42172"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W48"/>
+    <s v="2022 December 04"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="26925"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W48"/>
+    <s v="2022 December 04"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="11849"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W48"/>
+    <s v="2022 December 04"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="4486"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W48"/>
+    <s v="2022 December 04"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3002"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W48"/>
+    <s v="2022 December 04"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="43260"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W49"/>
+    <s v="2022 December 11"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="27413"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W49"/>
+    <s v="2022 December 11"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="11617"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W49"/>
+    <s v="2022 December 11"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="4312"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W49"/>
+    <s v="2022 December 11"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3094"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W49"/>
+    <s v="2022 December 11"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="43342"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W50"/>
+    <s v="2022 December 18"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="27748"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W50"/>
+    <s v="2022 December 18"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="11622"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W50"/>
+    <s v="2022 December 18"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W50"/>
+    <s v="2022 December 18"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W50"/>
+    <s v="2022 December 18"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="43796"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W51"/>
+    <s v="2022 December 25"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="28041"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W51"/>
+    <s v="2022 December 25"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="11630"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W51"/>
+    <s v="2022 December 25"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="4532"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W51"/>
+    <s v="2022 December 25"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W51"/>
+    <s v="2022 December 25"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="44203"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W52"/>
+    <s v="2023 January 01"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="28121"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W52"/>
+    <s v="2023 January 01"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="12432"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W52"/>
+    <s v="2023 January 01"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="4579"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W52"/>
+    <s v="2023 January 01"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3302"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2022W52"/>
+    <s v="2023 January 01"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="45132"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W01"/>
+    <s v="2023 January 08"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="28868"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W01"/>
+    <s v="2023 January 08"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="12343"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W01"/>
+    <s v="2023 January 08"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="4519"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W01"/>
+    <s v="2023 January 08"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3009"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W01"/>
+    <s v="2023 January 08"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="45730"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W02"/>
+    <s v="2023 January 15"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29074"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W02"/>
+    <s v="2023 January 15"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="12344"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W02"/>
+    <s v="2023 January 15"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="4587"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W02"/>
+    <s v="2023 January 15"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W02"/>
+    <s v="2023 January 15"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46005"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W03"/>
+    <s v="2023 January 22"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29000"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W03"/>
+    <s v="2023 January 22"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="12347"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W03"/>
+    <s v="2023 January 22"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="4646"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W03"/>
+    <s v="2023 January 22"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3183"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W03"/>
+    <s v="2023 January 22"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="45993"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W04"/>
+    <s v="2023 January 29"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29108"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W04"/>
+    <s v="2023 January 29"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="12351"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W04"/>
+    <s v="2023 January 29"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="4716"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W04"/>
+    <s v="2023 January 29"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3265"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W04"/>
+    <s v="2023 January 29"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46175"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W05"/>
+    <s v="2023 February 05"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29166"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W05"/>
+    <s v="2023 February 05"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="12810"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W05"/>
+    <s v="2023 February 05"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="4973"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W05"/>
+    <s v="2023 February 05"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3308"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W05"/>
+    <s v="2023 February 05"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46949"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W06"/>
+    <s v="2023 February 12"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29338"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W06"/>
+    <s v="2023 February 12"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="12606"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W06"/>
+    <s v="2023 February 12"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="5047"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W06"/>
+    <s v="2023 February 12"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3368"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W06"/>
+    <s v="2023 February 12"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46991"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W07"/>
+    <s v="2023 February 19"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29712"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W07"/>
+    <s v="2023 February 19"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="12613"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W07"/>
+    <s v="2023 February 19"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="5142"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W07"/>
+    <s v="2023 February 19"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3418"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W07"/>
+    <s v="2023 February 19"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="47467"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W08"/>
+    <s v="2023 February 26"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29666"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W08"/>
+    <s v="2023 February 26"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="12610"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W08"/>
+    <s v="2023 February 26"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="5205"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W08"/>
+    <s v="2023 February 26"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3458"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W08"/>
+    <s v="2023 February 26"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="47481"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W09"/>
+    <s v="2023 March 05"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29812"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W09"/>
+    <s v="2023 March 05"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13198"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W09"/>
+    <s v="2023 March 05"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="5316"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W09"/>
+    <s v="2023 March 05"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3504"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W09"/>
+    <s v="2023 March 05"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="48326"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W10"/>
+    <s v="2023 March 12"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29796"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W10"/>
+    <s v="2023 March 12"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13006"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W10"/>
+    <s v="2023 March 12"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="5359"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W10"/>
+    <s v="2023 March 12"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3791"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W10"/>
+    <s v="2023 March 12"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="48161"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W11"/>
+    <s v="2023 March 19"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29671"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W11"/>
+    <s v="2023 March 19"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13008"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W11"/>
+    <s v="2023 March 19"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W11"/>
+    <s v="2023 March 19"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3816"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W11"/>
+    <s v="2023 March 19"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="48069"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W12"/>
+    <s v="2023 March 26"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29467"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W12"/>
+    <s v="2023 March 26"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13009"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W12"/>
+    <s v="2023 March 26"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="5486"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W12"/>
+    <s v="2023 March 26"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3864"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W12"/>
+    <s v="2023 March 26"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="47962"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W13"/>
+    <s v="2023 April 02"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29422"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W13"/>
+    <s v="2023 April 02"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13563"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W13"/>
+    <s v="2023 April 02"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="5592"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W13"/>
+    <s v="2023 April 02"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3915"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W13"/>
+    <s v="2023 April 02"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="48577"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W14"/>
+    <s v="2023 April 09"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29498"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W14"/>
+    <s v="2023 April 09"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13287"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W14"/>
+    <s v="2023 April 09"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="5639"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W14"/>
+    <s v="2023 April 09"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3941"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W14"/>
+    <s v="2023 April 09"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="48424"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W15"/>
+    <s v="2023 April 16"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29548"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W15"/>
+    <s v="2023 April 16"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13292"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W15"/>
+    <s v="2023 April 16"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="5696"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W15"/>
+    <s v="2023 April 16"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3973"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W15"/>
+    <s v="2023 April 16"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="48536"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W16"/>
+    <s v="2023 April 23"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29483"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W16"/>
+    <s v="2023 April 23"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13299"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W16"/>
+    <s v="2023 April 23"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="5739"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W16"/>
+    <s v="2023 April 23"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="3995"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W16"/>
+    <s v="2023 April 23"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="48521"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W17"/>
+    <s v="2023 April 30"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="30034"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W17"/>
+    <s v="2023 April 30"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13302"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W17"/>
+    <s v="2023 April 30"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="5795"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W17"/>
+    <s v="2023 April 30"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4030"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W17"/>
+    <s v="2023 April 30"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="49131"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W18"/>
+    <s v="2023 May 07"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29106"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W18"/>
+    <s v="2023 May 07"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13332"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W18"/>
+    <s v="2023 May 07"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="5845"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W18"/>
+    <s v="2023 May 07"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4052"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W18"/>
+    <s v="2023 May 07"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="48283"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W19"/>
+    <s v="2023 May 14"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29220"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W19"/>
+    <s v="2023 May 14"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13341"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W19"/>
+    <s v="2023 May 14"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="5915"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W19"/>
+    <s v="2023 May 14"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4083"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W19"/>
+    <s v="2023 May 14"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="48476"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W20"/>
+    <s v="2023 May 21"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29256"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W20"/>
+    <s v="2023 May 21"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13346"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W20"/>
+    <s v="2023 May 21"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="6005"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W20"/>
+    <s v="2023 May 21"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4142"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W20"/>
+    <s v="2023 May 21"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="48607"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W21"/>
+    <s v="2023 May 28"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29128"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W21"/>
+    <s v="2023 May 28"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="13351"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W21"/>
+    <s v="2023 May 28"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="6076"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W21"/>
+    <s v="2023 May 28"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W21"/>
+    <s v="2023 May 28"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="48555"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W22"/>
+    <s v="2023 June 04"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29140"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W22"/>
+    <s v="2023 June 04"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="23102"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W22"/>
+    <s v="2023 June 04"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="6681"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W22"/>
+    <s v="2023 June 04"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4217"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W22"/>
+    <s v="2023 June 04"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="58923"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W23"/>
+    <s v="2023 June 11"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29281"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W23"/>
+    <s v="2023 June 11"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="22808"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W23"/>
+    <s v="2023 June 11"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="6725"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W23"/>
+    <s v="2023 June 11"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4262"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W23"/>
+    <s v="2023 June 11"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="58814"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W24"/>
+    <s v="2023 June 18"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29270"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W24"/>
+    <s v="2023 June 18"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="22833"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W24"/>
+    <s v="2023 June 18"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="6794"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W24"/>
+    <s v="2023 June 18"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4301"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W24"/>
+    <s v="2023 June 18"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="58897"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W25"/>
+    <s v="2023 June 25"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29382"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W25"/>
+    <s v="2023 June 25"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="22853"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W25"/>
+    <s v="2023 June 25"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="6867"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W25"/>
+    <s v="2023 June 25"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4343"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W25"/>
+    <s v="2023 June 25"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="59102"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W26"/>
+    <s v="2023 July 02"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29815"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W26"/>
+    <s v="2023 July 02"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="23490"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W26"/>
+    <s v="2023 July 02"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="6969"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W26"/>
+    <s v="2023 July 02"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4394"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W26"/>
+    <s v="2023 July 02"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="60274"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W27"/>
+    <s v="2023 July 09"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29667"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W27"/>
+    <s v="2023 July 09"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="23197"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W27"/>
+    <s v="2023 July 09"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="6570"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W27"/>
+    <s v="2023 July 09"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4472"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W27"/>
+    <s v="2023 July 09"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="59434"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W28"/>
+    <s v="2023 July 16"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29961"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W28"/>
+    <s v="2023 July 16"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="23304"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W28"/>
+    <s v="2023 July 16"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="6644"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W28"/>
+    <s v="2023 July 16"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4514"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W28"/>
+    <s v="2023 July 16"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="59909"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W29"/>
+    <s v="2023 July 23"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="30258"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W29"/>
+    <s v="2023 July 23"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="23440"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W29"/>
+    <s v="2023 July 23"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="6708"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W29"/>
+    <s v="2023 July 23"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4557"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W29"/>
+    <s v="2023 July 23"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="60406"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W30"/>
+    <s v="2023 July 30"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="30158"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W30"/>
+    <s v="2023 July 30"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="23626"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W30"/>
+    <s v="2023 July 30"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="6784"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W30"/>
+    <s v="2023 July 30"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4598"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W30"/>
+    <s v="2023 July 30"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="60568"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W31"/>
+    <s v="2023 August 06"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="30000"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W31"/>
+    <s v="2023 August 06"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24549"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W31"/>
+    <s v="2023 August 06"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="6916"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W31"/>
+    <s v="2023 August 06"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4653"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W31"/>
+    <s v="2023 August 06"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="61465"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W32"/>
+    <s v="2023 August 13"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="30490"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W32"/>
+    <s v="2023 August 13"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24452"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W32"/>
+    <s v="2023 August 13"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="6947"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W32"/>
+    <s v="2023 August 13"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W32"/>
+    <s v="2023 August 13"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="61889"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W33"/>
+    <s v="2023 August 20"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="30241"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W33"/>
+    <s v="2023 August 20"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24576"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W33"/>
+    <s v="2023 August 20"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="7011"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W33"/>
+    <s v="2023 August 20"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4707"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W33"/>
+    <s v="2023 August 20"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="61828"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W34"/>
+    <s v="2023 August 27"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29982"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W34"/>
+    <s v="2023 August 27"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24792"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W34"/>
+    <s v="2023 August 27"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="7062"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W34"/>
+    <s v="2023 August 27"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4730"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W34"/>
+    <s v="2023 August 27"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="61836"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W35"/>
+    <s v="2023 September 03"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29785"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W35"/>
+    <s v="2023 September 03"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25399"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W35"/>
+    <s v="2023 September 03"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="7141"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W35"/>
+    <s v="2023 September 03"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4751"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W35"/>
+    <s v="2023 September 03"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="62325"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W36"/>
+    <s v="2023 September 10"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29769"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W36"/>
+    <s v="2023 September 10"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25149"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W36"/>
+    <s v="2023 September 10"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="7218"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W36"/>
+    <s v="2023 September 10"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4795"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W36"/>
+    <s v="2023 September 10"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="62136"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W37"/>
+    <s v="2023 September 17"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29540"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W37"/>
+    <s v="2023 September 17"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25286"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W37"/>
+    <s v="2023 September 17"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="7280"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W37"/>
+    <s v="2023 September 17"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4843"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W37"/>
+    <s v="2023 September 17"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="62106"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W38"/>
+    <s v="2023 September 24"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29265"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W38"/>
+    <s v="2023 September 24"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25412"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W38"/>
+    <s v="2023 September 24"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="7370"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W38"/>
+    <s v="2023 September 24"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4907"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W38"/>
+    <s v="2023 September 24"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="62047"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W39"/>
+    <s v="2023 October 01"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29163"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W39"/>
+    <s v="2023 October 01"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="26177"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W39"/>
+    <s v="2023 October 01"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="7521"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W39"/>
+    <s v="2023 October 01"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="4997"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W39"/>
+    <s v="2023 October 01"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="62861"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W40"/>
+    <s v="2023 October 08"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29090"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W40"/>
+    <s v="2023 October 08"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25911"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W40"/>
+    <s v="2023 October 08"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="7622"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W40"/>
+    <s v="2023 October 08"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5065"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W40"/>
+    <s v="2023 October 08"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="62623"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W41"/>
+    <s v="2023 October 15"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29214"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W41"/>
+    <s v="2023 October 15"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25920"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W41"/>
+    <s v="2023 October 15"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="7729"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W41"/>
+    <s v="2023 October 15"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5144"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W41"/>
+    <s v="2023 October 15"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="62863"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W42"/>
+    <s v="2023 October 22"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29245"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W42"/>
+    <s v="2023 October 22"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25921"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W42"/>
+    <s v="2023 October 22"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="7833"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W42"/>
+    <s v="2023 October 22"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5220"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W42"/>
+    <s v="2023 October 22"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="62999"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W43"/>
+    <s v="2023 October 29"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29341"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W43"/>
+    <s v="2023 October 29"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25915"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W43"/>
+    <s v="2023 October 29"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="7939"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W43"/>
+    <s v="2023 October 29"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5305"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W43"/>
+    <s v="2023 October 29"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="63195"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W44"/>
+    <s v="2023 November 05"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29264"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W44"/>
+    <s v="2023 November 05"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="26457"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W44"/>
+    <s v="2023 November 05"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="8749"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W44"/>
+    <s v="2023 November 05"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5366"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W44"/>
+    <s v="2023 November 05"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="64470"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W45"/>
+    <s v="2023 November 12"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29354"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W45"/>
+    <s v="2023 November 12"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="14707"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W45"/>
+    <s v="2023 November 12"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="8852"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W45"/>
+    <s v="2023 November 12"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5435"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W45"/>
+    <s v="2023 November 12"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="52913"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W46"/>
+    <s v="2023 November 19"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="28940"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W46"/>
+    <s v="2023 November 19"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="14706"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W46"/>
+    <s v="2023 November 19"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="8935"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W46"/>
+    <s v="2023 November 19"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5497"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W46"/>
+    <s v="2023 November 19"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="52581"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W47"/>
+    <s v="2023 November 26"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="28899"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W47"/>
+    <s v="2023 November 26"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="14724"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W47"/>
+    <s v="2023 November 26"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9017"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W47"/>
+    <s v="2023 November 26"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5556"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W47"/>
+    <s v="2023 November 26"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="52640"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W48"/>
+    <s v="2023 December 03"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="28944"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W48"/>
+    <s v="2023 December 03"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15065"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W48"/>
+    <s v="2023 December 03"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9134"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W48"/>
+    <s v="2023 December 03"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5638"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W48"/>
+    <s v="2023 December 03"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="53143"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W49"/>
+    <s v="2023 December 10"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="28894"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W49"/>
+    <s v="2023 December 10"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="14865"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W49"/>
+    <s v="2023 December 10"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="8502"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W49"/>
+    <s v="2023 December 10"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5686"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W49"/>
+    <s v="2023 December 10"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="52261"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W50"/>
+    <s v="2023 December 17"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="28755"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W50"/>
+    <s v="2023 December 17"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="14869"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W50"/>
+    <s v="2023 December 17"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="8585"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W50"/>
+    <s v="2023 December 17"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5737"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W50"/>
+    <s v="2023 December 17"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="52209"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W51"/>
+    <s v="2023 December 24"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="28546"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W51"/>
+    <s v="2023 December 24"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="14868"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W51"/>
+    <s v="2023 December 24"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="8675"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W51"/>
+    <s v="2023 December 24"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5812"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W51"/>
+    <s v="2023 December 24"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="52089"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W52"/>
+    <s v="2023 December 31"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="28957"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W52"/>
+    <s v="2023 December 31"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="14867"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W52"/>
+    <s v="2023 December 31"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="8724"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W52"/>
+    <s v="2023 December 31"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5862"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2023W52"/>
+    <s v="2023 December 31"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="52548"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W01"/>
+    <s v="2024 January 07"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29493"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W01"/>
+    <s v="2024 January 07"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15195"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W01"/>
+    <s v="2024 January 07"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="8889"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W01"/>
+    <s v="2024 January 07"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5654"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W01"/>
+    <s v="2024 January 07"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="53577"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W02"/>
+    <s v="2024 January 14"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29585"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W02"/>
+    <s v="2024 January 14"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15195"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W02"/>
+    <s v="2024 January 14"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="8908"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W02"/>
+    <s v="2024 January 14"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5702"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W02"/>
+    <s v="2024 January 14"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="53688"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W03"/>
+    <s v="2024 January 21"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29510"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W03"/>
+    <s v="2024 January 21"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15199"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W03"/>
+    <s v="2024 January 21"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="8954"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W03"/>
+    <s v="2024 January 21"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5754"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W03"/>
+    <s v="2024 January 21"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="53663"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W04"/>
+    <s v="2024 January 28"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29563"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W04"/>
+    <s v="2024 January 28"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15193"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W04"/>
+    <s v="2024 January 28"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9011"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W04"/>
+    <s v="2024 January 28"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5828"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W04"/>
+    <s v="2024 January 28"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="53767"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W05"/>
+    <s v="2024 February 04"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29654"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W05"/>
+    <s v="2024 February 04"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15462"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W05"/>
+    <s v="2024 February 04"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9090"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W05"/>
+    <s v="2024 February 04"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5881"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W05"/>
+    <s v="2024 February 04"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="54206"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W06"/>
+    <s v="2024 February 11"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29520"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W06"/>
+    <s v="2024 February 11"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15276"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W06"/>
+    <s v="2024 February 11"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9121"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W06"/>
+    <s v="2024 February 11"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5914"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W06"/>
+    <s v="2024 February 11"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="53917"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W07"/>
+    <s v="2024 February 18"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29243"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W07"/>
+    <s v="2024 February 18"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15283"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W07"/>
+    <s v="2024 February 18"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9181"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W07"/>
+    <s v="2024 February 18"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5924"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W07"/>
+    <s v="2024 February 18"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="53707"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W08"/>
+    <s v="2024 February 25"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="29059"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W08"/>
+    <s v="2024 February 25"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15288"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W08"/>
+    <s v="2024 February 25"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9210"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W08"/>
+    <s v="2024 February 25"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5957"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W08"/>
+    <s v="2024 February 25"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="53557"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W09"/>
+    <s v="2024 March 03"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="28843"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W09"/>
+    <s v="2024 March 03"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15426"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W09"/>
+    <s v="2024 March 03"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9283"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W09"/>
+    <s v="2024 March 03"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6000"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W09"/>
+    <s v="2024 March 03"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="53552"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W10"/>
+    <s v="2024 March 10"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="28531"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W10"/>
+    <s v="2024 March 10"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15188"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W10"/>
+    <s v="2024 March 10"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9309"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W10"/>
+    <s v="2024 March 10"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6075"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W10"/>
+    <s v="2024 March 10"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="53028"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W11"/>
+    <s v="2024 March 17"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="28115"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W11"/>
+    <s v="2024 March 17"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15195"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W11"/>
+    <s v="2024 March 17"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9378"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W11"/>
+    <s v="2024 March 17"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6119"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W11"/>
+    <s v="2024 March 17"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="52688"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W12"/>
+    <s v="2024 March 24"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="27854"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W12"/>
+    <s v="2024 March 24"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15199"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W12"/>
+    <s v="2024 March 24"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9414"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W12"/>
+    <s v="2024 March 24"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6141"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W12"/>
+    <s v="2024 March 24"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="52467"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W13"/>
+    <s v="2024 March 31"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="27693"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W13"/>
+    <s v="2024 March 31"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15202"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W13"/>
+    <s v="2024 March 31"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9443"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W13"/>
+    <s v="2024 March 31"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6149"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W13"/>
+    <s v="2024 March 31"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="52338"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W14"/>
+    <s v="2024 April 07"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="27499"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W14"/>
+    <s v="2024 April 07"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15126"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W14"/>
+    <s v="2024 April 07"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9495"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W14"/>
+    <s v="2024 April 07"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6159"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W14"/>
+    <s v="2024 April 07"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="52120"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W15"/>
+    <s v="2024 April 14"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="27333"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W15"/>
+    <s v="2024 April 14"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15137"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W15"/>
+    <s v="2024 April 14"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9526"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W15"/>
+    <s v="2024 April 14"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6169"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W15"/>
+    <s v="2024 April 14"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="51996"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W16"/>
+    <s v="2024 April 21"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="27091"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W16"/>
+    <s v="2024 April 21"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15146"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W16"/>
+    <s v="2024 April 21"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9536"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W16"/>
+    <s v="2024 April 21"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6166"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W16"/>
+    <s v="2024 April 21"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="51773"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W17"/>
+    <s v="2024 April 28"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="26814"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W17"/>
+    <s v="2024 April 28"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15150"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W17"/>
+    <s v="2024 April 28"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9567"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W17"/>
+    <s v="2024 April 28"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6180"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W17"/>
+    <s v="2024 April 28"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="51531"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W18"/>
+    <s v="2024 May 05"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="26579"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W18"/>
+    <s v="2024 May 05"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15475"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W18"/>
+    <s v="2024 May 05"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9607"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W18"/>
+    <s v="2024 May 05"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6175"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W18"/>
+    <s v="2024 May 05"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="51661"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W19"/>
+    <s v="2024 May 12"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="26363"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W19"/>
+    <s v="2024 May 12"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15254"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W19"/>
+    <s v="2024 May 12"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9606"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W19"/>
+    <s v="2024 May 12"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6183"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W19"/>
+    <s v="2024 May 12"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="51223"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W20"/>
+    <s v="2024 May 19"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="26294"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W20"/>
+    <s v="2024 May 19"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15264"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W20"/>
+    <s v="2024 May 19"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9635"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W20"/>
+    <s v="2024 May 19"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6198"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W20"/>
+    <s v="2024 May 19"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="51193"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W21"/>
+    <s v="2024 May 26"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="26122"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W21"/>
+    <s v="2024 May 26"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15285"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W21"/>
+    <s v="2024 May 26"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9671"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W21"/>
+    <s v="2024 May 26"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6213"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W21"/>
+    <s v="2024 May 26"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="51078"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W22"/>
+    <s v="2024 June 02"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="25939"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W22"/>
+    <s v="2024 June 02"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24725"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W22"/>
+    <s v="2024 June 02"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10751"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W22"/>
+    <s v="2024 June 02"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6229"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W22"/>
+    <s v="2024 June 02"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="61415"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W23"/>
+    <s v="2024 June 09"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="25834"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W23"/>
+    <s v="2024 June 09"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24557"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W23"/>
+    <s v="2024 June 09"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10773"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W23"/>
+    <s v="2024 June 09"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6227"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W23"/>
+    <s v="2024 June 09"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="61164"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W24"/>
+    <s v="2024 June 16"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="25757"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W24"/>
+    <s v="2024 June 16"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24582"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W24"/>
+    <s v="2024 June 16"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10801"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W24"/>
+    <s v="2024 June 16"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6234"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W24"/>
+    <s v="2024 June 16"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="61140"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W25"/>
+    <s v="2024 June 23"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="25548"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W25"/>
+    <s v="2024 June 23"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24639"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W25"/>
+    <s v="2024 June 23"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10823"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W25"/>
+    <s v="2024 June 23"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6242"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W25"/>
+    <s v="2024 June 23"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="61010"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W26"/>
+    <s v="2024 June 30"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="25435"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W26"/>
+    <s v="2024 June 30"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24720"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W26"/>
+    <s v="2024 June 30"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10842"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W26"/>
+    <s v="2024 June 30"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6246"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W26"/>
+    <s v="2024 June 30"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="60997"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W27"/>
+    <s v="2024 July 07"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="25362"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W27"/>
+    <s v="2024 July 07"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24755"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W27"/>
+    <s v="2024 July 07"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9886"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W27"/>
+    <s v="2024 July 07"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6249"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W27"/>
+    <s v="2024 July 07"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="60003"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W28"/>
+    <s v="2024 July 14"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="25194"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W28"/>
+    <s v="2024 July 14"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24858"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W28"/>
+    <s v="2024 July 14"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9906"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W28"/>
+    <s v="2024 July 14"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6250"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W28"/>
+    <s v="2024 July 14"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="59958"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W29"/>
+    <s v="2024 July 21"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="25048"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W29"/>
+    <s v="2024 July 21"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24969"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W29"/>
+    <s v="2024 July 21"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9919"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W29"/>
+    <s v="2024 July 21"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6243"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W29"/>
+    <s v="2024 July 21"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="59936"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W30"/>
+    <s v="2024 July 28"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="24936"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W30"/>
+    <s v="2024 July 28"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25073"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W30"/>
+    <s v="2024 July 28"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9881"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W30"/>
+    <s v="2024 July 28"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6197"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W30"/>
+    <s v="2024 July 28"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="59890"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W31"/>
+    <s v="2024 August 04"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="24964"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W31"/>
+    <s v="2024 August 04"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25320"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W31"/>
+    <s v="2024 August 04"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9952"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W31"/>
+    <s v="2024 August 04"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6210"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W31"/>
+    <s v="2024 August 04"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="60236"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W32"/>
+    <s v="2024 August 11"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="24867"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W32"/>
+    <s v="2024 August 11"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25190"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W32"/>
+    <s v="2024 August 11"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9961"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W32"/>
+    <s v="2024 August 11"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6219"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W32"/>
+    <s v="2024 August 11"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="60018"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W33"/>
+    <s v="2024 August 18"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="24661"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W33"/>
+    <s v="2024 August 18"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25302"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W33"/>
+    <s v="2024 August 18"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9981"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W33"/>
+    <s v="2024 August 18"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6226"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W33"/>
+    <s v="2024 August 18"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="59944"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W34"/>
+    <s v="2024 August 25"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="24354"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W34"/>
+    <s v="2024 August 25"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25421"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W34"/>
+    <s v="2024 August 25"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9984"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W34"/>
+    <s v="2024 August 25"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6228"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W34"/>
+    <s v="2024 August 25"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="59759"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W35"/>
+    <s v="2024 September 01"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="24072"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W35"/>
+    <s v="2024 September 01"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25637"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W35"/>
+    <s v="2024 September 01"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10044"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W35"/>
+    <s v="2024 September 01"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6238"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W35"/>
+    <s v="2024 September 01"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="59753"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W36"/>
+    <s v="2024 September 08"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="23973"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W36"/>
+    <s v="2024 September 08"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25407"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W36"/>
+    <s v="2024 September 08"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10031"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W36"/>
+    <s v="2024 September 08"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6240"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W36"/>
+    <s v="2024 September 08"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="59411"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W37"/>
+    <s v="2024 September 15"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="21701"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W37"/>
+    <s v="2024 September 15"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25514"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W37"/>
+    <s v="2024 September 15"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="13626"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W37"/>
+    <s v="2024 September 15"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="6224"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W37"/>
+    <s v="2024 September 15"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="60841"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W38"/>
+    <s v="2024 September 22"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20705"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W38"/>
+    <s v="2024 September 22"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25588"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W38"/>
+    <s v="2024 September 22"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11975"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W38"/>
+    <s v="2024 September 22"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5100"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W38"/>
+    <s v="2024 September 22"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="58268"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W39"/>
+    <s v="2024 September 29"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20368"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W39"/>
+    <s v="2024 September 29"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25676"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W39"/>
+    <s v="2024 September 29"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11906"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W39"/>
+    <s v="2024 September 29"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5137"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W39"/>
+    <s v="2024 September 29"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="57950"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W40"/>
+    <s v="2024 October 06"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20271"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W40"/>
+    <s v="2024 October 06"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25952"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W40"/>
+    <s v="2024 October 06"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11876"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W40"/>
+    <s v="2024 October 06"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5177"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W40"/>
+    <s v="2024 October 06"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="58099"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W41"/>
+    <s v="2024 October 13"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20131"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W41"/>
+    <s v="2024 October 13"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25773"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W41"/>
+    <s v="2024 October 13"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11703"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W41"/>
+    <s v="2024 October 13"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5193"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W41"/>
+    <s v="2024 October 13"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="57607"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W42"/>
+    <s v="2024 October 20"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20104"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W42"/>
+    <s v="2024 October 20"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25791"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W42"/>
+    <s v="2024 October 20"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11600"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W42"/>
+    <s v="2024 October 20"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5223"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W42"/>
+    <s v="2024 October 20"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="57495"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W43"/>
+    <s v="2024 October 27"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20034"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W43"/>
+    <s v="2024 October 27"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25797"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W43"/>
+    <s v="2024 October 27"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11576"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W43"/>
+    <s v="2024 October 27"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5267"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W43"/>
+    <s v="2024 October 27"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="57407"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W44"/>
+    <s v="2024 November 03"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19975"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W44"/>
+    <s v="2024 November 03"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25953"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W44"/>
+    <s v="2024 November 03"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="12461"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W44"/>
+    <s v="2024 November 03"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5321"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W44"/>
+    <s v="2024 November 03"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="58389"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W45"/>
+    <s v="2024 November 10"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20037"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W45"/>
+    <s v="2024 November 10"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15016"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W45"/>
+    <s v="2024 November 10"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="12427"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W45"/>
+    <s v="2024 November 10"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5350"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W45"/>
+    <s v="2024 November 10"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="47480"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W46"/>
+    <s v="2024 November 17"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19945"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W46"/>
+    <s v="2024 November 17"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15030"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W46"/>
+    <s v="2024 November 17"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="12364"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W46"/>
+    <s v="2024 November 17"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5382"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W46"/>
+    <s v="2024 November 17"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="47339"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W47"/>
+    <s v="2024 November 24"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19987"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W47"/>
+    <s v="2024 November 24"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15031"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W47"/>
+    <s v="2024 November 24"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="12253"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W47"/>
+    <s v="2024 November 24"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5404"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W47"/>
+    <s v="2024 November 24"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="47271"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W48"/>
+    <s v="2024 December 01"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20659"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W48"/>
+    <s v="2024 December 01"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15141"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W48"/>
+    <s v="2024 December 01"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="12219"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W48"/>
+    <s v="2024 December 01"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5442"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W48"/>
+    <s v="2024 December 01"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="48019"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W49"/>
+    <s v="2024 December 08"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20337"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W49"/>
+    <s v="2024 December 08"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15022"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W49"/>
+    <s v="2024 December 08"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10607"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W49"/>
+    <s v="2024 December 08"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5484"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W49"/>
+    <s v="2024 December 08"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="45966"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W50"/>
+    <s v="2024 December 15"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20240"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W50"/>
+    <s v="2024 December 15"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15030"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W50"/>
+    <s v="2024 December 15"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10577"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W50"/>
+    <s v="2024 December 15"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5512"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W50"/>
+    <s v="2024 December 15"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="45847"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W51"/>
+    <s v="2024 December 22"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="18811"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W51"/>
+    <s v="2024 December 22"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15043"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W51"/>
+    <s v="2024 December 22"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10312"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W51"/>
+    <s v="2024 December 22"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5383"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W51"/>
+    <s v="2024 December 22"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="44166"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W52"/>
+    <s v="2024 December 29"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="18770"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W52"/>
+    <s v="2024 December 29"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15029"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W52"/>
+    <s v="2024 December 29"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9036"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W52"/>
+    <s v="2024 December 29"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5395"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2024W52"/>
+    <s v="2024 December 29"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="42835"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W01"/>
+    <s v="2025 January 05"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20215"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W01"/>
+    <s v="2025 January 05"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15328"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W01"/>
+    <s v="2025 January 05"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10671"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W01"/>
+    <s v="2025 January 05"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5457"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W01"/>
+    <s v="2025 January 05"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46214"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W02"/>
+    <s v="2025 January 12"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20717"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W02"/>
+    <s v="2025 January 12"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15216"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W02"/>
+    <s v="2025 January 12"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10962"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W02"/>
+    <s v="2025 January 12"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5498"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W02"/>
+    <s v="2025 January 12"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46895"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W03"/>
+    <s v="2025 January 19"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20693"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W03"/>
+    <s v="2025 January 19"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15230"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W03"/>
+    <s v="2025 January 19"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10983"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W03"/>
+    <s v="2025 January 19"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5525"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W03"/>
+    <s v="2025 January 19"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46906"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W04"/>
+    <s v="2025 January 26"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20730"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W04"/>
+    <s v="2025 January 26"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15177"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W04"/>
+    <s v="2025 January 26"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10964"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W04"/>
+    <s v="2025 January 26"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5397"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W04"/>
+    <s v="2025 January 26"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46871"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W05"/>
+    <s v="2025 February 02"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20725"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W05"/>
+    <s v="2025 February 02"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15278"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W05"/>
+    <s v="2025 February 02"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10991"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W05"/>
+    <s v="2025 February 02"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5408"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W05"/>
+    <s v="2025 February 02"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46994"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W06"/>
+    <s v="2025 February 09"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20836"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W06"/>
+    <s v="2025 February 09"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15229"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W06"/>
+    <s v="2025 February 09"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10965"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W06"/>
+    <s v="2025 February 09"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5446"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W06"/>
+    <s v="2025 February 09"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="47030"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W07"/>
+    <s v="2025 February 16"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20923"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W07"/>
+    <s v="2025 February 16"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15239"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W07"/>
+    <s v="2025 February 16"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10982"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W07"/>
+    <s v="2025 February 16"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5454"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W07"/>
+    <s v="2025 February 16"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="47144"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W08"/>
+    <s v="2025 February 23"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20754"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W08"/>
+    <s v="2025 February 23"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15251"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W08"/>
+    <s v="2025 February 23"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10902"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W08"/>
+    <s v="2025 February 23"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5488"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W08"/>
+    <s v="2025 February 23"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46907"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W09"/>
+    <s v="2025 March 02"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20663"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W09"/>
+    <s v="2025 March 02"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15448"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W09"/>
+    <s v="2025 March 02"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10891"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W09"/>
+    <s v="2025 March 02"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5508"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W09"/>
+    <s v="2025 March 02"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="47002"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W10"/>
+    <s v="2025 March 09"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20477"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W10"/>
+    <s v="2025 March 09"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15312"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W10"/>
+    <s v="2025 March 09"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11045"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W10"/>
+    <s v="2025 March 09"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5652"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W10"/>
+    <s v="2025 March 09"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46834"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W11"/>
+    <s v="2025 March 16"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20254"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W11"/>
+    <s v="2025 March 16"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15241"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W11"/>
+    <s v="2025 March 16"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11012"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W11"/>
+    <s v="2025 March 16"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5644"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W11"/>
+    <s v="2025 March 16"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46507"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W12"/>
+    <s v="2025 March 23"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19996"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W12"/>
+    <s v="2025 March 23"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15351"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W12"/>
+    <s v="2025 March 23"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10975"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W12"/>
+    <s v="2025 March 23"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5640"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W12"/>
+    <s v="2025 March 23"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46322"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W13"/>
+    <s v="2025 March 30"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19946"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W13"/>
+    <s v="2025 March 30"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15362"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W13"/>
+    <s v="2025 March 30"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10964"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W13"/>
+    <s v="2025 March 30"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5634"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W13"/>
+    <s v="2025 March 30"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46272"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W14"/>
+    <s v="2025 April 06"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19820"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W14"/>
+    <s v="2025 April 06"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15432"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W14"/>
+    <s v="2025 April 06"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11002"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W14"/>
+    <s v="2025 April 06"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5653"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W14"/>
+    <s v="2025 April 06"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46254"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W15"/>
+    <s v="2025 April 13"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19705"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W15"/>
+    <s v="2025 April 13"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15232"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W15"/>
+    <s v="2025 April 13"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10987"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W15"/>
+    <s v="2025 April 13"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5655"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W15"/>
+    <s v="2025 April 13"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="45924"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W16"/>
+    <s v="2025 April 20"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19567"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W16"/>
+    <s v="2025 April 20"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15342"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W16"/>
+    <s v="2025 April 20"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10961"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W16"/>
+    <s v="2025 April 20"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5660"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W16"/>
+    <s v="2025 April 20"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="45870"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W17"/>
+    <s v="2025 April 27"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19449"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W17"/>
+    <s v="2025 April 27"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15333"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W17"/>
+    <s v="2025 April 27"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10947"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W17"/>
+    <s v="2025 April 27"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5674"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W17"/>
+    <s v="2025 April 27"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="45729"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W18"/>
+    <s v="2025 May 04"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19401"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W18"/>
+    <s v="2025 May 04"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15332"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W18"/>
+    <s v="2025 May 04"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11029"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W18"/>
+    <s v="2025 May 04"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5701"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W18"/>
+    <s v="2025 May 04"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="45762"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W19"/>
+    <s v="2025 May 11"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19172"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W19"/>
+    <s v="2025 May 11"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15325"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W19"/>
+    <s v="2025 May 11"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10992"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W19"/>
+    <s v="2025 May 11"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5700"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W19"/>
+    <s v="2025 May 11"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="45489"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W20"/>
+    <s v="2025 May 18"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19138"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W20"/>
+    <s v="2025 May 18"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15338"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W20"/>
+    <s v="2025 May 18"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11017"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W20"/>
+    <s v="2025 May 18"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5713"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W20"/>
+    <s v="2025 May 18"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="45493"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W21"/>
+    <s v="2025 May 25"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19014"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W21"/>
+    <s v="2025 May 25"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15335"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W21"/>
+    <s v="2025 May 25"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10970"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W21"/>
+    <s v="2025 May 25"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5685"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W21"/>
+    <s v="2025 May 25"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="45319"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W22"/>
+    <s v="2025 June 01"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19072"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W22"/>
+    <s v="2025 June 01"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="15835"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W22"/>
+    <s v="2025 June 01"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="12042"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W22"/>
+    <s v="2025 June 01"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5708"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W22"/>
+    <s v="2025 June 01"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="46949"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W23"/>
+    <s v="2025 June 08"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19309"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W23"/>
+    <s v="2025 June 08"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="23160"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W23"/>
+    <s v="2025 June 08"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11990"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W23"/>
+    <s v="2025 June 08"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5718"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W23"/>
+    <s v="2025 June 08"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="54459"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W24"/>
+    <s v="2025 June 15"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19371"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W24"/>
+    <s v="2025 June 15"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="23211"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W24"/>
+    <s v="2025 June 15"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11986"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W24"/>
+    <s v="2025 June 15"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5706"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W24"/>
+    <s v="2025 June 15"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="54568"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W25"/>
+    <s v="2025 June 22"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19426"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W25"/>
+    <s v="2025 June 22"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="23272"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W25"/>
+    <s v="2025 June 22"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11973"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W25"/>
+    <s v="2025 June 22"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5716"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W25"/>
+    <s v="2025 June 22"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="54671"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W26"/>
+    <s v="2025 June 29"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19670"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W26"/>
+    <s v="2025 June 29"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="23357"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W26"/>
+    <s v="2025 June 29"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11897"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W26"/>
+    <s v="2025 June 29"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5730"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W26"/>
+    <s v="2025 June 29"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="54924"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W27"/>
+    <s v="2025 July 06"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19813"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W27"/>
+    <s v="2025 July 06"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="23586"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W27"/>
+    <s v="2025 July 06"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="11889"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W27"/>
+    <s v="2025 July 06"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5748"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W27"/>
+    <s v="2025 July 06"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="55288"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W28"/>
+    <s v="2025 July 13"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19859"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W28"/>
+    <s v="2025 July 13"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="23533"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W28"/>
+    <s v="2025 July 13"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10698"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W28"/>
+    <s v="2025 July 13"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5750"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W28"/>
+    <s v="2025 July 13"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="54090"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W29"/>
+    <s v="2025 July 20"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19887"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W29"/>
+    <s v="2025 July 20"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="23621"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W29"/>
+    <s v="2025 July 20"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10670"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W29"/>
+    <s v="2025 July 20"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5752"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W29"/>
+    <s v="2025 July 20"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="54178"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W30"/>
+    <s v="2025 July 27"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19991"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W30"/>
+    <s v="2025 July 27"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="23706"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W30"/>
+    <s v="2025 July 27"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10657"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W30"/>
+    <s v="2025 July 27"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5758"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W30"/>
+    <s v="2025 July 27"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="54354"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W31"/>
+    <s v="2025 August 03"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20094"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W31"/>
+    <s v="2025 August 03"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24039"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W31"/>
+    <s v="2025 August 03"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10685"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W31"/>
+    <s v="2025 August 03"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5784"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W31"/>
+    <s v="2025 August 03"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="54818"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W32"/>
+    <s v="2025 August 10"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19980"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W32"/>
+    <s v="2025 August 10"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24163"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W32"/>
+    <s v="2025 August 10"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10674"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W32"/>
+    <s v="2025 August 10"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5824"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W32"/>
+    <s v="2025 August 10"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="54817"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W33"/>
+    <s v="2025 August 17"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20096"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W33"/>
+    <s v="2025 August 17"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24342"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W33"/>
+    <s v="2025 August 17"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10685"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W33"/>
+    <s v="2025 August 17"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5854"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W33"/>
+    <s v="2025 August 17"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="55123"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W34"/>
+    <s v="2025 August 24"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20145"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W34"/>
+    <s v="2025 August 24"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24491"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W34"/>
+    <s v="2025 August 24"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10619"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W34"/>
+    <s v="2025 August 24"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5851"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W34"/>
+    <s v="2025 August 24"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="55255"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W35"/>
+    <s v="2025 August 31"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20122"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W35"/>
+    <s v="2025 August 31"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24655"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W35"/>
+    <s v="2025 August 31"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10591"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W35"/>
+    <s v="2025 August 31"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5874"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W35"/>
+    <s v="2025 August 31"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="55368"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W36"/>
+    <s v="2025 September 07"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20186"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W36"/>
+    <s v="2025 September 07"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24720"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W36"/>
+    <s v="2025 September 07"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10534"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W36"/>
+    <s v="2025 September 07"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5902"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W36"/>
+    <s v="2025 September 07"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="55440"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W37"/>
+    <s v="2025 September 14"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20151"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W37"/>
+    <s v="2025 September 14"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24800"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W37"/>
+    <s v="2025 September 14"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10431"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W37"/>
+    <s v="2025 September 14"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5918"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W37"/>
+    <s v="2025 September 14"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="55382"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W38"/>
+    <s v="2025 September 21"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20198"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W38"/>
+    <s v="2025 September 21"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24935"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W38"/>
+    <s v="2025 September 21"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10291"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W38"/>
+    <s v="2025 September 21"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5917"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W38"/>
+    <s v="2025 September 21"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="55424"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W39"/>
+    <s v="2025 September 28"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20160"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W39"/>
+    <s v="2025 September 28"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25004"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W39"/>
+    <s v="2025 September 28"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10188"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W39"/>
+    <s v="2025 September 28"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5927"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W39"/>
+    <s v="2025 September 28"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="55352"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W40"/>
+    <s v="2025 October 05"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20171"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W40"/>
+    <s v="2025 October 05"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25242"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W40"/>
+    <s v="2025 October 05"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10176"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W40"/>
+    <s v="2025 October 05"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5940"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W40"/>
+    <s v="2025 October 05"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="55589"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W41"/>
+    <s v="2025 October 12"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20076"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W41"/>
+    <s v="2025 October 12"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25097"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W41"/>
+    <s v="2025 October 12"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10188"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W41"/>
+    <s v="2025 October 12"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5968"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W41"/>
+    <s v="2025 October 12"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="55361"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W42"/>
+    <s v="2025 October 19"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="20082"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W42"/>
+    <s v="2025 October 19"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="25065"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W42"/>
+    <s v="2025 October 19"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10202"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W42"/>
+    <s v="2025 October 19"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5961"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W42"/>
+    <s v="2025 October 19"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="55349"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W43"/>
+    <s v="2025 October 26"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19895"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W43"/>
+    <s v="2025 October 26"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24978"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W43"/>
+    <s v="2025 October 26"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10186"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W43"/>
+    <s v="2025 October 26"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5964"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W43"/>
+    <s v="2025 October 26"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="55059"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W44"/>
+    <s v="2025 November 02"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="19361"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W44"/>
+    <s v="2025 November 02"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="24970"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W44"/>
+    <s v="2025 November 02"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="10134"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W44"/>
+    <s v="2025 November 02"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5931"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W44"/>
+    <s v="2025 November 02"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="54465"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W45"/>
+    <s v="2025 November 09"/>
+    <s v="110"/>
+    <s v="Working age income supports"/>
+    <s v="Number"/>
+    <n v="17057"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W45"/>
+    <s v="2025 November 09"/>
+    <s v="200"/>
+    <s v="Child related supports"/>
+    <s v="Number"/>
+    <n v="17179"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W45"/>
+    <s v="2025 November 09"/>
+    <s v="300"/>
+    <s v="Pension, illness, disability, caring, supplementary and other supports"/>
+    <s v="Number"/>
+    <n v="9447"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W45"/>
+    <s v="2025 November 09"/>
+    <s v="310"/>
+    <s v="Pension related supports"/>
+    <s v="Number"/>
+    <n v="5898"/>
+  </r>
+  <r>
+    <s v="UA08C01"/>
+    <s v="Active welfare claims of arrivals from Ukraine"/>
+    <s v="2025W45"/>
+    <s v="2025 November 09"/>
+    <s v="Y600"/>
+    <s v="Working age income, child, pension, illness, care and supplementary supports"/>
+    <s v="Number"/>
+    <n v="43683"/>
+  </r>
+</pivotCacheRecords>
 </file>