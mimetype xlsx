--- v1 (2025-12-28)
+++ v2 (2026-02-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R799e2b4d4bb7406f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d28c5790a1064064881447e9df6dab95.psmdcp" Id="R80e8d44d4cde498c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb0c95d6a264358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fdad22c154bc4e619bcc0c0872686ca8.psmdcp" Id="R1663834c33b5461c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>