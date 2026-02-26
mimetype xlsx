--- v0 (2026-01-08)
+++ v1 (2026-02-26)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f015ceca7474c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/187a53a0ae3e428194229d001baa2855.psmdcp" Id="R9e90d504efd54428" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b52c054add49e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/accd6b10a1f04116bf9bc2fc609d83b6.psmdcp" Id="Rc47ad270dd324b70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>UA07</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>PPSN Registrations of Arrivals from Ukraine</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Weekly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>19/11/2025 11:00:00</x:t>
+    <x:t>18/02/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>A 3rd country national is a person from a country other than Ukraine, who benefitted from international protection or equivalent national protection in Ukraine before 24 February 2022 and who has been displaced from Ukraine on or after 24 February 2022, and their family members. The week ending 27 February 2022 includes records first registered before this week and before the 25 February 2022. Data is cumulative. PPSN allocations are to the 02 November 2025.&lt;br&gt;For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/population/arrivalsfromukraineinireland/) on our website.</x:t>
+    <x:t>A 3rd country national is a person from a country other than Ukraine, who benefitted from international protection or equivalent national protection in Ukraine before 24 February 2022 and who has been displaced from Ukraine on or after 24 February 2022, and their family members. The week ending 27 February 2022 includes records first registered before this week and before the 25 February 2022. Data is cumulative. PPSN allocations are to the 01 February 2026.&lt;br&gt;For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/population/arrivalsfromukraineinireland/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/UA07/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>UAK</x:t>
   </x:si>
   <x:si>
     <x:t>Ukraine Hub Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Dylan Morrissey</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
@@ -203,623 +203,623 @@
   <x:si>
     <x:t>All nationalities</x:t>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>U3</x:t>
   </x:si>
   <x:si>
     <x:t>Other nationalities with protected status</x:t>
   </x:si>
   <x:si>
     <x:t>UA</x:t>
   </x:si>
   <x:si>
     <x:t>Ukrainian</x:t>
   </x:si>
   <x:si>
     <x:t>2022W09</x:t>
   </x:si>
   <x:si>
     <x:t>2022 March 06</x:t>
   </x:si>
   <x:si>
+    <x:t>2022W10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 March 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 March 20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 March 27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 April 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 April 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 April 17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 April 24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 May 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 May 08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 May 15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 May 22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 May 29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 June 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 June 12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 June 19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 June 26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 July 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 July 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 July 17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 July 24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 July 31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 August 07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 August 14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 August 21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 August 28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 September 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 September 11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 September 18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 September 25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 October 02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 October 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 October 16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 October 23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 October 30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 November 06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 November 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 November 20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 November 27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 December 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 December 11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 December 18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022 December 25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2022W52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 January 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 January 08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 January 15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 January 22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 January 29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 February 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 February 12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 February 19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 February 26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 March 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 March 12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 March 19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 March 26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 April 02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 April 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 April 16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 April 23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 April 30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 May 07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 May 14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 May 21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 May 28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 June 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 June 11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 June 18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 June 25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 July 02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 July 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 July 16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 July 23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 July 30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 August 06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 August 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 August 20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 August 27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 September 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 September 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 September 17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 September 24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 October 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 October 08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 October 15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 October 22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 October 29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 November 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 November 12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 November 19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 November 26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 December 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 December 10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 December 17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 December 24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023W52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2023 December 31</x:t>
+  </x:si>
+  <x:si>
     <x:t/>
   </x:si>
   <x:si>
-    <x:t>2022W10</x:t>
-[...568 lines deleted...]
-  <x:si>
     <x:t>2024W01</x:t>
   </x:si>
   <x:si>
     <x:t>2024 January 07</x:t>
   </x:si>
   <x:si>
     <x:t>2024W02</x:t>
   </x:si>
   <x:si>
     <x:t>2024 January 14</x:t>
   </x:si>
   <x:si>
     <x:t>2024W03</x:t>
   </x:si>
   <x:si>
     <x:t>2024 January 21</x:t>
   </x:si>
   <x:si>
     <x:t>2024W04</x:t>
   </x:si>
   <x:si>
     <x:t>2024 January 28</x:t>
   </x:si>
   <x:si>
     <x:t>2024W05</x:t>
@@ -1350,50 +1350,128 @@
     <x:t>2025 October 05</x:t>
   </x:si>
   <x:si>
     <x:t>2025W41</x:t>
   </x:si>
   <x:si>
     <x:t>2025 October 12</x:t>
   </x:si>
   <x:si>
     <x:t>2025W42</x:t>
   </x:si>
   <x:si>
     <x:t>2025 October 19</x:t>
   </x:si>
   <x:si>
     <x:t>2025W43</x:t>
   </x:si>
   <x:si>
     <x:t>2025 October 26</x:t>
   </x:si>
   <x:si>
     <x:t>2025W44</x:t>
   </x:si>
   <x:si>
     <x:t>2025 November 02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 November 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 November 16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 November 23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 November 30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 December 07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 December 14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 December 21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025W52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025 December 28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026W01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 January 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026W02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 January 11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026W03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 January 18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026W04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 January 25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026W05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026 February 01</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="13"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -1545,51 +1623,51 @@
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
   <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
   <pivotFields count="8">
     <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="1">
         <item x="0"/>
       </items>
     </pivotField>
     <pivotField name="TLIST(W1)" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="193">
+      <items count="206">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -1739,54 +1817,67 @@
         <item x="168"/>
         <item x="169"/>
         <item x="170"/>
         <item x="171"/>
         <item x="172"/>
         <item x="173"/>
         <item x="174"/>
         <item x="175"/>
         <item x="176"/>
         <item x="177"/>
         <item x="178"/>
         <item x="179"/>
         <item x="180"/>
         <item x="181"/>
         <item x="182"/>
         <item x="183"/>
         <item x="184"/>
         <item x="185"/>
         <item x="186"/>
         <item x="187"/>
         <item x="188"/>
         <item x="189"/>
         <item x="190"/>
         <item x="191"/>
         <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
       </items>
     </pivotField>
     <pivotField name="Week" axis="axisRow" showAll="0" defaultSubtotal="0">
-      <items count="193">
+      <items count="206">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
         <item x="3"/>
         <item x="4"/>
         <item x="5"/>
         <item x="6"/>
         <item x="7"/>
         <item x="8"/>
         <item x="9"/>
         <item x="10"/>
         <item x="11"/>
         <item x="12"/>
         <item x="13"/>
         <item x="14"/>
         <item x="15"/>
         <item x="16"/>
         <item x="17"/>
         <item x="18"/>
         <item x="19"/>
         <item x="20"/>
         <item x="21"/>
         <item x="22"/>
         <item x="23"/>
         <item x="24"/>
@@ -1936,92 +2027,105 @@
         <item x="168"/>
         <item x="169"/>
         <item x="170"/>
         <item x="171"/>
         <item x="172"/>
         <item x="173"/>
         <item x="174"/>
         <item x="175"/>
         <item x="176"/>
         <item x="177"/>
         <item x="178"/>
         <item x="179"/>
         <item x="180"/>
         <item x="181"/>
         <item x="182"/>
         <item x="183"/>
         <item x="184"/>
         <item x="185"/>
         <item x="186"/>
         <item x="187"/>
         <item x="188"/>
         <item x="189"/>
         <item x="190"/>
         <item x="191"/>
         <item x="192"/>
+        <item x="193"/>
+        <item x="194"/>
+        <item x="195"/>
+        <item x="196"/>
+        <item x="197"/>
+        <item x="198"/>
+        <item x="199"/>
+        <item x="200"/>
+        <item x="201"/>
+        <item x="202"/>
+        <item x="203"/>
+        <item x="204"/>
+        <item x="205"/>
       </items>
     </pivotField>
     <pivotField name="C03955V04713" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="3">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
       </items>
     </pivotField>
     <pivotField name="Nationality" axis="axisRow" showAll="0" defaultSubtotal="0">
       <items count="3">
         <item x="0"/>
         <item x="1"/>
         <item x="2"/>
       </items>
     </pivotField>
     <pivotField showAll="0"/>
     <pivotField dataField="1" showAll="0"/>
   </pivotFields>
   <rowFields count="6">
     <field x="0"/>
     <field x="1"/>
     <field x="2"/>
     <field x="3"/>
     <field x="4"/>
     <field x="5"/>
   </rowFields>
   <dataFields count="1">
     <dataField name="VALUE" fld="7"/>
   </dataFields>
   <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
       <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
     </ext>
   </extLst>
 </pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H580" totalsRowShown="0">
-  <x:autoFilter ref="A1:H580"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H619" totalsRowShown="0">
+  <x:autoFilter ref="A1:H619"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(W1)"/>
     <x:tableColumn id="4" name="Week"/>
     <x:tableColumn id="5" name="C03955V04713"/>
     <x:tableColumn id="6" name="Nationality"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2522,51 +2626,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:H580"/>
+  <x:dimension ref="A1:H619"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="38.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.139196" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="37.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -2587,51 +2691,51 @@
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8">
       <x:c r="A2" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G2" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H2" s="0">
-        <x:v>476</x:v>
+        <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8">
       <x:c r="A3" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H3" s="0">
@@ -2639,15027 +2743,16041 @@
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8">
       <x:c r="A4" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G4" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H4" s="0">
-        <x:v>403</x:v>
+        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:8">
       <x:c r="A5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H5" s="0">
-        <x:v>499</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:8">
       <x:c r="A6" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G6" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H6" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H6" s="0">
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:8">
       <x:c r="A7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F7" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H7" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H7" s="0">
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:8">
       <x:c r="A8" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D8" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F8" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G8" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H8" s="0">
-        <x:v>3532</x:v>
+        <x:v>3523</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:8">
       <x:c r="A9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H9" s="0">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:8">
       <x:c r="A10" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F10" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G10" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="0">
-        <x:v>3414</x:v>
+        <x:v>3405</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:8">
       <x:c r="A11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H11" s="0">
-        <x:v>8026</x:v>
+        <x:v>8008</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:8">
       <x:c r="A12" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H12" s="0">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:8">
       <x:c r="A13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="s">
         <x:v>63</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H13" s="0">
-        <x:v>7753</x:v>
+        <x:v>7735</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:8">
       <x:c r="A14" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G14" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H14" s="0">
-        <x:v>12186</x:v>
+        <x:v>12164</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:8">
       <x:c r="A15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H15" s="0">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:8">
       <x:c r="A16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F16" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G16" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H16" s="0">
-        <x:v>11733</x:v>
+        <x:v>11710</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:8">
       <x:c r="A17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H17" s="0">
-        <x:v>18139</x:v>
+        <x:v>18104</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:8">
       <x:c r="A18" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D18" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F18" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G18" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H18" s="0">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:8">
       <x:c r="A19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D19" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H19" s="0">
-        <x:v>17570</x:v>
+        <x:v>17534</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:8">
       <x:c r="A20" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F20" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G20" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H20" s="0">
-        <x:v>21875</x:v>
+        <x:v>21838</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:8">
       <x:c r="A21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H21" s="0">
         <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:8">
       <x:c r="A22" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F22" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G22" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H22" s="0">
-        <x:v>21247</x:v>
+        <x:v>21210</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:8">
       <x:c r="A23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D23" s="0" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F23" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H23" s="0">
-        <x:v>23842</x:v>
+        <x:v>23803</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:8">
       <x:c r="A24" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D24" s="0" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F24" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G24" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H24" s="0">
         <x:v>659</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:8">
       <x:c r="A25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D25" s="0" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F25" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H25" s="0">
-        <x:v>23183</x:v>
+        <x:v>23144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:8">
       <x:c r="A26" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D26" s="0" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F26" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G26" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H26" s="0">
-        <x:v>26082</x:v>
+        <x:v>26042</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:8">
       <x:c r="A27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D27" s="0" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H27" s="0">
         <x:v>704</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:8">
       <x:c r="A28" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="D28" s="0" t="s">
         <x:v>73</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F28" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G28" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H28" s="0">
-        <x:v>25378</x:v>
+        <x:v>25338</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:8">
       <x:c r="A29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D29" s="0" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H29" s="0">
-        <x:v>27559</x:v>
+        <x:v>27514</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:8">
       <x:c r="A30" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D30" s="0" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F30" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H30" s="0">
         <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:8">
       <x:c r="A31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D31" s="0" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F31" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H31" s="0">
-        <x:v>26834</x:v>
+        <x:v>26789</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:8">
       <x:c r="A32" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D32" s="0" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F32" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G32" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H32" s="0">
-        <x:v>29544</x:v>
+        <x:v>29499</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:8">
       <x:c r="A33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H33" s="0">
         <x:v>761</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:8">
       <x:c r="A34" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D34" s="0" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F34" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G34" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H34" s="0">
-        <x:v>28783</x:v>
+        <x:v>28738</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D35" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H35" s="0">
-        <x:v>31232</x:v>
+        <x:v>31186</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D36" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H36" s="0">
         <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D37" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H37" s="0">
-        <x:v>30453</x:v>
+        <x:v>30407</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H38" s="0">
-        <x:v>32807</x:v>
+        <x:v>32758</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H39" s="0">
         <x:v>805</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D40" s="0" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H40" s="0">
-        <x:v>32002</x:v>
+        <x:v>31953</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D41" s="0" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H41" s="0">
-        <x:v>33991</x:v>
+        <x:v>33942</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:8">
       <x:c r="A42" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D42" s="0" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H42" s="0">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:8">
       <x:c r="A43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D43" s="0" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H43" s="0">
-        <x:v>33169</x:v>
+        <x:v>33120</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:8">
       <x:c r="A44" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D44" s="0" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F44" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H44" s="0">
-        <x:v>35268</x:v>
+        <x:v>35218</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:8">
       <x:c r="A45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D45" s="0" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H45" s="0">
         <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:8">
       <x:c r="A46" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D46" s="0" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H46" s="0">
-        <x:v>34427</x:v>
+        <x:v>34377</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:8">
       <x:c r="A47" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D47" s="0" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H47" s="0">
-        <x:v>36905</x:v>
+        <x:v>36852</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:8">
       <x:c r="A48" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D48" s="0" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F48" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G48" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H48" s="0">
         <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:8">
       <x:c r="A49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D49" s="0" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F49" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H49" s="0">
-        <x:v>36049</x:v>
+        <x:v>35996</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:8">
       <x:c r="A50" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D50" s="0" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H50" s="0">
-        <x:v>38212</x:v>
+        <x:v>38158</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:8">
       <x:c r="A51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D51" s="0" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H51" s="0">
         <x:v>872</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:8">
       <x:c r="A52" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D52" s="0" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H52" s="0">
-        <x:v>37340</x:v>
+        <x:v>37286</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:8">
       <x:c r="A53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D53" s="0" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H53" s="0">
-        <x:v>39763</x:v>
+        <x:v>39706</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:8">
       <x:c r="A54" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D54" s="0" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H54" s="0">
         <x:v>890</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:8">
       <x:c r="A55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D55" s="0" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H55" s="0">
-        <x:v>38873</x:v>
+        <x:v>38816</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:8">
       <x:c r="A56" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D56" s="0" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F56" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H56" s="0">
-        <x:v>41258</x:v>
+        <x:v>41191</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:8">
       <x:c r="A57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D57" s="0" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H57" s="0">
-        <x:v>908</x:v>
+        <x:v>907</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:8">
       <x:c r="A58" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D58" s="0" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H58" s="0">
-        <x:v>40350</x:v>
+        <x:v>40284</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:8">
       <x:c r="A59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D59" s="0" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H59" s="0">
-        <x:v>42662</x:v>
+        <x:v>42591</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:8">
       <x:c r="A60" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D60" s="0" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H60" s="0">
-        <x:v>916</x:v>
+        <x:v>915</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:8">
       <x:c r="A61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D61" s="0" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H61" s="0">
-        <x:v>41746</x:v>
+        <x:v>41676</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:8">
       <x:c r="A62" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D62" s="0" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H62" s="0">
-        <x:v>44032</x:v>
+        <x:v>43960</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:8">
       <x:c r="A63" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D63" s="0" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H63" s="0">
-        <x:v>925</x:v>
+        <x:v>924</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:8">
       <x:c r="A64" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D64" s="0" t="s">
         <x:v>97</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H64" s="0">
-        <x:v>43107</x:v>
+        <x:v>43036</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:8">
       <x:c r="A65" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D65" s="0" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H65" s="0">
-        <x:v>45162</x:v>
+        <x:v>45085</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:8">
       <x:c r="A66" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D66" s="0" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H66" s="0">
-        <x:v>934</x:v>
+        <x:v>933</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:8">
       <x:c r="A67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D67" s="0" t="s">
         <x:v>99</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H67" s="0">
-        <x:v>44228</x:v>
+        <x:v>44152</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D68" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H68" s="0">
-        <x:v>46430</x:v>
+        <x:v>46352</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D69" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H69" s="0">
-        <x:v>944</x:v>
+        <x:v>943</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D70" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H70" s="0">
-        <x:v>45486</x:v>
+        <x:v>45409</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D71" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H71" s="0">
-        <x:v>47241</x:v>
+        <x:v>47158</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D72" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>951</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D73" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H73" s="0">
-        <x:v>46290</x:v>
+        <x:v>46207</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D74" s="0" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H74" s="0">
-        <x:v>48280</x:v>
+        <x:v>48197</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D75" s="0" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>965</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D76" s="0" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H76" s="0">
-        <x:v>47315</x:v>
+        <x:v>47232</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D77" s="0" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H77" s="0">
-        <x:v>49046</x:v>
+        <x:v>48961</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D78" s="0" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>973</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="D79" s="0" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H79" s="0">
-        <x:v>48073</x:v>
+        <x:v>47988</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D80" s="0" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H80" s="0">
-        <x:v>49858</x:v>
+        <x:v>49772</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D81" s="0" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>984</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D82" s="0" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H82" s="0">
-        <x:v>48874</x:v>
+        <x:v>48788</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D83" s="0" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H83" s="0">
-        <x:v>50781</x:v>
+        <x:v>50690</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D84" s="0" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>994</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D85" s="0" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>112</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H85" s="0">
-        <x:v>49787</x:v>
+        <x:v>49696</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D86" s="0" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H86" s="0">
-        <x:v>51794</x:v>
+        <x:v>51702</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D87" s="0" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D88" s="0" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H88" s="0">
-        <x:v>50787</x:v>
+        <x:v>50695</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D89" s="0" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H89" s="0">
-        <x:v>52853</x:v>
+        <x:v>52762</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D90" s="0" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>1019</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D91" s="0" t="s">
         <x:v>115</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H91" s="0">
-        <x:v>51834</x:v>
+        <x:v>51743</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D92" s="0" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H92" s="0">
-        <x:v>53883</x:v>
+        <x:v>53789</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D93" s="0" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H93" s="0">
-        <x:v>1026</x:v>
+        <x:v>1027</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D94" s="0" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H94" s="0">
-        <x:v>52857</x:v>
+        <x:v>52762</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D95" s="0" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H95" s="0">
-        <x:v>55000</x:v>
+        <x:v>54902</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D96" s="0" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H96" s="0">
-        <x:v>1030</x:v>
+        <x:v>1031</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H97" s="0">
-        <x:v>53970</x:v>
+        <x:v>53871</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D98" s="0" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H98" s="0">
-        <x:v>56257</x:v>
+        <x:v>56158</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D99" s="0" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H99" s="0">
-        <x:v>1035</x:v>
+        <x:v>1036</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D100" s="0" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H100" s="0">
-        <x:v>55222</x:v>
+        <x:v>55122</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D101" s="0" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H101" s="0">
-        <x:v>57466</x:v>
+        <x:v>57367</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D102" s="0" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H102" s="0">
-        <x:v>1051</x:v>
+        <x:v>1052</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H103" s="0">
-        <x:v>56415</x:v>
+        <x:v>56315</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D104" s="0" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H104" s="0">
-        <x:v>59071</x:v>
+        <x:v>58967</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D105" s="0" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H105" s="0">
-        <x:v>1067</x:v>
+        <x:v>1068</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D106" s="0" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H106" s="0">
-        <x:v>58004</x:v>
+        <x:v>57899</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D107" s="0" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H107" s="0">
-        <x:v>60372</x:v>
+        <x:v>60263</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D108" s="0" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H108" s="0">
-        <x:v>1082</x:v>
+        <x:v>1083</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D109" s="0" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H109" s="0">
-        <x:v>59290</x:v>
+        <x:v>59180</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D110" s="0" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H110" s="0">
-        <x:v>61539</x:v>
+        <x:v>61428</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D111" s="0" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H111" s="0">
-        <x:v>1087</x:v>
+        <x:v>1088</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D112" s="0" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H112" s="0">
-        <x:v>60452</x:v>
+        <x:v>60340</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H113" s="0">
-        <x:v>62520</x:v>
+        <x:v>62404</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D114" s="0" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H114" s="0">
-        <x:v>1097</x:v>
+        <x:v>1098</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D115" s="0" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H115" s="0">
-        <x:v>61423</x:v>
+        <x:v>61306</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D116" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H116" s="0">
-        <x:v>63526</x:v>
+        <x:v>63407</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D117" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H117" s="0">
-        <x:v>1104</x:v>
+        <x:v>1105</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D118" s="0" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H118" s="0">
-        <x:v>62422</x:v>
+        <x:v>62302</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="D119" s="0" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H119" s="0">
-        <x:v>64465</x:v>
+        <x:v>64346</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="D120" s="0" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H120" s="0">
-        <x:v>1116</x:v>
+        <x:v>1117</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="D121" s="0" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H121" s="0">
-        <x:v>63349</x:v>
+        <x:v>63229</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D122" s="0" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H122" s="0">
-        <x:v>65195</x:v>
+        <x:v>65076</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D123" s="0" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H123" s="0">
-        <x:v>1123</x:v>
+        <x:v>1124</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D124" s="0" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H124" s="0">
-        <x:v>64072</x:v>
+        <x:v>63952</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D125" s="0" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H125" s="0">
-        <x:v>66339</x:v>
+        <x:v>66219</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D126" s="0" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H126" s="0">
-        <x:v>1132</x:v>
+        <x:v>1133</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H127" s="0">
-        <x:v>65207</x:v>
+        <x:v>65086</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D128" s="0" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H128" s="0">
-        <x:v>67369</x:v>
+        <x:v>67247</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D129" s="0" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H129" s="0">
-        <x:v>1144</x:v>
+        <x:v>1145</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="D130" s="0" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H130" s="0">
-        <x:v>66225</x:v>
+        <x:v>66102</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D131" s="0" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H131" s="0">
-        <x:v>68069</x:v>
+        <x:v>67947</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D132" s="0" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H132" s="0">
-        <x:v>1151</x:v>
+        <x:v>1152</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="D133" s="0" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H133" s="0">
-        <x:v>66918</x:v>
+        <x:v>66795</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D134" s="0" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H134" s="0">
-        <x:v>68456</x:v>
+        <x:v>68334</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D135" s="0" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H135" s="0">
-        <x:v>1155</x:v>
+        <x:v>1156</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D136" s="0" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H136" s="0">
-        <x:v>67301</x:v>
+        <x:v>67178</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D137" s="0" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H137" s="0">
-        <x:v>69858</x:v>
+        <x:v>69730</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D138" s="0" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H138" s="0">
-        <x:v>1168</x:v>
+        <x:v>1169</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D139" s="0" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H139" s="0">
-        <x:v>68690</x:v>
+        <x:v>68561</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D140" s="0" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H140" s="0">
-        <x:v>70300</x:v>
+        <x:v>70172</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D141" s="0" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H141" s="0">
-        <x:v>1174</x:v>
+        <x:v>1175</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D142" s="0" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H142" s="0">
-        <x:v>69126</x:v>
+        <x:v>68997</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D143" s="0" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H143" s="0">
-        <x:v>71015</x:v>
+        <x:v>70887</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D144" s="0" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H144" s="0">
-        <x:v>1185</x:v>
+        <x:v>1186</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D145" s="0" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>152</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H145" s="0">
-        <x:v>69830</x:v>
+        <x:v>69701</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D146" s="0" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H146" s="0">
-        <x:v>71739</x:v>
+        <x:v>71611</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D147" s="0" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H147" s="0">
-        <x:v>1197</x:v>
+        <x:v>1198</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D148" s="0" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>154</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H148" s="0">
-        <x:v>70542</x:v>
+        <x:v>70413</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D149" s="0" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H149" s="0">
-        <x:v>72498</x:v>
+        <x:v>72365</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D150" s="0" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H150" s="0">
-        <x:v>1216</x:v>
+        <x:v>1217</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D151" s="0" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H151" s="0">
-        <x:v>71282</x:v>
+        <x:v>71148</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D152" s="0" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H152" s="0">
-        <x:v>73230</x:v>
+        <x:v>73097</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D153" s="0" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H153" s="0">
-        <x:v>1221</x:v>
+        <x:v>1222</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D154" s="0" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H154" s="0">
-        <x:v>72009</x:v>
+        <x:v>71875</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D155" s="0" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H155" s="0">
-        <x:v>74176</x:v>
+        <x:v>74043</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D156" s="0" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H156" s="0">
-        <x:v>1229</x:v>
+        <x:v>1230</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D157" s="0" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H157" s="0">
-        <x:v>72947</x:v>
+        <x:v>72813</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D158" s="0" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H158" s="0">
-        <x:v>74613</x:v>
+        <x:v>74478</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D159" s="0" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H159" s="0">
-        <x:v>1237</x:v>
+        <x:v>1238</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D160" s="0" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H160" s="0">
-        <x:v>73376</x:v>
+        <x:v>73240</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D161" s="0" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H161" s="0">
-        <x:v>75479</x:v>
+        <x:v>75345</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D162" s="0" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H162" s="0">
-        <x:v>1246</x:v>
+        <x:v>1247</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D163" s="0" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H163" s="0">
-        <x:v>74233</x:v>
+        <x:v>74098</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D164" s="0" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H164" s="0">
-        <x:v>76422</x:v>
+        <x:v>76288</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D165" s="0" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H165" s="0">
-        <x:v>1255</x:v>
+        <x:v>1256</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D166" s="0" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H166" s="0">
-        <x:v>75167</x:v>
+        <x:v>75032</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D167" s="0" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H167" s="0">
-        <x:v>77093</x:v>
+        <x:v>76959</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D168" s="0" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H168" s="0">
-        <x:v>1272</x:v>
+        <x:v>1273</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D169" s="0" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H169" s="0">
-        <x:v>75821</x:v>
+        <x:v>75686</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D170" s="0" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H170" s="0">
-        <x:v>77665</x:v>
+        <x:v>77530</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D171" s="0" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H171" s="0">
-        <x:v>1292</x:v>
+        <x:v>1293</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D172" s="0" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H172" s="0">
-        <x:v>76373</x:v>
+        <x:v>76237</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D173" s="0" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H173" s="0">
-        <x:v>78444</x:v>
+        <x:v>78307</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D174" s="0" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H174" s="0">
-        <x:v>1310</x:v>
+        <x:v>1311</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="D175" s="0" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H175" s="0">
-        <x:v>77134</x:v>
+        <x:v>76996</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D176" s="0" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H176" s="0">
-        <x:v>79042</x:v>
+        <x:v>78904</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D177" s="0" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H177" s="0">
-        <x:v>1320</x:v>
+        <x:v>1321</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D178" s="0" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H178" s="0">
-        <x:v>77722</x:v>
+        <x:v>77583</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D179" s="0" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H179" s="0">
-        <x:v>79397</x:v>
+        <x:v>79255</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D180" s="0" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H180" s="0">
-        <x:v>1331</x:v>
+        <x:v>1332</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D181" s="0" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H181" s="0">
-        <x:v>78066</x:v>
+        <x:v>77923</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D182" s="0" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H182" s="0">
-        <x:v>79770</x:v>
+        <x:v>79627</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D183" s="0" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H183" s="0">
-        <x:v>1344</x:v>
+        <x:v>1345</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D184" s="0" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H184" s="0">
-        <x:v>78426</x:v>
+        <x:v>78282</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D185" s="0" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H185" s="0">
-        <x:v>80147</x:v>
+        <x:v>80004</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D186" s="0" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H186" s="0">
-        <x:v>1360</x:v>
+        <x:v>1361</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D187" s="0" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H187" s="0">
-        <x:v>78787</x:v>
+        <x:v>78643</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D188" s="0" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H188" s="0">
-        <x:v>80728</x:v>
+        <x:v>80580</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D189" s="0" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H189" s="0">
-        <x:v>1379</x:v>
+        <x:v>1380</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D190" s="0" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H190" s="0">
-        <x:v>79349</x:v>
+        <x:v>79200</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D191" s="0" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H191" s="0">
-        <x:v>81320</x:v>
+        <x:v>81169</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D192" s="0" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H192" s="0">
-        <x:v>1385</x:v>
+        <x:v>1386</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D193" s="0" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H193" s="0">
-        <x:v>79935</x:v>
+        <x:v>79783</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D194" s="0" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H194" s="0">
-        <x:v>81857</x:v>
+        <x:v>81706</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D195" s="0" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H195" s="0">
-        <x:v>1397</x:v>
+        <x:v>1398</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="D196" s="0" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H196" s="0">
-        <x:v>80460</x:v>
+        <x:v>80308</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D197" s="0" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H197" s="0">
-        <x:v>82442</x:v>
+        <x:v>82291</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D198" s="0" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H198" s="0">
-        <x:v>1416</x:v>
+        <x:v>1417</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D199" s="0" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H199" s="0">
-        <x:v>81026</x:v>
+        <x:v>80874</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D200" s="0" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H200" s="0">
-        <x:v>83057</x:v>
+        <x:v>82906</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D201" s="0" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H201" s="0">
-        <x:v>1428</x:v>
+        <x:v>1429</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="D202" s="0" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H202" s="0">
-        <x:v>81629</x:v>
+        <x:v>81477</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="D203" s="0" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H203" s="0">
-        <x:v>83639</x:v>
+        <x:v>83487</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="D204" s="0" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H204" s="0">
-        <x:v>1448</x:v>
+        <x:v>1449</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="D205" s="0" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H205" s="0">
-        <x:v>82191</x:v>
+        <x:v>82038</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D206" s="0" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H206" s="0">
-        <x:v>84266</x:v>
+        <x:v>84114</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D207" s="0" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H207" s="0">
-        <x:v>1464</x:v>
+        <x:v>1465</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D208" s="0" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H208" s="0">
-        <x:v>82802</x:v>
+        <x:v>82649</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D209" s="0" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H209" s="0">
-        <x:v>85058</x:v>
+        <x:v>84905</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D210" s="0" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H210" s="0">
-        <x:v>1477</x:v>
+        <x:v>1478</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D211" s="0" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H211" s="0">
-        <x:v>83581</x:v>
+        <x:v>83427</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D212" s="0" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H212" s="0">
-        <x:v>85796</x:v>
+        <x:v>85644</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D213" s="0" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H213" s="0">
-        <x:v>1488</x:v>
+        <x:v>1489</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D214" s="0" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H214" s="0">
-        <x:v>84308</x:v>
+        <x:v>84155</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D215" s="0" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H215" s="0">
-        <x:v>86793</x:v>
+        <x:v>86639</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D216" s="0" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H216" s="0">
-        <x:v>1509</x:v>
+        <x:v>1510</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D217" s="0" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H217" s="0">
-        <x:v>85284</x:v>
+        <x:v>85129</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D218" s="0" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H218" s="0">
-        <x:v>87596</x:v>
+        <x:v>87436</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D219" s="0" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H219" s="0">
-        <x:v>1537</x:v>
+        <x:v>1538</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D220" s="0" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H220" s="0">
-        <x:v>86059</x:v>
+        <x:v>85898</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D221" s="0" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H221" s="0">
-        <x:v>88254</x:v>
+        <x:v>88095</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D222" s="0" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H222" s="0">
-        <x:v>1558</x:v>
+        <x:v>1559</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D223" s="0" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H223" s="0">
-        <x:v>86696</x:v>
+        <x:v>86536</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D224" s="0" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H224" s="0">
-        <x:v>88953</x:v>
+        <x:v>88794</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D225" s="0" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H225" s="0">
-        <x:v>1578</x:v>
+        <x:v>1579</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D226" s="0" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H226" s="0">
-        <x:v>87375</x:v>
+        <x:v>87215</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D227" s="0" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H227" s="0">
-        <x:v>89613</x:v>
+        <x:v>89452</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D228" s="0" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H228" s="0">
-        <x:v>1616</x:v>
+        <x:v>1617</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D229" s="0" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H229" s="0">
-        <x:v>87997</x:v>
+        <x:v>87835</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D230" s="0" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H230" s="0">
-        <x:v>90058</x:v>
+        <x:v>89899</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D231" s="0" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H231" s="0">
-        <x:v>1630</x:v>
+        <x:v>1632</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D232" s="0" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H232" s="0">
-        <x:v>88428</x:v>
+        <x:v>88267</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D233" s="0" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>212</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H233" s="0">
-        <x:v>90469</x:v>
+        <x:v>90309</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D234" s="0" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>212</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H234" s="0">
-        <x:v>1643</x:v>
+        <x:v>1645</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D235" s="0" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>212</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H235" s="0">
-        <x:v>88826</x:v>
+        <x:v>88664</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D236" s="0" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H236" s="0">
-        <x:v>90855</x:v>
+        <x:v>90695</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D237" s="0" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H237" s="0">
-        <x:v>1664</x:v>
+        <x:v>1666</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D238" s="0" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H238" s="0">
-        <x:v>89191</x:v>
+        <x:v>89029</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D239" s="0" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H239" s="0">
-        <x:v>91368</x:v>
+        <x:v>91207</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D240" s="0" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H240" s="0">
-        <x:v>1682</x:v>
+        <x:v>1684</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D241" s="0" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H241" s="0">
-        <x:v>89686</x:v>
+        <x:v>89523</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D242" s="0" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H242" s="0">
-        <x:v>92036</x:v>
+        <x:v>91874</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D243" s="0" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H243" s="0">
-        <x:v>1695</x:v>
+        <x:v>1697</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D244" s="0" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>218</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H244" s="0">
-        <x:v>90341</x:v>
+        <x:v>90177</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D245" s="0" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H245" s="0">
-        <x:v>92534</x:v>
+        <x:v>92372</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D246" s="0" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H246" s="0">
-        <x:v>1709</x:v>
+        <x:v>1711</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D247" s="0" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H247" s="0">
-        <x:v>90825</x:v>
+        <x:v>90661</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D248" s="0" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H248" s="0">
-        <x:v>93272</x:v>
+        <x:v>93107</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D249" s="0" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H249" s="0">
-        <x:v>1724</x:v>
+        <x:v>1726</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D250" s="0" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H250" s="0">
-        <x:v>91548</x:v>
+        <x:v>91381</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D251" s="0" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H251" s="0">
-        <x:v>94056</x:v>
+        <x:v>93890</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D252" s="0" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H252" s="0">
-        <x:v>1734</x:v>
+        <x:v>1736</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D253" s="0" t="s">
         <x:v>223</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H253" s="0">
-        <x:v>92322</x:v>
+        <x:v>92154</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D254" s="0" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H254" s="0">
-        <x:v>94823</x:v>
+        <x:v>94653</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D255" s="0" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H255" s="0">
-        <x:v>1758</x:v>
+        <x:v>1760</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D256" s="0" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H256" s="0">
-        <x:v>93065</x:v>
+        <x:v>92893</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D257" s="0" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H257" s="0">
-        <x:v>95567</x:v>
+        <x:v>95399</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D258" s="0" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H258" s="0">
-        <x:v>1780</x:v>
+        <x:v>1782</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D259" s="0" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H259" s="0">
-        <x:v>93787</x:v>
+        <x:v>93617</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D260" s="0" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H260" s="0">
-        <x:v>96322</x:v>
+        <x:v>96154</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D261" s="0" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H261" s="0">
-        <x:v>1798</x:v>
+        <x:v>1800</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="D262" s="0" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H262" s="0">
-        <x:v>94524</x:v>
+        <x:v>94354</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D263" s="0" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H263" s="0">
-        <x:v>96971</x:v>
+        <x:v>96802</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D264" s="0" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H264" s="0">
-        <x:v>1815</x:v>
+        <x:v>1817</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D265" s="0" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H265" s="0">
-        <x:v>95156</x:v>
+        <x:v>94985</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D266" s="0" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H266" s="0">
-        <x:v>97462</x:v>
+        <x:v>97294</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D267" s="0" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H267" s="0">
-        <x:v>1827</x:v>
+        <x:v>1829</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D268" s="0" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>234</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H268" s="0">
-        <x:v>95635</x:v>
+        <x:v>95465</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D269" s="0" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H269" s="0">
-        <x:v>97984</x:v>
+        <x:v>97815</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D270" s="0" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H270" s="0">
-        <x:v>1842</x:v>
+        <x:v>1844</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D271" s="0" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H271" s="0">
-        <x:v>96142</x:v>
+        <x:v>95971</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D272" s="0" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H272" s="0">
-        <x:v>98517</x:v>
+        <x:v>98345</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D273" s="0" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H273" s="0">
-        <x:v>1859</x:v>
+        <x:v>1861</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D274" s="0" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H274" s="0">
-        <x:v>96658</x:v>
+        <x:v>96484</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D275" s="0" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H275" s="0">
-        <x:v>99001</x:v>
+        <x:v>98831</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D276" s="0" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H276" s="0">
-        <x:v>1873</x:v>
+        <x:v>1875</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D277" s="0" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H277" s="0">
-        <x:v>97128</x:v>
+        <x:v>96956</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D278" s="0" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H278" s="0">
-        <x:v>99443</x:v>
+        <x:v>99272</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D279" s="0" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H279" s="0">
-        <x:v>1892</x:v>
+        <x:v>1894</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D280" s="0" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H280" s="0">
-        <x:v>97551</x:v>
+        <x:v>97378</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D281" s="0" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H281" s="0">
-        <x:v>99886</x:v>
+        <x:v>99714</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D282" s="0" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H282" s="0">
-        <x:v>1900</x:v>
+        <x:v>1902</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D283" s="0" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H283" s="0">
-        <x:v>97986</x:v>
+        <x:v>97812</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D284" s="0" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H284" s="0">
-        <x:v>100399</x:v>
+        <x:v>100225</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D285" s="0" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H285" s="0">
-        <x:v>1913</x:v>
+        <x:v>1915</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D286" s="0" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H286" s="0">
-        <x:v>98486</x:v>
+        <x:v>98310</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D287" s="0" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H287" s="0">
-        <x:v>100890</x:v>
+        <x:v>100715</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D288" s="0" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H288" s="0">
-        <x:v>1926</x:v>
+        <x:v>1928</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D289" s="0" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H289" s="0">
-        <x:v>98964</x:v>
+        <x:v>98787</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D290" s="0" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H290" s="0">
-        <x:v>101351</x:v>
+        <x:v>101176</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D291" s="0" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H291" s="0">
-        <x:v>1936</x:v>
+      <x:c r="H291" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D292" s="0" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H292" s="0">
-        <x:v>99415</x:v>
+      <x:c r="H292" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H293" s="0">
-        <x:v>101483</x:v>
+        <x:v>101308</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H294" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H294" s="0">
+        <x:v>1940</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H295" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H295" s="0">
+        <x:v>99368</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H296" s="0">
-        <x:v>101678</x:v>
+        <x:v>101503</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H297" s="0">
-        <x:v>1943</x:v>
+        <x:v>1945</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H298" s="0">
-        <x:v>99735</x:v>
+        <x:v>99558</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H299" s="0">
-        <x:v>102041</x:v>
+        <x:v>101867</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H300" s="0">
-        <x:v>1949</x:v>
+        <x:v>1951</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H301" s="0">
-        <x:v>100092</x:v>
+        <x:v>99916</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H302" s="0">
-        <x:v>102615</x:v>
+        <x:v>102435</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H303" s="0">
-        <x:v>1959</x:v>
+        <x:v>1961</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H304" s="0">
-        <x:v>100656</x:v>
+        <x:v>100474</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H305" s="0">
-        <x:v>102773</x:v>
+        <x:v>102593</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H306" s="0">
-        <x:v>1964</x:v>
+      <x:c r="H306" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H307" s="0">
-        <x:v>100809</x:v>
+      <x:c r="H307" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H308" s="0">
-        <x:v>102902</x:v>
+        <x:v>102722</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H310" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H311" s="0">
-        <x:v>103054</x:v>
+        <x:v>102871</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H312" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H312" s="0">
+        <x:v>1970</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H313" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H313" s="0">
+        <x:v>100901</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H314" s="0">
-        <x:v>103197</x:v>
+        <x:v>103014</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H315" s="0">
-        <x:v>1973</x:v>
+        <x:v>1975</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H316" s="0">
-        <x:v>101224</x:v>
+        <x:v>101039</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H317" s="0">
-        <x:v>103431</x:v>
+        <x:v>103247</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H318" s="0">
-        <x:v>1979</x:v>
+      <x:c r="H318" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H319" s="0">
-        <x:v>101452</x:v>
+      <x:c r="H319" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H320" s="0">
-        <x:v>103640</x:v>
+        <x:v>103455</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H321" s="0">
-        <x:v>1982</x:v>
+        <x:v>1984</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H322" s="0">
-        <x:v>101658</x:v>
+        <x:v>101471</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H323" s="0">
-        <x:v>103882</x:v>
+        <x:v>103697</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H324" s="0">
-        <x:v>1987</x:v>
+      <x:c r="H324" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H325" s="0">
-        <x:v>101895</x:v>
+      <x:c r="H325" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H326" s="0">
-        <x:v>104061</x:v>
+        <x:v>103876</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H327" s="0">
-        <x:v>1990</x:v>
+        <x:v>1992</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H328" s="0">
-        <x:v>102071</x:v>
+        <x:v>101884</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H329" s="0">
-        <x:v>104222</x:v>
+        <x:v>104037</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H330" s="0">
-        <x:v>1994</x:v>
+      <x:c r="H330" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H331" s="0">
-        <x:v>102228</x:v>
+      <x:c r="H331" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H332" s="0">
-        <x:v>104336</x:v>
+        <x:v>104151</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H333" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H333" s="0">
+        <x:v>1998</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H334" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H334" s="0">
+        <x:v>102153</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H335" s="0">
-        <x:v>104439</x:v>
+        <x:v>104255</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H336" s="0">
-        <x:v>1999</x:v>
+        <x:v>2002</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H337" s="0">
-        <x:v>102440</x:v>
+        <x:v>102253</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:8">
       <x:c r="A338" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="E338" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H338" s="0">
-        <x:v>104591</x:v>
+        <x:v>104406</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:8">
       <x:c r="A339" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="E339" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H339" s="0">
-        <x:v>2004</x:v>
+      <x:c r="H339" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:8">
       <x:c r="A340" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="E340" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H340" s="0">
-        <x:v>102587</x:v>
+      <x:c r="H340" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:8">
       <x:c r="A341" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="E341" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H341" s="0">
-        <x:v>104748</x:v>
+        <x:v>104563</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:8">
       <x:c r="A342" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="E342" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H342" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H342" s="0">
+        <x:v>2007</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:8">
       <x:c r="A343" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="E343" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H343" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H343" s="0">
+        <x:v>102556</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:8">
       <x:c r="A344" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="E344" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H344" s="0">
-        <x:v>104932</x:v>
+        <x:v>104746</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:8">
       <x:c r="A345" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="E345" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H345" s="0">
-        <x:v>2012</x:v>
+      <x:c r="H345" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:8">
       <x:c r="A346" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="E346" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H346" s="0">
-        <x:v>102920</x:v>
+      <x:c r="H346" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:8">
       <x:c r="A347" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="E347" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H347" s="0">
-        <x:v>105100</x:v>
+        <x:v>104913</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:8">
       <x:c r="A348" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="E348" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H348" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H348" s="0">
+        <x:v>2017</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:8">
       <x:c r="A349" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="E349" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H349" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H349" s="0">
+        <x:v>102896</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:8">
       <x:c r="A350" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="E350" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H350" s="0">
-        <x:v>105266</x:v>
+        <x:v>105080</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:8">
       <x:c r="A351" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="E351" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H351" s="0">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:8">
       <x:c r="A352" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="E352" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H352" s="0">
-        <x:v>103244</x:v>
+        <x:v>103055</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:8">
       <x:c r="A353" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="E353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H353" s="0">
-        <x:v>105408</x:v>
+        <x:v>105222</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:8">
       <x:c r="A354" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="E354" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H354" s="0">
-        <x:v>2026</x:v>
+        <x:v>2029</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:8">
       <x:c r="A355" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="E355" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H355" s="0">
-        <x:v>103382</x:v>
+        <x:v>103193</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:8">
       <x:c r="A356" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="E356" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H356" s="0">
-        <x:v>105593</x:v>
+        <x:v>105407</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:8">
       <x:c r="A357" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="E357" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H357" s="0">
-        <x:v>2030</x:v>
+      <x:c r="H357" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:8">
       <x:c r="A358" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="E358" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H358" s="0">
-        <x:v>103563</x:v>
+      <x:c r="H358" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:8">
       <x:c r="A359" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="E359" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H359" s="0">
-        <x:v>105756</x:v>
+        <x:v>105570</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:8">
       <x:c r="A360" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="E360" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H360" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H360" s="0">
+        <x:v>2034</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:8">
       <x:c r="A361" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="E361" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H361" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H361" s="0">
+        <x:v>103536</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:8">
       <x:c r="A362" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="E362" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H362" s="0">
-        <x:v>105942</x:v>
+        <x:v>105756</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:8">
       <x:c r="A363" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="E363" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H363" s="0">
-        <x:v>2036</x:v>
+        <x:v>2039</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:8">
       <x:c r="A364" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="E364" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H364" s="0">
-        <x:v>103906</x:v>
+        <x:v>103717</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:8">
       <x:c r="A365" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="E365" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H365" s="0">
-        <x:v>106096</x:v>
+        <x:v>105910</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:8">
       <x:c r="A366" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="E366" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H366" s="0">
-        <x:v>2040</x:v>
+      <x:c r="H366" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:8">
       <x:c r="A367" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="E367" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H367" s="0">
-        <x:v>104056</x:v>
+      <x:c r="H367" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:8">
       <x:c r="A368" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="E368" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H368" s="0">
-        <x:v>106277</x:v>
+        <x:v>106091</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:8">
       <x:c r="A369" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="E369" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:8">
       <x:c r="A370" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="E370" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H370" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:8">
       <x:c r="A371" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="E371" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H371" s="0">
-        <x:v>106472</x:v>
+        <x:v>106285</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:8">
       <x:c r="A372" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="E372" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H372" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H372" s="0">
+        <x:v>2046</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:8">
       <x:c r="A373" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="E373" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H373" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H373" s="0">
+        <x:v>104239</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:8">
       <x:c r="A374" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="E374" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H374" s="0">
-        <x:v>106647</x:v>
+        <x:v>106458</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:8">
       <x:c r="A375" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="E375" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H375" s="0">
-        <x:v>2048</x:v>
+        <x:v>2051</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:8">
       <x:c r="A376" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="E376" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H376" s="0">
-        <x:v>104599</x:v>
+        <x:v>104407</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:8">
       <x:c r="A377" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="E377" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H377" s="0">
-        <x:v>106859</x:v>
+        <x:v>106670</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:8">
       <x:c r="A378" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="E378" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H378" s="0">
-        <x:v>2053</x:v>
+      <x:c r="H378" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:8">
       <x:c r="A379" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="E379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H379" s="0">
-        <x:v>104806</x:v>
+      <x:c r="H379" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:8">
       <x:c r="A380" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="E380" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H380" s="0">
-        <x:v>107096</x:v>
+        <x:v>106908</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:8">
       <x:c r="A381" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="E381" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H381" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H381" s="0">
+        <x:v>2059</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:8">
       <x:c r="A382" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="E382" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H382" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H382" s="0">
+        <x:v>104849</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:8">
       <x:c r="A383" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="E383" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H383" s="0">
-        <x:v>107297</x:v>
+        <x:v>107109</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:8">
       <x:c r="A384" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="E384" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H384" s="0">
-        <x:v>2064</x:v>
+        <x:v>2069</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:8">
       <x:c r="A385" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="E385" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H385" s="0">
-        <x:v>105233</x:v>
+        <x:v>105040</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:8">
       <x:c r="A386" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="E386" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H386" s="0">
-        <x:v>107435</x:v>
+        <x:v>107247</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:8">
       <x:c r="A387" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="E387" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H387" s="0">
-        <x:v>2068</x:v>
+        <x:v>2073</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:8">
       <x:c r="A388" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="E388" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H388" s="0">
-        <x:v>105367</x:v>
+        <x:v>105174</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:8">
       <x:c r="A389" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="E389" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H389" s="0">
-        <x:v>107542</x:v>
+        <x:v>107354</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:8">
       <x:c r="A390" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="E390" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H390" s="0">
-        <x:v>2075</x:v>
+      <x:c r="H390" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:8">
       <x:c r="A391" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="E391" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H391" s="0">
-        <x:v>105467</x:v>
+      <x:c r="H391" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:8">
       <x:c r="A392" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="E392" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H392" s="0">
-        <x:v>107651</x:v>
+        <x:v>107464</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:8">
       <x:c r="A393" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="E393" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:8">
       <x:c r="A394" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="E394" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H394" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H394" s="0">
+        <x:v>105383</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:8">
       <x:c r="A395" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="E395" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H395" s="0">
-        <x:v>107777</x:v>
+        <x:v>107590</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:8">
       <x:c r="A396" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="E396" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H396" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H396" s="0">
+        <x:v>2083</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:8">
       <x:c r="A397" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="E397" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H397" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H397" s="0">
+        <x:v>105507</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:8">
       <x:c r="A398" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="E398" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H398" s="0">
-        <x:v>107918</x:v>
+        <x:v>107729</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:8">
       <x:c r="A399" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="E399" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H399" s="0">
-        <x:v>2081</x:v>
+      <x:c r="H399" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:8">
       <x:c r="A400" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="E400" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H400" s="0">
-        <x:v>105837</x:v>
+      <x:c r="H400" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:8">
       <x:c r="A401" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="E401" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H401" s="0">
-        <x:v>108135</x:v>
+        <x:v>107944</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:8">
       <x:c r="A402" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="E402" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H402" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:8">
       <x:c r="A403" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="E403" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:8">
       <x:c r="A404" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="E404" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H404" s="0">
-        <x:v>108280</x:v>
+        <x:v>108089</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:8">
       <x:c r="A405" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="E405" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H405" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H405" s="0">
+        <x:v>2088</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:8">
       <x:c r="A406" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="E406" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H406" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H406" s="0">
+        <x:v>106001</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:8">
       <x:c r="A407" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="E407" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H407" s="0">
-        <x:v>108458</x:v>
+        <x:v>108264</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:8">
       <x:c r="A408" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="E408" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H408" s="0">
-        <x:v>2090</x:v>
+      <x:c r="H408" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:8">
       <x:c r="A409" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="E409" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H409" s="0">
-        <x:v>106368</x:v>
+      <x:c r="H409" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:8">
       <x:c r="A410" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="E410" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H410" s="0">
-        <x:v>108636</x:v>
+        <x:v>108442</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:8">
       <x:c r="A411" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="E411" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H411" s="0">
-        <x:v>2093</x:v>
+      <x:c r="H411" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:8">
       <x:c r="A412" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="E412" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H412" s="0">
-        <x:v>106543</x:v>
+      <x:c r="H412" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:8">
       <x:c r="A413" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="E413" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H413" s="0">
-        <x:v>108839</x:v>
+        <x:v>108644</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:8">
       <x:c r="A414" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="E414" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H414" s="0">
-        <x:v>2096</x:v>
+        <x:v>2102</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:8">
       <x:c r="A415" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="E415" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H415" s="0">
-        <x:v>106743</x:v>
+        <x:v>106542</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:8">
       <x:c r="A416" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="E416" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H416" s="0">
-        <x:v>109056</x:v>
+        <x:v>108859</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:8">
       <x:c r="A417" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="E417" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H417" s="0">
-        <x:v>2101</x:v>
+        <x:v>2107</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:8">
       <x:c r="A418" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="E418" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H418" s="0">
-        <x:v>106955</x:v>
+        <x:v>106752</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:8">
       <x:c r="A419" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="E419" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H419" s="0">
-        <x:v>109266</x:v>
+        <x:v>109067</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:8">
       <x:c r="A420" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="E420" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H420" s="0">
-        <x:v>2107</x:v>
+        <x:v>2113</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:8">
       <x:c r="A421" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="E421" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H421" s="0">
-        <x:v>107159</x:v>
+        <x:v>106954</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:8">
       <x:c r="A422" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="E422" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H422" s="0">
-        <x:v>109370</x:v>
+        <x:v>109170</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:8">
       <x:c r="A423" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="E423" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H423" s="0">
-        <x:v>2111</x:v>
+      <x:c r="H423" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:8">
       <x:c r="A424" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="E424" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H424" s="0">
-        <x:v>107259</x:v>
+      <x:c r="H424" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:8">
       <x:c r="A425" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="E425" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H425" s="0">
-        <x:v>109507</x:v>
+        <x:v>109305</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:8">
       <x:c r="A426" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="E426" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H426" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:8">
       <x:c r="A427" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="E427" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:8">
       <x:c r="A428" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="E428" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H428" s="0">
-        <x:v>109684</x:v>
+        <x:v>109482</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:8">
       <x:c r="A429" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="E429" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H429" s="0">
-        <x:v>2115</x:v>
+        <x:v>2121</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:8">
       <x:c r="A430" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="E430" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H430" s="0">
-        <x:v>107569</x:v>
+        <x:v>107361</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:8">
       <x:c r="A431" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="E431" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H431" s="0">
-        <x:v>109873</x:v>
+        <x:v>109669</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:8">
       <x:c r="A432" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="E432" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H432" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:8">
       <x:c r="A433" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="E433" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F433" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:8">
       <x:c r="A434" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="E434" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F434" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G434" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H434" s="0">
-        <x:v>110047</x:v>
+        <x:v>109842</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:8">
       <x:c r="A435" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="E435" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F435" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H435" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H435" s="0">
+        <x:v>2123</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:8">
       <x:c r="A436" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="E436" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F436" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G436" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H436" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H436" s="0">
+        <x:v>107719</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:8">
       <x:c r="A437" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="E437" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F437" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H437" s="0">
-        <x:v>110197</x:v>
+        <x:v>109992</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:8">
       <x:c r="A438" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="E438" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F438" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G438" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H438" s="0">
-        <x:v>2122</x:v>
+        <x:v>2128</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:8">
       <x:c r="A439" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="E439" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F439" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H439" s="0">
-        <x:v>108075</x:v>
+        <x:v>107864</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:8">
       <x:c r="A440" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="E440" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F440" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G440" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H440" s="0">
-        <x:v>110416</x:v>
+        <x:v>110211</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:8">
       <x:c r="A441" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="E441" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F441" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H441" s="0">
-        <x:v>2127</x:v>
+      <x:c r="H441" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H442" s="0">
-        <x:v>108289</x:v>
+      <x:c r="H442" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H443" s="0">
-        <x:v>110657</x:v>
+        <x:v>110452</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H444" s="0">
-        <x:v>2130</x:v>
+        <x:v>2136</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H445" s="0">
-        <x:v>108527</x:v>
+        <x:v>108316</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H446" s="0">
-        <x:v>110799</x:v>
+        <x:v>110594</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H447" s="0">
-        <x:v>2133</x:v>
+      <x:c r="H447" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H448" s="0">
-        <x:v>108666</x:v>
+      <x:c r="H448" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:8">
       <x:c r="A449" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="E449" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F449" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H449" s="0">
-        <x:v>110932</x:v>
+        <x:v>110728</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:8">
       <x:c r="A450" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="E450" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F450" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G450" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H450" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H450" s="0">
+        <x:v>2142</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:8">
       <x:c r="A451" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="E451" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F451" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H451" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H451" s="0">
+        <x:v>108586</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:8">
       <x:c r="A452" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="E452" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F452" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G452" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H452" s="0">
-        <x:v>111028</x:v>
+        <x:v>110824</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:8">
       <x:c r="A453" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="E453" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F453" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H453" s="0">
-        <x:v>2138</x:v>
+      <x:c r="H453" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:8">
       <x:c r="A454" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="E454" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F454" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G454" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H454" s="0">
-        <x:v>108890</x:v>
+      <x:c r="H454" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:8">
       <x:c r="A455" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="E455" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F455" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H455" s="0">
-        <x:v>111203</x:v>
+        <x:v>110996</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:8">
       <x:c r="A456" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="E456" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F456" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G456" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H456" s="0">
-        <x:v>2141</x:v>
+        <x:v>2148</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:8">
       <x:c r="A457" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="E457" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F457" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H457" s="0">
-        <x:v>109062</x:v>
+        <x:v>108848</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:8">
       <x:c r="A458" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="E458" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F458" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G458" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H458" s="0">
-        <x:v>111335</x:v>
+        <x:v>111128</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:8">
       <x:c r="A459" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="E459" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F459" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:8">
       <x:c r="A460" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="E460" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F460" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G460" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H460" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:8">
       <x:c r="A461" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="E461" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F461" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H461" s="0">
-        <x:v>111519</x:v>
+        <x:v>111308</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:8">
       <x:c r="A462" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="E462" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F462" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G462" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H462" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H462" s="0">
+        <x:v>2151</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:8">
       <x:c r="A463" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="E463" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F463" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H463" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H463" s="0">
+        <x:v>109157</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:8">
       <x:c r="A464" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="E464" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F464" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G464" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H464" s="0">
-        <x:v>111629</x:v>
+        <x:v>111418</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:8">
       <x:c r="A465" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="E465" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F465" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H465" s="0">
-        <x:v>2148</x:v>
+        <x:v>2155</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:8">
       <x:c r="A466" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="E466" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F466" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G466" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H466" s="0">
-        <x:v>109481</x:v>
+        <x:v>109263</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:8">
       <x:c r="A467" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="E467" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F467" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H467" s="0">
-        <x:v>111810</x:v>
+        <x:v>111599</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:8">
       <x:c r="A468" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="E468" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F468" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G468" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H468" s="0">
-        <x:v>2155</x:v>
+        <x:v>2162</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:8">
       <x:c r="A469" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="E469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F469" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H469" s="0">
-        <x:v>109655</x:v>
+        <x:v>109437</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:8">
       <x:c r="A470" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="E470" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F470" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G470" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H470" s="0">
-        <x:v>112009</x:v>
+        <x:v>111797</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:8">
       <x:c r="A471" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="E471" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F471" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H471" s="0">
-        <x:v>2160</x:v>
+      <x:c r="H471" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:8">
       <x:c r="A472" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="E472" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F472" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G472" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H472" s="0">
-        <x:v>109849</x:v>
+      <x:c r="H472" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:8">
       <x:c r="A473" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="E473" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F473" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H473" s="0">
-        <x:v>112154</x:v>
+        <x:v>111941</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:8">
       <x:c r="A474" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="E474" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F474" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G474" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H474" s="0">
-        <x:v>2163</x:v>
+        <x:v>2170</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:8">
       <x:c r="A475" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="E475" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F475" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H475" s="0">
-        <x:v>109991</x:v>
+        <x:v>109771</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:8">
       <x:c r="A476" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="E476" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F476" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G476" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H476" s="0">
-        <x:v>112302</x:v>
+        <x:v>112087</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:8">
       <x:c r="A477" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="E477" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F477" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:8">
       <x:c r="A478" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="E478" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F478" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G478" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H478" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:8">
       <x:c r="A479" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="E479" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F479" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H479" s="0">
-        <x:v>112423</x:v>
+        <x:v>112207</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:8">
       <x:c r="A480" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="E480" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F480" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G480" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H480" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:8">
       <x:c r="A481" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H482" s="0">
-        <x:v>112512</x:v>
+        <x:v>112296</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H484" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H485" s="0">
-        <x:v>112630</x:v>
+        <x:v>112414</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H486" s="0">
-        <x:v>2168</x:v>
+        <x:v>2175</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H487" s="0">
-        <x:v>110462</x:v>
+        <x:v>110239</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H488" s="0">
-        <x:v>112730</x:v>
+        <x:v>112513</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H490" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H491" s="0">
-        <x:v>112845</x:v>
+        <x:v>112628</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H492" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H494" s="0">
-        <x:v>112951</x:v>
+        <x:v>112734</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H496" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H497" s="0">
-        <x:v>113048</x:v>
+        <x:v>112830</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H498" s="0">
-        <x:v>2171</x:v>
+      <x:c r="H498" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H499" s="0">
-        <x:v>110877</x:v>
+      <x:c r="H499" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H500" s="0">
-        <x:v>113129</x:v>
+        <x:v>112912</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H502" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H503" s="0">
-        <x:v>113248</x:v>
+        <x:v>113026</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H504" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H506" s="0">
-        <x:v>113355</x:v>
+        <x:v>113133</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H507" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H507" s="0">
+        <x:v>2179</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H508" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H508" s="0">
+        <x:v>110954</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H509" s="0">
-        <x:v>113448</x:v>
+        <x:v>113226</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H510" s="0">
-        <x:v>2174</x:v>
+      <x:c r="H510" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H511" s="0">
-        <x:v>111274</x:v>
+      <x:c r="H511" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H512" s="0">
-        <x:v>113570</x:v>
+        <x:v>113348</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H514" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H515" s="0">
-        <x:v>113700</x:v>
+        <x:v>113477</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H516" s="0">
-        <x:v>2177</x:v>
+        <x:v>2184</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H517" s="0">
-        <x:v>111523</x:v>
+        <x:v>111293</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H518" s="0">
-        <x:v>113866</x:v>
+        <x:v>113644</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H519" s="0">
-        <x:v>2183</x:v>
+        <x:v>2191</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H520" s="0">
-        <x:v>111683</x:v>
+        <x:v>111453</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H521" s="0">
-        <x:v>114018</x:v>
+        <x:v>113796</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H522" s="0">
-        <x:v>2190</x:v>
+        <x:v>2198</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H523" s="0">
-        <x:v>111828</x:v>
+        <x:v>111598</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H524" s="0">
-        <x:v>114184</x:v>
+        <x:v>113963</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H525" s="0">
-        <x:v>2194</x:v>
+      <x:c r="H525" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H526" s="0">
-        <x:v>111990</x:v>
+      <x:c r="H526" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H527" s="0">
-        <x:v>114392</x:v>
+        <x:v>114169</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H528" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H528" s="0">
+        <x:v>2203</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H529" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H529" s="0">
+        <x:v>111966</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H530" s="0">
-        <x:v>114625</x:v>
+        <x:v>114401</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H531" s="0">
-        <x:v>2197</x:v>
+      <x:c r="H531" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H532" s="0">
-        <x:v>112428</x:v>
+      <x:c r="H532" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H533" s="0">
-        <x:v>114857</x:v>
+        <x:v>114632</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H534" s="0">
-        <x:v>2194</x:v>
+      <x:c r="H534" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H535" s="0">
-        <x:v>112660</x:v>
+      <x:c r="H535" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H536" s="0">
-        <x:v>115084</x:v>
+        <x:v>114861</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H537" s="0">
-        <x:v>2200</x:v>
+        <x:v>2208</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H538" s="0">
-        <x:v>112884</x:v>
+        <x:v>112653</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H539" s="0">
-        <x:v>115301</x:v>
+        <x:v>115076</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H540" s="0">
-        <x:v>2206</x:v>
+      <x:c r="H540" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H541" s="0">
-        <x:v>113095</x:v>
+      <x:c r="H541" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H542" s="0">
-        <x:v>115452</x:v>
+        <x:v>115225</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H544" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H545" s="0">
-        <x:v>115614</x:v>
+        <x:v>115384</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H546" s="0">
-        <x:v>2209</x:v>
+        <x:v>2217</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H547" s="0">
-        <x:v>113405</x:v>
+        <x:v>113167</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H548" s="0">
-        <x:v>115765</x:v>
+        <x:v>115536</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H549" s="0">
-        <x:v>2215</x:v>
+      <x:c r="H549" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H550" s="0">
-        <x:v>113550</x:v>
+      <x:c r="H550" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H551" s="0">
-        <x:v>115888</x:v>
+        <x:v>115658</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H552" s="0">
-        <x:v>2217</x:v>
+        <x:v>2224</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H553" s="0">
-        <x:v>113671</x:v>
+        <x:v>113434</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H554" s="0">
-        <x:v>116210</x:v>
+        <x:v>115979</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H556" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H557" s="0">
-        <x:v>116535</x:v>
+        <x:v>116307</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H558" s="0">
-        <x:v>2221</x:v>
+        <x:v>2228</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H559" s="0">
-        <x:v>114314</x:v>
+        <x:v>114079</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H560" s="0">
-        <x:v>116993</x:v>
+        <x:v>116757</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H561" s="0">
-        <x:v>2226</x:v>
+      <x:c r="H561" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:8">
       <x:c r="A562" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B562" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C562" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="D562" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="E562" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F562" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G562" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H562" s="0">
-        <x:v>114767</x:v>
+      <x:c r="H562" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:8">
       <x:c r="A563" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C563" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="D563" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="E563" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F563" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H563" s="0">
-        <x:v>117355</x:v>
+        <x:v>117114</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:8">
       <x:c r="A564" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B564" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C564" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="D564" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="E564" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F564" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G564" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H564" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:8">
       <x:c r="A565" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C565" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="D565" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="E565" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F565" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:8">
       <x:c r="A566" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B566" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C566" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="D566" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="E566" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F566" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G566" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H566" s="0">
-        <x:v>117803</x:v>
+        <x:v>117556</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:8">
       <x:c r="A567" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C567" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="D567" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="E567" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H567" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H567" s="0">
+        <x:v>2234</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:8">
       <x:c r="A568" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B568" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C568" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="D568" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="E568" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F568" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G568" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H568" s="0" t="s">
-        <x:v>60</x:v>
+      <x:c r="H568" s="0">
+        <x:v>115322</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:8">
       <x:c r="A569" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C569" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="D569" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="E569" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F569" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H569" s="0">
-        <x:v>118201</x:v>
+        <x:v>117940</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:8">
       <x:c r="A570" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B570" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C570" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="D570" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="E570" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F570" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G570" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H570" s="0">
-        <x:v>2232</x:v>
+      <x:c r="H570" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:8">
       <x:c r="A571" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C571" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="D571" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="E571" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F571" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H571" s="0">
-        <x:v>115969</x:v>
+      <x:c r="H571" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:8">
       <x:c r="A572" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B572" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C572" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D572" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="E572" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F572" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G572" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H572" s="0">
-        <x:v>118552</x:v>
+        <x:v>118279</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:8">
       <x:c r="A573" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C573" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D573" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="E573" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F573" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H573" s="0">
-        <x:v>2238</x:v>
+      <x:c r="H573" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:8">
       <x:c r="A574" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B574" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C574" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="D574" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="E574" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F574" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G574" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="H574" s="0">
-        <x:v>116314</x:v>
+      <x:c r="H574" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:8">
       <x:c r="A575" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C575" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="D575" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="E575" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F575" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H575" s="0">
-        <x:v>118872</x:v>
+        <x:v>118594</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:8">
       <x:c r="A576" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B576" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C576" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="D576" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="E576" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F576" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G576" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H576" s="0">
-        <x:v>2243</x:v>
+        <x:v>2239</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:8">
       <x:c r="A577" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C577" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="D577" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="E577" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F577" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H577" s="0">
-        <x:v>116629</x:v>
+        <x:v>116355</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:8">
       <x:c r="A578" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B578" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C578" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="D578" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="E578" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F578" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G578" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H578" s="0">
-        <x:v>119043</x:v>
+        <x:v>118796</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:8">
       <x:c r="A579" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C579" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="D579" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="E579" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F579" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H579" s="0">
-        <x:v>2250</x:v>
+        <x:v>2243</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:8">
       <x:c r="A580" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B580" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C580" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="D580" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="E580" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F580" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G580" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H580" s="0">
-        <x:v>116793</x:v>
+        <x:v>116553</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="581" spans="1:8">
+      <x:c r="A581" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B581" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C581" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="D581" s="0" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="E581" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F581" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G581" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H581" s="0">
+        <x:v>119000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="582" spans="1:8">
+      <x:c r="A582" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B582" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C582" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="D582" s="0" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="E582" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F582" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G582" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H582" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="583" spans="1:8">
+      <x:c r="A583" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B583" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C583" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="D583" s="0" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="E583" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F583" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G583" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H583" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="584" spans="1:8">
+      <x:c r="A584" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B584" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C584" s="0" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="D584" s="0" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E584" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F584" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G584" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H584" s="0">
+        <x:v>119306</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="585" spans="1:8">
+      <x:c r="A585" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B585" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C585" s="0" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="D585" s="0" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E585" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F585" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G585" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H585" s="0">
+        <x:v>2249</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="586" spans="1:8">
+      <x:c r="A586" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B586" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C586" s="0" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="D586" s="0" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E586" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F586" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G586" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H586" s="0">
+        <x:v>117057</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="587" spans="1:8">
+      <x:c r="A587" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B587" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C587" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D587" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E587" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F587" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G587" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H587" s="0">
+        <x:v>119527</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="588" spans="1:8">
+      <x:c r="A588" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B588" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C588" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D588" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E588" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F588" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G588" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H588" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="589" spans="1:8">
+      <x:c r="A589" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B589" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C589" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="D589" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="E589" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F589" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G589" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H589" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="590" spans="1:8">
+      <x:c r="A590" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B590" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C590" s="0" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D590" s="0" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="E590" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F590" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G590" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H590" s="0">
+        <x:v>119769</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="591" spans="1:8">
+      <x:c r="A591" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B591" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C591" s="0" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D591" s="0" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="E591" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F591" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G591" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H591" s="0">
+        <x:v>2257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="592" spans="1:8">
+      <x:c r="A592" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B592" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C592" s="0" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="D592" s="0" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="E592" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F592" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G592" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H592" s="0">
+        <x:v>117512</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="593" spans="1:8">
+      <x:c r="A593" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B593" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C593" s="0" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D593" s="0" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E593" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F593" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G593" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H593" s="0">
+        <x:v>119961</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="594" spans="1:8">
+      <x:c r="A594" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B594" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C594" s="0" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D594" s="0" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E594" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F594" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G594" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H594" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="595" spans="1:8">
+      <x:c r="A595" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B595" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C595" s="0" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D595" s="0" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="E595" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F595" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G595" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H595" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="596" spans="1:8">
+      <x:c r="A596" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B596" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C596" s="0" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D596" s="0" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E596" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F596" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G596" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H596" s="0">
+        <x:v>120120</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="597" spans="1:8">
+      <x:c r="A597" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B597" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C597" s="0" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D597" s="0" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E597" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F597" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G597" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H597" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="598" spans="1:8">
+      <x:c r="A598" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B598" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C598" s="0" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D598" s="0" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="E598" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F598" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G598" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H598" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="599" spans="1:8">
+      <x:c r="A599" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B599" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C599" s="0" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D599" s="0" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E599" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F599" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G599" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H599" s="0">
+        <x:v>120386</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="600" spans="1:8">
+      <x:c r="A600" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B600" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C600" s="0" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D600" s="0" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E600" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F600" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G600" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H600" s="0">
+        <x:v>2261</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="601" spans="1:8">
+      <x:c r="A601" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B601" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C601" s="0" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="D601" s="0" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="E601" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F601" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G601" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H601" s="0">
+        <x:v>118125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="602" spans="1:8">
+      <x:c r="A602" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B602" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C602" s="0" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="D602" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E602" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F602" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G602" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H602" s="0">
+        <x:v>120514</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="603" spans="1:8">
+      <x:c r="A603" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B603" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C603" s="0" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="D603" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E603" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F603" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G603" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H603" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="604" spans="1:8">
+      <x:c r="A604" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B604" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C604" s="0" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="D604" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="E604" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F604" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G604" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H604" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="605" spans="1:8">
+      <x:c r="A605" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B605" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C605" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D605" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E605" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F605" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G605" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H605" s="0">
+        <x:v>120629</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="606" spans="1:8">
+      <x:c r="A606" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B606" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C606" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D606" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E606" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F606" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G606" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H606" s="0">
+        <x:v>2265</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="607" spans="1:8">
+      <x:c r="A607" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B607" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C607" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="D607" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="E607" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F607" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G607" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H607" s="0">
+        <x:v>118364</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="608" spans="1:8">
+      <x:c r="A608" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B608" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C608" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="D608" s="0" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E608" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F608" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G608" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H608" s="0">
+        <x:v>120716</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="609" spans="1:8">
+      <x:c r="A609" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B609" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C609" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="D609" s="0" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E609" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F609" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G609" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H609" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="610" spans="1:8">
+      <x:c r="A610" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B610" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C610" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="D610" s="0" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="E610" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F610" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G610" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H610" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="611" spans="1:8">
+      <x:c r="A611" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B611" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C611" s="0" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="D611" s="0" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="E611" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F611" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G611" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H611" s="0">
+        <x:v>120838</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="612" spans="1:8">
+      <x:c r="A612" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B612" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C612" s="0" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="D612" s="0" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="E612" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F612" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G612" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H612" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="613" spans="1:8">
+      <x:c r="A613" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B613" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C613" s="0" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="D613" s="0" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="E613" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F613" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G613" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H613" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="614" spans="1:8">
+      <x:c r="A614" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B614" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C614" s="0" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="D614" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="E614" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F614" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G614" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H614" s="0">
+        <x:v>120934</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="615" spans="1:8">
+      <x:c r="A615" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B615" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C615" s="0" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="D615" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="E615" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F615" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G615" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H615" s="0">
+        <x:v>2270</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="616" spans="1:8">
+      <x:c r="A616" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B616" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C616" s="0" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="D616" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="E616" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F616" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G616" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H616" s="0">
+        <x:v>118664</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="617" spans="1:8">
+      <x:c r="A617" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B617" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C617" s="0" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="D617" s="0" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="E617" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F617" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G617" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H617" s="0">
+        <x:v>121048</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="618" spans="1:8">
+      <x:c r="A618" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B618" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C618" s="0" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="D618" s="0" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="E618" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F618" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="G618" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H618" s="0">
+        <x:v>2275</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="619" spans="1:8">
+      <x:c r="A619" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B619" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="C619" s="0" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="D619" s="0" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="E619" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F619" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="G619" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="H619" s="0">
+        <x:v>118773</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -17705,51 +18823,51 @@
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
     <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="UA07C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="PPSN registrations of arrivals from Ukraine"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(W1)">
-      <x:sharedItems count="193">
+      <x:sharedItems count="206">
         <x:s v="2022W08"/>
         <x:s v="2022W09"/>
         <x:s v="2022W10"/>
         <x:s v="2022W11"/>
         <x:s v="2022W12"/>
         <x:s v="2022W13"/>
         <x:s v="2022W14"/>
         <x:s v="2022W15"/>
         <x:s v="2022W16"/>
         <x:s v="2022W17"/>
         <x:s v="2022W18"/>
         <x:s v="2022W19"/>
         <x:s v="2022W20"/>
         <x:s v="2022W21"/>
         <x:s v="2022W22"/>
         <x:s v="2022W23"/>
         <x:s v="2022W24"/>
         <x:s v="2022W25"/>
         <x:s v="2022W26"/>
         <x:s v="2022W27"/>
         <x:s v="2022W28"/>
         <x:s v="2022W29"/>
         <x:s v="2022W30"/>
         <x:s v="2022W31"/>
         <x:s v="2022W32"/>
@@ -17899,54 +19017,67 @@
         <x:s v="2025W20"/>
         <x:s v="2025W21"/>
         <x:s v="2025W22"/>
         <x:s v="2025W23"/>
         <x:s v="2025W24"/>
         <x:s v="2025W25"/>
         <x:s v="2025W26"/>
         <x:s v="2025W27"/>
         <x:s v="2025W28"/>
         <x:s v="2025W29"/>
         <x:s v="2025W30"/>
         <x:s v="2025W31"/>
         <x:s v="2025W32"/>
         <x:s v="2025W33"/>
         <x:s v="2025W34"/>
         <x:s v="2025W35"/>
         <x:s v="2025W36"/>
         <x:s v="2025W37"/>
         <x:s v="2025W38"/>
         <x:s v="2025W39"/>
         <x:s v="2025W40"/>
         <x:s v="2025W41"/>
         <x:s v="2025W42"/>
         <x:s v="2025W43"/>
         <x:s v="2025W44"/>
+        <x:s v="2025W45"/>
+        <x:s v="2025W46"/>
+        <x:s v="2025W47"/>
+        <x:s v="2025W48"/>
+        <x:s v="2025W49"/>
+        <x:s v="2025W50"/>
+        <x:s v="2025W51"/>
+        <x:s v="2025W52"/>
+        <x:s v="2026W01"/>
+        <x:s v="2026W02"/>
+        <x:s v="2026W03"/>
+        <x:s v="2026W04"/>
+        <x:s v="2026W05"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Week">
-      <x:sharedItems count="193">
+      <x:sharedItems count="206">
         <x:s v="2022 February 27"/>
         <x:s v="2022 March 06"/>
         <x:s v="2022 March 13"/>
         <x:s v="2022 March 20"/>
         <x:s v="2022 March 27"/>
         <x:s v="2022 April 03"/>
         <x:s v="2022 April 10"/>
         <x:s v="2022 April 17"/>
         <x:s v="2022 April 24"/>
         <x:s v="2022 May 01"/>
         <x:s v="2022 May 08"/>
         <x:s v="2022 May 15"/>
         <x:s v="2022 May 22"/>
         <x:s v="2022 May 29"/>
         <x:s v="2022 June 05"/>
         <x:s v="2022 June 12"/>
         <x:s v="2022 June 19"/>
         <x:s v="2022 June 26"/>
         <x:s v="2022 July 03"/>
         <x:s v="2022 July 10"/>
         <x:s v="2022 July 17"/>
         <x:s v="2022 July 24"/>
         <x:s v="2022 July 31"/>
         <x:s v="2022 August 07"/>
         <x:s v="2022 August 14"/>
@@ -18096,6355 +19227,6759 @@
         <x:s v="2025 May 18"/>
         <x:s v="2025 May 25"/>
         <x:s v="2025 June 01"/>
         <x:s v="2025 June 08"/>
         <x:s v="2025 June 15"/>
         <x:s v="2025 June 22"/>
         <x:s v="2025 June 29"/>
         <x:s v="2025 July 06"/>
         <x:s v="2025 July 13"/>
         <x:s v="2025 July 20"/>
         <x:s v="2025 July 27"/>
         <x:s v="2025 August 03"/>
         <x:s v="2025 August 10"/>
         <x:s v="2025 August 17"/>
         <x:s v="2025 August 24"/>
         <x:s v="2025 August 31"/>
         <x:s v="2025 September 07"/>
         <x:s v="2025 September 14"/>
         <x:s v="2025 September 21"/>
         <x:s v="2025 September 28"/>
         <x:s v="2025 October 05"/>
         <x:s v="2025 October 12"/>
         <x:s v="2025 October 19"/>
         <x:s v="2025 October 26"/>
         <x:s v="2025 November 02"/>
+        <x:s v="2025 November 09"/>
+        <x:s v="2025 November 16"/>
+        <x:s v="2025 November 23"/>
+        <x:s v="2025 November 30"/>
+        <x:s v="2025 December 07"/>
+        <x:s v="2025 December 14"/>
+        <x:s v="2025 December 21"/>
+        <x:s v="2025 December 28"/>
+        <x:s v="2026 January 04"/>
+        <x:s v="2026 January 11"/>
+        <x:s v="2026 January 18"/>
+        <x:s v="2026 January 25"/>
+        <x:s v="2026 February 01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C03955V04713">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="U3"/>
         <x:s v="UA"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Nationality">
       <x:sharedItems count="3">
         <x:s v="All nationalities"/>
         <x:s v="Other nationalities with protected status"/>
         <x:s v="Ukrainian"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="UNIT">
       <x:sharedItems count="1">
         <x:s v="Number"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="VALUE">
-      <x:sharedItems containsMixedTypes="1" containsNumber="1" containsInteger="1" minValue="73" maxValue="119043" count="507">
-        <x:n v="476"/>
+      <x:sharedItems containsMixedTypes="1" containsNumber="1" containsInteger="1" minValue="73" maxValue="121048" count="508">
+        <x:n v="475"/>
         <x:n v="73"/>
-        <x:n v="403"/>
-        <x:n v="499"/>
+        <x:n v="402"/>
+        <x:n v="498"/>
+        <x:n v="425"/>
+        <x:n v="3523"/>
+        <x:n v="118"/>
+        <x:n v="3405"/>
+        <x:n v="8008"/>
+        <x:n v="273"/>
+        <x:n v="7735"/>
+        <x:n v="12164"/>
+        <x:n v="454"/>
+        <x:n v="11710"/>
+        <x:n v="18104"/>
+        <x:n v="570"/>
+        <x:n v="17534"/>
+        <x:n v="21838"/>
+        <x:n v="628"/>
+        <x:n v="21210"/>
+        <x:n v="23803"/>
+        <x:n v="659"/>
+        <x:n v="23144"/>
+        <x:n v="26042"/>
+        <x:n v="704"/>
+        <x:n v="25338"/>
+        <x:n v="27514"/>
+        <x:n v="725"/>
+        <x:n v="26789"/>
+        <x:n v="29499"/>
+        <x:n v="761"/>
+        <x:n v="28738"/>
+        <x:n v="31186"/>
+        <x:n v="779"/>
+        <x:n v="30407"/>
+        <x:n v="32758"/>
+        <x:n v="805"/>
+        <x:n v="31953"/>
+        <x:n v="33942"/>
+        <x:n v="822"/>
+        <x:n v="33120"/>
+        <x:n v="35218"/>
+        <x:n v="841"/>
+        <x:n v="34377"/>
+        <x:n v="36852"/>
+        <x:n v="856"/>
+        <x:n v="35996"/>
+        <x:n v="38158"/>
+        <x:n v="872"/>
+        <x:n v="37286"/>
+        <x:n v="39706"/>
+        <x:n v="890"/>
+        <x:n v="38816"/>
+        <x:n v="41191"/>
+        <x:n v="907"/>
+        <x:n v="40284"/>
+        <x:n v="42591"/>
+        <x:n v="915"/>
+        <x:n v="41676"/>
+        <x:n v="43960"/>
+        <x:n v="924"/>
+        <x:n v="43036"/>
+        <x:n v="45085"/>
+        <x:n v="933"/>
+        <x:n v="44152"/>
+        <x:n v="46352"/>
+        <x:n v="943"/>
+        <x:n v="45409"/>
+        <x:n v="47158"/>
+        <x:n v="951"/>
+        <x:n v="46207"/>
+        <x:n v="48197"/>
+        <x:n v="965"/>
+        <x:n v="47232"/>
+        <x:n v="48961"/>
+        <x:n v="973"/>
+        <x:n v="47988"/>
+        <x:n v="49772"/>
+        <x:n v="984"/>
+        <x:n v="48788"/>
+        <x:n v="50690"/>
+        <x:n v="994"/>
+        <x:n v="49696"/>
+        <x:n v="51702"/>
+        <x:n v="1007"/>
+        <x:n v="50695"/>
+        <x:n v="52762"/>
+        <x:n v="1019"/>
+        <x:n v="51743"/>
+        <x:n v="53789"/>
+        <x:n v="1027"/>
+        <x:n v="54902"/>
+        <x:n v="1031"/>
+        <x:n v="53871"/>
+        <x:n v="56158"/>
+        <x:n v="1036"/>
+        <x:n v="55122"/>
+        <x:n v="57367"/>
+        <x:n v="1052"/>
+        <x:n v="56315"/>
+        <x:n v="58967"/>
+        <x:n v="1068"/>
+        <x:n v="57899"/>
+        <x:n v="60263"/>
+        <x:n v="1083"/>
+        <x:n v="59180"/>
+        <x:n v="61428"/>
+        <x:n v="1088"/>
+        <x:n v="60340"/>
+        <x:n v="62404"/>
+        <x:n v="1098"/>
+        <x:n v="61306"/>
+        <x:n v="63407"/>
+        <x:n v="1105"/>
+        <x:n v="62302"/>
+        <x:n v="64346"/>
+        <x:n v="1117"/>
+        <x:n v="63229"/>
+        <x:n v="65076"/>
+        <x:n v="1124"/>
+        <x:n v="63952"/>
+        <x:n v="66219"/>
+        <x:n v="1133"/>
+        <x:n v="65086"/>
+        <x:n v="67247"/>
+        <x:n v="1145"/>
+        <x:n v="66102"/>
+        <x:n v="67947"/>
+        <x:n v="1152"/>
+        <x:n v="66795"/>
+        <x:n v="68334"/>
+        <x:n v="1156"/>
+        <x:n v="67178"/>
+        <x:n v="69730"/>
+        <x:n v="1169"/>
+        <x:n v="68561"/>
+        <x:n v="70172"/>
+        <x:n v="1175"/>
+        <x:n v="68997"/>
+        <x:n v="70887"/>
+        <x:n v="1186"/>
+        <x:n v="69701"/>
+        <x:n v="71611"/>
+        <x:n v="1198"/>
+        <x:n v="70413"/>
+        <x:n v="72365"/>
+        <x:n v="1217"/>
+        <x:n v="71148"/>
+        <x:n v="73097"/>
+        <x:n v="1222"/>
+        <x:n v="71875"/>
+        <x:n v="74043"/>
+        <x:n v="1230"/>
+        <x:n v="72813"/>
+        <x:n v="74478"/>
+        <x:n v="1238"/>
+        <x:n v="73240"/>
+        <x:n v="75345"/>
+        <x:n v="1247"/>
+        <x:n v="74098"/>
+        <x:n v="76288"/>
+        <x:n v="1256"/>
+        <x:n v="75032"/>
+        <x:n v="76959"/>
+        <x:n v="1273"/>
+        <x:n v="75686"/>
+        <x:n v="77530"/>
+        <x:n v="1293"/>
+        <x:n v="76237"/>
+        <x:n v="78307"/>
+        <x:n v="1311"/>
+        <x:n v="76996"/>
+        <x:n v="78904"/>
+        <x:n v="1321"/>
+        <x:n v="77583"/>
+        <x:n v="79255"/>
+        <x:n v="1332"/>
+        <x:n v="77923"/>
+        <x:n v="79627"/>
+        <x:n v="1345"/>
+        <x:n v="78282"/>
+        <x:n v="80004"/>
+        <x:n v="1361"/>
+        <x:n v="78643"/>
+        <x:n v="80580"/>
+        <x:n v="1380"/>
+        <x:n v="79200"/>
+        <x:n v="81169"/>
+        <x:n v="1386"/>
+        <x:n v="79783"/>
+        <x:n v="81706"/>
+        <x:n v="1398"/>
+        <x:n v="80308"/>
+        <x:n v="82291"/>
+        <x:n v="1417"/>
+        <x:n v="80874"/>
+        <x:n v="82906"/>
+        <x:n v="1429"/>
+        <x:n v="81477"/>
+        <x:n v="83487"/>
+        <x:n v="1449"/>
+        <x:n v="82038"/>
+        <x:n v="84114"/>
+        <x:n v="1465"/>
+        <x:n v="82649"/>
+        <x:n v="84905"/>
+        <x:n v="1478"/>
+        <x:n v="83427"/>
+        <x:n v="85644"/>
+        <x:n v="1489"/>
+        <x:n v="84155"/>
+        <x:n v="86639"/>
+        <x:n v="1510"/>
+        <x:n v="85129"/>
+        <x:n v="87436"/>
+        <x:n v="1538"/>
+        <x:n v="85898"/>
+        <x:n v="88095"/>
+        <x:n v="1559"/>
+        <x:n v="86536"/>
+        <x:n v="88794"/>
+        <x:n v="1579"/>
+        <x:n v="87215"/>
+        <x:n v="89452"/>
+        <x:n v="1617"/>
+        <x:n v="87835"/>
+        <x:n v="89899"/>
+        <x:n v="1632"/>
+        <x:n v="88267"/>
+        <x:n v="90309"/>
+        <x:n v="1645"/>
+        <x:n v="88664"/>
+        <x:n v="90695"/>
+        <x:n v="1666"/>
+        <x:n v="89029"/>
+        <x:n v="91207"/>
+        <x:n v="1684"/>
+        <x:n v="89523"/>
+        <x:n v="91874"/>
+        <x:n v="1697"/>
+        <x:n v="90177"/>
+        <x:n v="92372"/>
+        <x:n v="1711"/>
+        <x:n v="90661"/>
+        <x:n v="93107"/>
+        <x:n v="1726"/>
+        <x:n v="91381"/>
+        <x:n v="93890"/>
+        <x:n v="1736"/>
+        <x:n v="92154"/>
+        <x:n v="94653"/>
+        <x:n v="1760"/>
+        <x:n v="92893"/>
+        <x:n v="95399"/>
+        <x:n v="1782"/>
+        <x:n v="93617"/>
+        <x:n v="96154"/>
+        <x:n v="1800"/>
+        <x:n v="94354"/>
+        <x:n v="96802"/>
+        <x:n v="1817"/>
+        <x:n v="94985"/>
+        <x:n v="97294"/>
+        <x:n v="1829"/>
+        <x:n v="95465"/>
+        <x:n v="97815"/>
+        <x:n v="1844"/>
+        <x:n v="95971"/>
+        <x:n v="98345"/>
+        <x:n v="1861"/>
+        <x:n v="96484"/>
+        <x:n v="98831"/>
+        <x:n v="1875"/>
+        <x:n v="96956"/>
+        <x:n v="99272"/>
+        <x:n v="1894"/>
+        <x:n v="97378"/>
+        <x:n v="99714"/>
+        <x:n v="1902"/>
+        <x:n v="97812"/>
+        <x:n v="100225"/>
+        <x:n v="1915"/>
+        <x:n v="98310"/>
+        <x:n v="100715"/>
+        <x:n v="1928"/>
+        <x:n v="98787"/>
+        <x:n v="101176"/>
         <x:s v=""/>
-        <x:n v="3532"/>
-[...337 lines deleted...]
-        <x:n v="103563"/>
+        <x:n v="101308"/>
+        <x:n v="1940"/>
+        <x:n v="99368"/>
+        <x:n v="101503"/>
+        <x:n v="1945"/>
+        <x:n v="99558"/>
+        <x:n v="101867"/>
+        <x:n v="1951"/>
+        <x:n v="99916"/>
+        <x:n v="102435"/>
+        <x:n v="1961"/>
+        <x:n v="100474"/>
+        <x:n v="102593"/>
+        <x:n v="102722"/>
+        <x:n v="102871"/>
+        <x:n v="1970"/>
+        <x:n v="100901"/>
+        <x:n v="103014"/>
+        <x:n v="1975"/>
+        <x:n v="101039"/>
+        <x:n v="103247"/>
+        <x:n v="103455"/>
+        <x:n v="1984"/>
+        <x:n v="101471"/>
+        <x:n v="103697"/>
+        <x:n v="103876"/>
+        <x:n v="1992"/>
+        <x:n v="101884"/>
+        <x:n v="104037"/>
+        <x:n v="104151"/>
+        <x:n v="1998"/>
+        <x:n v="102153"/>
+        <x:n v="104255"/>
+        <x:n v="2002"/>
+        <x:n v="102253"/>
+        <x:n v="104406"/>
+        <x:n v="104563"/>
+        <x:n v="2007"/>
+        <x:n v="102556"/>
+        <x:n v="104746"/>
+        <x:n v="104913"/>
+        <x:n v="2017"/>
+        <x:n v="102896"/>
+        <x:n v="105080"/>
+        <x:n v="2025"/>
+        <x:n v="103055"/>
+        <x:n v="105222"/>
+        <x:n v="2029"/>
+        <x:n v="103193"/>
+        <x:n v="105407"/>
+        <x:n v="105570"/>
+        <x:n v="2034"/>
+        <x:n v="103536"/>
         <x:n v="105756"/>
-        <x:n v="105942"/>
-[...42 lines deleted...]
-        <x:n v="109266"/>
+        <x:n v="2039"/>
+        <x:n v="103717"/>
+        <x:n v="105910"/>
+        <x:n v="106091"/>
+        <x:n v="106285"/>
+        <x:n v="2046"/>
+        <x:n v="104239"/>
+        <x:n v="106458"/>
+        <x:n v="2051"/>
+        <x:n v="104407"/>
+        <x:n v="106670"/>
+        <x:n v="106908"/>
+        <x:n v="2059"/>
+        <x:n v="104849"/>
+        <x:n v="107109"/>
+        <x:n v="2069"/>
+        <x:n v="105040"/>
+        <x:n v="107247"/>
+        <x:n v="2073"/>
+        <x:n v="105174"/>
+        <x:n v="107354"/>
+        <x:n v="107464"/>
+        <x:n v="105383"/>
+        <x:n v="107590"/>
+        <x:n v="2083"/>
+        <x:n v="105507"/>
+        <x:n v="107729"/>
+        <x:n v="107944"/>
+        <x:n v="108089"/>
+        <x:n v="2088"/>
+        <x:n v="106001"/>
+        <x:n v="108264"/>
+        <x:n v="108442"/>
+        <x:n v="108644"/>
+        <x:n v="2102"/>
+        <x:n v="106542"/>
+        <x:n v="108859"/>
         <x:n v="2107"/>
-        <x:n v="107159"/>
-[...30 lines deleted...]
-        <x:n v="111629"/>
+        <x:n v="106752"/>
+        <x:n v="109067"/>
+        <x:n v="2113"/>
+        <x:n v="106954"/>
+        <x:n v="109170"/>
+        <x:n v="109305"/>
+        <x:n v="109482"/>
+        <x:n v="2121"/>
+        <x:n v="107361"/>
+        <x:n v="109669"/>
+        <x:n v="109842"/>
+        <x:n v="2123"/>
+        <x:n v="107719"/>
+        <x:n v="109992"/>
+        <x:n v="2128"/>
+        <x:n v="107864"/>
+        <x:n v="110211"/>
+        <x:n v="110452"/>
+        <x:n v="2136"/>
+        <x:n v="108316"/>
+        <x:n v="110594"/>
+        <x:n v="110728"/>
+        <x:n v="2142"/>
+        <x:n v="108586"/>
+        <x:n v="110824"/>
+        <x:n v="110996"/>
         <x:n v="2148"/>
-        <x:n v="109481"/>
-        <x:n v="111810"/>
+        <x:n v="108848"/>
+        <x:n v="111128"/>
+        <x:n v="111308"/>
+        <x:n v="2151"/>
+        <x:n v="109157"/>
+        <x:n v="111418"/>
         <x:n v="2155"/>
-        <x:n v="109655"/>
-[...56 lines deleted...]
-        <x:n v="115888"/>
+        <x:n v="109263"/>
+        <x:n v="111599"/>
+        <x:n v="2162"/>
+        <x:n v="109437"/>
+        <x:n v="111797"/>
+        <x:n v="111941"/>
+        <x:n v="2170"/>
+        <x:n v="109771"/>
+        <x:n v="112087"/>
+        <x:n v="112207"/>
+        <x:n v="112296"/>
+        <x:n v="112414"/>
+        <x:n v="2175"/>
+        <x:n v="110239"/>
+        <x:n v="112513"/>
+        <x:n v="112628"/>
+        <x:n v="112734"/>
+        <x:n v="112830"/>
+        <x:n v="112912"/>
+        <x:n v="113026"/>
+        <x:n v="113133"/>
+        <x:n v="2179"/>
+        <x:n v="110954"/>
+        <x:n v="113226"/>
+        <x:n v="113348"/>
+        <x:n v="113477"/>
+        <x:n v="2184"/>
+        <x:n v="111293"/>
+        <x:n v="113644"/>
+        <x:n v="2191"/>
+        <x:n v="111453"/>
+        <x:n v="113796"/>
+        <x:n v="2198"/>
+        <x:n v="111598"/>
+        <x:n v="113963"/>
+        <x:n v="114169"/>
+        <x:n v="2203"/>
+        <x:n v="111966"/>
+        <x:n v="114401"/>
+        <x:n v="114632"/>
+        <x:n v="114861"/>
+        <x:n v="2208"/>
+        <x:n v="112653"/>
+        <x:n v="115076"/>
+        <x:n v="115225"/>
+        <x:n v="115384"/>
         <x:n v="2217"/>
-        <x:n v="113671"/>
-[...15 lines deleted...]
-        <x:n v="118872"/>
+        <x:n v="113167"/>
+        <x:n v="115536"/>
+        <x:n v="115658"/>
+        <x:n v="2224"/>
+        <x:n v="113434"/>
+        <x:n v="115979"/>
+        <x:n v="116307"/>
+        <x:n v="2228"/>
+        <x:n v="114079"/>
+        <x:n v="116757"/>
+        <x:n v="117114"/>
+        <x:n v="117556"/>
+        <x:n v="2234"/>
+        <x:n v="115322"/>
+        <x:n v="117940"/>
+        <x:n v="118279"/>
+        <x:n v="118594"/>
+        <x:n v="2239"/>
+        <x:n v="116355"/>
+        <x:n v="118796"/>
         <x:n v="2243"/>
-        <x:n v="116629"/>
-[...2 lines deleted...]
-        <x:n v="116793"/>
+        <x:n v="116553"/>
+        <x:n v="119000"/>
+        <x:n v="119306"/>
+        <x:n v="2249"/>
+        <x:n v="117057"/>
+        <x:n v="119527"/>
+        <x:n v="119769"/>
+        <x:n v="2257"/>
+        <x:n v="117512"/>
+        <x:n v="119961"/>
+        <x:n v="120120"/>
+        <x:n v="120386"/>
+        <x:n v="2261"/>
+        <x:n v="118125"/>
+        <x:n v="120514"/>
+        <x:n v="120629"/>
+        <x:n v="2265"/>
+        <x:n v="118364"/>
+        <x:n v="120716"/>
+        <x:n v="120838"/>
+        <x:n v="120934"/>
+        <x:n v="2270"/>
+        <x:n v="118664"/>
+        <x:n v="121048"/>
+        <x:n v="2275"/>
+        <x:n v="118773"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
 <pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W08"/>
     <s v="2022 February 27"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="476"/>
+    <n v="475"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W08"/>
     <s v="2022 February 27"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="73"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W08"/>
     <s v="2022 February 27"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="403"/>
+    <n v="402"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W09"/>
     <s v="2022 March 06"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="499"/>
+    <n v="498"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W09"/>
     <s v="2022 March 06"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="73"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W09"/>
     <s v="2022 March 06"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="425"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W10"/>
     <s v="2022 March 13"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="3532"/>
+    <n v="3523"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W10"/>
     <s v="2022 March 13"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="118"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W10"/>
     <s v="2022 March 13"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="3414"/>
+    <n v="3405"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W11"/>
     <s v="2022 March 20"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="8026"/>
+    <n v="8008"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W11"/>
     <s v="2022 March 20"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="273"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W11"/>
     <s v="2022 March 20"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="7753"/>
+    <n v="7735"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W12"/>
     <s v="2022 March 27"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="12186"/>
+    <n v="12164"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W12"/>
     <s v="2022 March 27"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="453"/>
+    <n v="454"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W12"/>
     <s v="2022 March 27"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="11733"/>
+    <n v="11710"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W13"/>
     <s v="2022 April 03"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="18139"/>
+    <n v="18104"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W13"/>
     <s v="2022 April 03"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="569"/>
+    <n v="570"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W13"/>
     <s v="2022 April 03"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="17570"/>
+    <n v="17534"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W14"/>
     <s v="2022 April 10"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="21875"/>
+    <n v="21838"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W14"/>
     <s v="2022 April 10"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="628"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W14"/>
     <s v="2022 April 10"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="21247"/>
+    <n v="21210"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W15"/>
     <s v="2022 April 17"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="23842"/>
+    <n v="23803"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W15"/>
     <s v="2022 April 17"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="659"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W15"/>
     <s v="2022 April 17"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="23183"/>
+    <n v="23144"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W16"/>
     <s v="2022 April 24"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="26082"/>
+    <n v="26042"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W16"/>
     <s v="2022 April 24"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="704"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W16"/>
     <s v="2022 April 24"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="25378"/>
+    <n v="25338"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W17"/>
     <s v="2022 May 01"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="27559"/>
+    <n v="27514"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W17"/>
     <s v="2022 May 01"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="725"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W17"/>
     <s v="2022 May 01"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="26834"/>
+    <n v="26789"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W18"/>
     <s v="2022 May 08"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="29544"/>
+    <n v="29499"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W18"/>
     <s v="2022 May 08"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="761"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W18"/>
     <s v="2022 May 08"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="28783"/>
+    <n v="28738"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W19"/>
     <s v="2022 May 15"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="31232"/>
+    <n v="31186"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W19"/>
     <s v="2022 May 15"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="779"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W19"/>
     <s v="2022 May 15"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="30453"/>
+    <n v="30407"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W20"/>
     <s v="2022 May 22"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="32807"/>
+    <n v="32758"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W20"/>
     <s v="2022 May 22"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="805"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W20"/>
     <s v="2022 May 22"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="32002"/>
+    <n v="31953"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W21"/>
     <s v="2022 May 29"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="33991"/>
+    <n v="33942"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W21"/>
     <s v="2022 May 29"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="822"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W21"/>
     <s v="2022 May 29"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="33169"/>
+    <n v="33120"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W22"/>
     <s v="2022 June 05"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="35268"/>
+    <n v="35218"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W22"/>
     <s v="2022 June 05"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="841"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W22"/>
     <s v="2022 June 05"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="34427"/>
+    <n v="34377"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W23"/>
     <s v="2022 June 12"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="36905"/>
+    <n v="36852"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W23"/>
     <s v="2022 June 12"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="856"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W23"/>
     <s v="2022 June 12"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="36049"/>
+    <n v="35996"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W24"/>
     <s v="2022 June 19"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="38212"/>
+    <n v="38158"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W24"/>
     <s v="2022 June 19"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="872"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W24"/>
     <s v="2022 June 19"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="37340"/>
+    <n v="37286"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W25"/>
     <s v="2022 June 26"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="39763"/>
+    <n v="39706"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W25"/>
     <s v="2022 June 26"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="890"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W25"/>
     <s v="2022 June 26"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="38873"/>
+    <n v="38816"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W26"/>
     <s v="2022 July 03"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="41258"/>
+    <n v="41191"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W26"/>
     <s v="2022 July 03"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="908"/>
+    <n v="907"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W26"/>
     <s v="2022 July 03"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="40350"/>
+    <n v="40284"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W27"/>
     <s v="2022 July 10"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="42662"/>
+    <n v="42591"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W27"/>
     <s v="2022 July 10"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="916"/>
+    <n v="915"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W27"/>
     <s v="2022 July 10"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="41746"/>
+    <n v="41676"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W28"/>
     <s v="2022 July 17"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="44032"/>
+    <n v="43960"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W28"/>
     <s v="2022 July 17"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="925"/>
+    <n v="924"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W28"/>
     <s v="2022 July 17"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="43107"/>
+    <n v="43036"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W29"/>
     <s v="2022 July 24"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="45162"/>
+    <n v="45085"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W29"/>
     <s v="2022 July 24"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="934"/>
+    <n v="933"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W29"/>
     <s v="2022 July 24"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="44228"/>
+    <n v="44152"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W30"/>
     <s v="2022 July 31"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="46430"/>
+    <n v="46352"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W30"/>
     <s v="2022 July 31"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="944"/>
+    <n v="943"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W30"/>
     <s v="2022 July 31"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="45486"/>
+    <n v="45409"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W31"/>
     <s v="2022 August 07"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="47241"/>
+    <n v="47158"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W31"/>
     <s v="2022 August 07"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="951"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W31"/>
     <s v="2022 August 07"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="46290"/>
+    <n v="46207"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W32"/>
     <s v="2022 August 14"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="48280"/>
+    <n v="48197"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W32"/>
     <s v="2022 August 14"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="965"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W32"/>
     <s v="2022 August 14"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="47315"/>
+    <n v="47232"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W33"/>
     <s v="2022 August 21"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="49046"/>
+    <n v="48961"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W33"/>
     <s v="2022 August 21"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="973"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W33"/>
     <s v="2022 August 21"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="48073"/>
+    <n v="47988"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W34"/>
     <s v="2022 August 28"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="49858"/>
+    <n v="49772"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W34"/>
     <s v="2022 August 28"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="984"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W34"/>
     <s v="2022 August 28"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="48874"/>
+    <n v="48788"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W35"/>
     <s v="2022 September 04"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="50781"/>
+    <n v="50690"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W35"/>
     <s v="2022 September 04"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="994"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W35"/>
     <s v="2022 September 04"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="49787"/>
+    <n v="49696"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W36"/>
     <s v="2022 September 11"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="51794"/>
+    <n v="51702"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W36"/>
     <s v="2022 September 11"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="1007"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W36"/>
     <s v="2022 September 11"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="50787"/>
+    <n v="50695"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W37"/>
     <s v="2022 September 18"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="52853"/>
+    <n v="52762"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W37"/>
     <s v="2022 September 18"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <n v="1019"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W37"/>
     <s v="2022 September 18"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="51834"/>
+    <n v="51743"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W38"/>
     <s v="2022 September 25"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="53883"/>
+    <n v="53789"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W38"/>
     <s v="2022 September 25"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1026"/>
+    <n v="1027"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W38"/>
     <s v="2022 September 25"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="52857"/>
+    <n v="52762"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W39"/>
     <s v="2022 October 02"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="55000"/>
+    <n v="54902"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W39"/>
     <s v="2022 October 02"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1030"/>
+    <n v="1031"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W39"/>
     <s v="2022 October 02"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="53970"/>
+    <n v="53871"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W40"/>
     <s v="2022 October 09"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="56257"/>
+    <n v="56158"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W40"/>
     <s v="2022 October 09"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1035"/>
+    <n v="1036"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W40"/>
     <s v="2022 October 09"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="55222"/>
+    <n v="55122"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W41"/>
     <s v="2022 October 16"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="57466"/>
+    <n v="57367"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W41"/>
     <s v="2022 October 16"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1051"/>
+    <n v="1052"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W41"/>
     <s v="2022 October 16"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="56415"/>
+    <n v="56315"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W42"/>
     <s v="2022 October 23"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="59071"/>
+    <n v="58967"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W42"/>
     <s v="2022 October 23"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1067"/>
+    <n v="1068"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W42"/>
     <s v="2022 October 23"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="58004"/>
+    <n v="57899"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W43"/>
     <s v="2022 October 30"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="60372"/>
+    <n v="60263"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W43"/>
     <s v="2022 October 30"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1082"/>
+    <n v="1083"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W43"/>
     <s v="2022 October 30"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="59290"/>
+    <n v="59180"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W44"/>
     <s v="2022 November 06"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="61539"/>
+    <n v="61428"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W44"/>
     <s v="2022 November 06"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1087"/>
+    <n v="1088"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W44"/>
     <s v="2022 November 06"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="60452"/>
+    <n v="60340"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W45"/>
     <s v="2022 November 13"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="62520"/>
+    <n v="62404"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W45"/>
     <s v="2022 November 13"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1097"/>
+    <n v="1098"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W45"/>
     <s v="2022 November 13"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="61423"/>
+    <n v="61306"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W46"/>
     <s v="2022 November 20"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="63526"/>
+    <n v="63407"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W46"/>
     <s v="2022 November 20"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1104"/>
+    <n v="1105"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W46"/>
     <s v="2022 November 20"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="62422"/>
+    <n v="62302"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W47"/>
     <s v="2022 November 27"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="64465"/>
+    <n v="64346"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W47"/>
     <s v="2022 November 27"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1116"/>
+    <n v="1117"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W47"/>
     <s v="2022 November 27"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="63349"/>
+    <n v="63229"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W48"/>
     <s v="2022 December 04"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="65195"/>
+    <n v="65076"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W48"/>
     <s v="2022 December 04"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1123"/>
+    <n v="1124"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W48"/>
     <s v="2022 December 04"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="64072"/>
+    <n v="63952"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W49"/>
     <s v="2022 December 11"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="66339"/>
+    <n v="66219"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W49"/>
     <s v="2022 December 11"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1132"/>
+    <n v="1133"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W49"/>
     <s v="2022 December 11"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="65207"/>
+    <n v="65086"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W50"/>
     <s v="2022 December 18"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="67369"/>
+    <n v="67247"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W50"/>
     <s v="2022 December 18"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1144"/>
+    <n v="1145"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W50"/>
     <s v="2022 December 18"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="66225"/>
+    <n v="66102"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W51"/>
     <s v="2022 December 25"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="68069"/>
+    <n v="67947"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W51"/>
     <s v="2022 December 25"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1151"/>
+    <n v="1152"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W51"/>
     <s v="2022 December 25"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="66918"/>
+    <n v="66795"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W52"/>
     <s v="2023 January 01"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="68456"/>
+    <n v="68334"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W52"/>
     <s v="2023 January 01"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1155"/>
+    <n v="1156"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2022W52"/>
     <s v="2023 January 01"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="67301"/>
+    <n v="67178"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W01"/>
     <s v="2023 January 08"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="69858"/>
+    <n v="69730"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W01"/>
     <s v="2023 January 08"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1168"/>
+    <n v="1169"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W01"/>
     <s v="2023 January 08"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="68690"/>
+    <n v="68561"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W02"/>
     <s v="2023 January 15"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="70300"/>
+    <n v="70172"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W02"/>
     <s v="2023 January 15"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1174"/>
+    <n v="1175"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W02"/>
     <s v="2023 January 15"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="69126"/>
+    <n v="68997"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W03"/>
     <s v="2023 January 22"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="71015"/>
+    <n v="70887"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W03"/>
     <s v="2023 January 22"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1185"/>
+    <n v="1186"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W03"/>
     <s v="2023 January 22"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="69830"/>
+    <n v="69701"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W04"/>
     <s v="2023 January 29"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="71739"/>
+    <n v="71611"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W04"/>
     <s v="2023 January 29"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1197"/>
+    <n v="1198"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W04"/>
     <s v="2023 January 29"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="70542"/>
+    <n v="70413"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W05"/>
     <s v="2023 February 05"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="72498"/>
+    <n v="72365"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W05"/>
     <s v="2023 February 05"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1216"/>
+    <n v="1217"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W05"/>
     <s v="2023 February 05"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="71282"/>
+    <n v="71148"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W06"/>
     <s v="2023 February 12"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="73230"/>
+    <n v="73097"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W06"/>
     <s v="2023 February 12"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1221"/>
+    <n v="1222"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W06"/>
     <s v="2023 February 12"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="72009"/>
+    <n v="71875"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W07"/>
     <s v="2023 February 19"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="74176"/>
+    <n v="74043"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W07"/>
     <s v="2023 February 19"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1229"/>
+    <n v="1230"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W07"/>
     <s v="2023 February 19"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="72947"/>
+    <n v="72813"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W08"/>
     <s v="2023 February 26"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="74613"/>
+    <n v="74478"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W08"/>
     <s v="2023 February 26"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1237"/>
+    <n v="1238"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W08"/>
     <s v="2023 February 26"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="73376"/>
+    <n v="73240"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W09"/>
     <s v="2023 March 05"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="75479"/>
+    <n v="75345"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W09"/>
     <s v="2023 March 05"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1246"/>
+    <n v="1247"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W09"/>
     <s v="2023 March 05"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="74233"/>
+    <n v="74098"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W10"/>
     <s v="2023 March 12"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="76422"/>
+    <n v="76288"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W10"/>
     <s v="2023 March 12"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1255"/>
+    <n v="1256"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W10"/>
     <s v="2023 March 12"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="75167"/>
+    <n v="75032"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W11"/>
     <s v="2023 March 19"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="77093"/>
+    <n v="76959"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W11"/>
     <s v="2023 March 19"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1272"/>
+    <n v="1273"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W11"/>
     <s v="2023 March 19"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="75821"/>
+    <n v="75686"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W12"/>
     <s v="2023 March 26"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="77665"/>
+    <n v="77530"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W12"/>
     <s v="2023 March 26"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1292"/>
+    <n v="1293"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W12"/>
     <s v="2023 March 26"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="76373"/>
+    <n v="76237"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W13"/>
     <s v="2023 April 02"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="78444"/>
+    <n v="78307"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W13"/>
     <s v="2023 April 02"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1310"/>
+    <n v="1311"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W13"/>
     <s v="2023 April 02"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="77134"/>
+    <n v="76996"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W14"/>
     <s v="2023 April 09"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="79042"/>
+    <n v="78904"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W14"/>
     <s v="2023 April 09"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1320"/>
+    <n v="1321"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W14"/>
     <s v="2023 April 09"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="77722"/>
+    <n v="77583"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W15"/>
     <s v="2023 April 16"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="79397"/>
+    <n v="79255"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W15"/>
     <s v="2023 April 16"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1331"/>
+    <n v="1332"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W15"/>
     <s v="2023 April 16"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="78066"/>
+    <n v="77923"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W16"/>
     <s v="2023 April 23"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="79770"/>
+    <n v="79627"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W16"/>
     <s v="2023 April 23"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1344"/>
+    <n v="1345"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W16"/>
     <s v="2023 April 23"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="78426"/>
+    <n v="78282"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W17"/>
     <s v="2023 April 30"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="80147"/>
+    <n v="80004"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W17"/>
     <s v="2023 April 30"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1360"/>
+    <n v="1361"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W17"/>
     <s v="2023 April 30"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="78787"/>
+    <n v="78643"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W18"/>
     <s v="2023 May 07"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="80728"/>
+    <n v="80580"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W18"/>
     <s v="2023 May 07"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1379"/>
+    <n v="1380"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W18"/>
     <s v="2023 May 07"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="79349"/>
+    <n v="79200"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W19"/>
     <s v="2023 May 14"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="81320"/>
+    <n v="81169"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W19"/>
     <s v="2023 May 14"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1385"/>
+    <n v="1386"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W19"/>
     <s v="2023 May 14"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="79935"/>
+    <n v="79783"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W20"/>
     <s v="2023 May 21"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="81857"/>
+    <n v="81706"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W20"/>
     <s v="2023 May 21"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1397"/>
+    <n v="1398"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W20"/>
     <s v="2023 May 21"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="80460"/>
+    <n v="80308"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W21"/>
     <s v="2023 May 28"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="82442"/>
+    <n v="82291"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W21"/>
     <s v="2023 May 28"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1416"/>
+    <n v="1417"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W21"/>
     <s v="2023 May 28"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="81026"/>
+    <n v="80874"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W22"/>
     <s v="2023 June 04"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="83057"/>
+    <n v="82906"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W22"/>
     <s v="2023 June 04"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1428"/>
+    <n v="1429"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W22"/>
     <s v="2023 June 04"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="81629"/>
+    <n v="81477"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W23"/>
     <s v="2023 June 11"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="83639"/>
+    <n v="83487"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W23"/>
     <s v="2023 June 11"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1448"/>
+    <n v="1449"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W23"/>
     <s v="2023 June 11"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="82191"/>
+    <n v="82038"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W24"/>
     <s v="2023 June 18"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="84266"/>
+    <n v="84114"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W24"/>
     <s v="2023 June 18"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1464"/>
+    <n v="1465"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W24"/>
     <s v="2023 June 18"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="82802"/>
+    <n v="82649"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W25"/>
     <s v="2023 June 25"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="85058"/>
+    <n v="84905"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W25"/>
     <s v="2023 June 25"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1477"/>
+    <n v="1478"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W25"/>
     <s v="2023 June 25"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="83581"/>
+    <n v="83427"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W26"/>
     <s v="2023 July 02"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="85796"/>
+    <n v="85644"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W26"/>
     <s v="2023 July 02"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1488"/>
+    <n v="1489"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W26"/>
     <s v="2023 July 02"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="84308"/>
+    <n v="84155"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W27"/>
     <s v="2023 July 09"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="86793"/>
+    <n v="86639"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W27"/>
     <s v="2023 July 09"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1509"/>
+    <n v="1510"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W27"/>
     <s v="2023 July 09"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="85284"/>
+    <n v="85129"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W28"/>
     <s v="2023 July 16"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="87596"/>
+    <n v="87436"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W28"/>
     <s v="2023 July 16"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1537"/>
+    <n v="1538"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W28"/>
     <s v="2023 July 16"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="86059"/>
+    <n v="85898"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W29"/>
     <s v="2023 July 23"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="88254"/>
+    <n v="88095"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W29"/>
     <s v="2023 July 23"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1558"/>
+    <n v="1559"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W29"/>
     <s v="2023 July 23"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="86696"/>
+    <n v="86536"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W30"/>
     <s v="2023 July 30"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="88953"/>
+    <n v="88794"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W30"/>
     <s v="2023 July 30"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1578"/>
+    <n v="1579"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W30"/>
     <s v="2023 July 30"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="87375"/>
+    <n v="87215"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W31"/>
     <s v="2023 August 06"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="89613"/>
+    <n v="89452"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W31"/>
     <s v="2023 August 06"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1616"/>
+    <n v="1617"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W31"/>
     <s v="2023 August 06"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="87997"/>
+    <n v="87835"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W32"/>
     <s v="2023 August 13"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="90058"/>
+    <n v="89899"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W32"/>
     <s v="2023 August 13"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1630"/>
+    <n v="1632"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W32"/>
     <s v="2023 August 13"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="88428"/>
+    <n v="88267"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W33"/>
     <s v="2023 August 20"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="90469"/>
+    <n v="90309"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W33"/>
     <s v="2023 August 20"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1643"/>
+    <n v="1645"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W33"/>
     <s v="2023 August 20"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="88826"/>
+    <n v="88664"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W34"/>
     <s v="2023 August 27"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="90855"/>
+    <n v="90695"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W34"/>
     <s v="2023 August 27"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1664"/>
+    <n v="1666"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W34"/>
     <s v="2023 August 27"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="89191"/>
+    <n v="89029"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W35"/>
     <s v="2023 September 03"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="91368"/>
+    <n v="91207"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W35"/>
     <s v="2023 September 03"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1682"/>
+    <n v="1684"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W35"/>
     <s v="2023 September 03"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="89686"/>
+    <n v="89523"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W36"/>
     <s v="2023 September 10"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="92036"/>
+    <n v="91874"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W36"/>
     <s v="2023 September 10"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1695"/>
+    <n v="1697"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W36"/>
     <s v="2023 September 10"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="90341"/>
+    <n v="90177"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W37"/>
     <s v="2023 September 17"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="92534"/>
+    <n v="92372"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W37"/>
     <s v="2023 September 17"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1709"/>
+    <n v="1711"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W37"/>
     <s v="2023 September 17"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="90825"/>
+    <n v="90661"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W38"/>
     <s v="2023 September 24"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="93272"/>
+    <n v="93107"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W38"/>
     <s v="2023 September 24"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1724"/>
+    <n v="1726"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W38"/>
     <s v="2023 September 24"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="91548"/>
+    <n v="91381"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W39"/>
     <s v="2023 October 01"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="94056"/>
+    <n v="93890"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W39"/>
     <s v="2023 October 01"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1734"/>
+    <n v="1736"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W39"/>
     <s v="2023 October 01"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="92322"/>
+    <n v="92154"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W40"/>
     <s v="2023 October 08"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="94823"/>
+    <n v="94653"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W40"/>
     <s v="2023 October 08"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1758"/>
+    <n v="1760"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W40"/>
     <s v="2023 October 08"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="93065"/>
+    <n v="92893"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W41"/>
     <s v="2023 October 15"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="95567"/>
+    <n v="95399"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W41"/>
     <s v="2023 October 15"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1780"/>
+    <n v="1782"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W41"/>
     <s v="2023 October 15"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="93787"/>
+    <n v="93617"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W42"/>
     <s v="2023 October 22"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="96322"/>
+    <n v="96154"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W42"/>
     <s v="2023 October 22"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1798"/>
+    <n v="1800"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W42"/>
     <s v="2023 October 22"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="94524"/>
+    <n v="94354"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W43"/>
     <s v="2023 October 29"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="96971"/>
+    <n v="96802"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W43"/>
     <s v="2023 October 29"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1815"/>
+    <n v="1817"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W43"/>
     <s v="2023 October 29"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="95156"/>
+    <n v="94985"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W44"/>
     <s v="2023 November 05"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="97462"/>
+    <n v="97294"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W44"/>
     <s v="2023 November 05"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1827"/>
+    <n v="1829"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W44"/>
     <s v="2023 November 05"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="95635"/>
+    <n v="95465"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W45"/>
     <s v="2023 November 12"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="97984"/>
+    <n v="97815"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W45"/>
     <s v="2023 November 12"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1842"/>
+    <n v="1844"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W45"/>
     <s v="2023 November 12"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="96142"/>
+    <n v="95971"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W46"/>
     <s v="2023 November 19"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="98517"/>
+    <n v="98345"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W46"/>
     <s v="2023 November 19"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1859"/>
+    <n v="1861"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W46"/>
     <s v="2023 November 19"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="96658"/>
+    <n v="96484"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W47"/>
     <s v="2023 November 26"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="99001"/>
+    <n v="98831"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W47"/>
     <s v="2023 November 26"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1873"/>
+    <n v="1875"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W47"/>
     <s v="2023 November 26"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="97128"/>
+    <n v="96956"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W48"/>
     <s v="2023 December 03"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="99443"/>
+    <n v="99272"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W48"/>
     <s v="2023 December 03"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1892"/>
+    <n v="1894"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W48"/>
     <s v="2023 December 03"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="97551"/>
+    <n v="97378"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W49"/>
     <s v="2023 December 10"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="99886"/>
+    <n v="99714"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W49"/>
     <s v="2023 December 10"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1900"/>
+    <n v="1902"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W49"/>
     <s v="2023 December 10"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="97986"/>
+    <n v="97812"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W50"/>
     <s v="2023 December 17"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="100399"/>
+    <n v="100225"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W50"/>
     <s v="2023 December 17"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1913"/>
+    <n v="1915"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W50"/>
     <s v="2023 December 17"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="98486"/>
+    <n v="98310"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W51"/>
     <s v="2023 December 24"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="100890"/>
+    <n v="100715"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W51"/>
     <s v="2023 December 24"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1926"/>
+    <n v="1928"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W51"/>
     <s v="2023 December 24"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="98964"/>
+    <n v="98787"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W52"/>
     <s v="2023 December 31"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="101351"/>
+    <n v="101176"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W52"/>
     <s v="2023 December 31"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1936"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2023W52"/>
     <s v="2023 December 31"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="99415"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W01"/>
     <s v="2024 January 07"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="101483"/>
+    <n v="101308"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W01"/>
     <s v="2024 January 07"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="1940"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W01"/>
     <s v="2024 January 07"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="99368"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W02"/>
     <s v="2024 January 14"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="101678"/>
+    <n v="101503"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W02"/>
     <s v="2024 January 14"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1943"/>
+    <n v="1945"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W02"/>
     <s v="2024 January 14"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="99735"/>
+    <n v="99558"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W03"/>
     <s v="2024 January 21"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="102041"/>
+    <n v="101867"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W03"/>
     <s v="2024 January 21"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1949"/>
+    <n v="1951"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W03"/>
     <s v="2024 January 21"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="100092"/>
+    <n v="99916"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W04"/>
     <s v="2024 January 28"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="102615"/>
+    <n v="102435"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W04"/>
     <s v="2024 January 28"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1959"/>
+    <n v="1961"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W04"/>
     <s v="2024 January 28"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="100656"/>
+    <n v="100474"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W05"/>
     <s v="2024 February 04"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="102773"/>
+    <n v="102593"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W05"/>
     <s v="2024 February 04"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1964"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W05"/>
     <s v="2024 February 04"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="100809"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W06"/>
     <s v="2024 February 11"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="102902"/>
+    <n v="102722"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W06"/>
     <s v="2024 February 11"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W06"/>
     <s v="2024 February 11"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W07"/>
     <s v="2024 February 18"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="103054"/>
+    <n v="102871"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W07"/>
     <s v="2024 February 18"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="1970"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W07"/>
     <s v="2024 February 18"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="100901"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W08"/>
     <s v="2024 February 25"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="103197"/>
+    <n v="103014"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W08"/>
     <s v="2024 February 25"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1973"/>
+    <n v="1975"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W08"/>
     <s v="2024 February 25"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="101224"/>
+    <n v="101039"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W09"/>
     <s v="2024 March 03"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="103431"/>
+    <n v="103247"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W09"/>
     <s v="2024 March 03"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1979"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W09"/>
     <s v="2024 March 03"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="101452"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W10"/>
     <s v="2024 March 10"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="103640"/>
+    <n v="103455"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W10"/>
     <s v="2024 March 10"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1982"/>
+    <n v="1984"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W10"/>
     <s v="2024 March 10"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="101658"/>
+    <n v="101471"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W11"/>
     <s v="2024 March 17"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="103882"/>
+    <n v="103697"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W11"/>
     <s v="2024 March 17"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1987"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W11"/>
     <s v="2024 March 17"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="101895"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W12"/>
     <s v="2024 March 24"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="104061"/>
+    <n v="103876"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W12"/>
     <s v="2024 March 24"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1990"/>
+    <n v="1992"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W12"/>
     <s v="2024 March 24"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="102071"/>
+    <n v="101884"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W13"/>
     <s v="2024 March 31"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="104222"/>
+    <n v="104037"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W13"/>
     <s v="2024 March 31"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1994"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W13"/>
     <s v="2024 March 31"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="102228"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W14"/>
     <s v="2024 April 07"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="104336"/>
+    <n v="104151"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W14"/>
     <s v="2024 April 07"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="1998"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W14"/>
     <s v="2024 April 07"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="102153"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W15"/>
     <s v="2024 April 14"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="104439"/>
+    <n v="104255"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W15"/>
     <s v="2024 April 14"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="1999"/>
+    <n v="2002"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W15"/>
     <s v="2024 April 14"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="102440"/>
+    <n v="102253"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W16"/>
     <s v="2024 April 21"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="104591"/>
+    <n v="104406"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W16"/>
     <s v="2024 April 21"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2004"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W16"/>
     <s v="2024 April 21"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="102587"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W17"/>
     <s v="2024 April 28"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="104748"/>
+    <n v="104563"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W17"/>
     <s v="2024 April 28"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="2007"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W17"/>
     <s v="2024 April 28"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="102556"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W18"/>
     <s v="2024 May 05"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="104932"/>
+    <n v="104746"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W18"/>
     <s v="2024 May 05"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2012"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W18"/>
     <s v="2024 May 05"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="102920"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W19"/>
     <s v="2024 May 12"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="105100"/>
+    <n v="104913"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W19"/>
     <s v="2024 May 12"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="2017"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W19"/>
     <s v="2024 May 12"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="102896"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W20"/>
     <s v="2024 May 19"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="105266"/>
+    <n v="105080"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W20"/>
     <s v="2024 May 19"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2022"/>
+    <n v="2025"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W20"/>
     <s v="2024 May 19"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="103244"/>
+    <n v="103055"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W21"/>
     <s v="2024 May 26"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="105408"/>
+    <n v="105222"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W21"/>
     <s v="2024 May 26"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2026"/>
+    <n v="2029"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W21"/>
     <s v="2024 May 26"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="103382"/>
+    <n v="103193"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W22"/>
     <s v="2024 June 02"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="105593"/>
+    <n v="105407"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W22"/>
     <s v="2024 June 02"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2030"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W22"/>
     <s v="2024 June 02"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="103563"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W23"/>
     <s v="2024 June 09"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="105756"/>
+    <n v="105570"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W23"/>
     <s v="2024 June 09"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="2034"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W23"/>
     <s v="2024 June 09"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="103536"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W24"/>
     <s v="2024 June 16"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="105942"/>
+    <n v="105756"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W24"/>
     <s v="2024 June 16"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2036"/>
+    <n v="2039"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W24"/>
     <s v="2024 June 16"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="103906"/>
+    <n v="103717"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W25"/>
     <s v="2024 June 23"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="106096"/>
+    <n v="105910"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W25"/>
     <s v="2024 June 23"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2040"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W25"/>
     <s v="2024 June 23"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="104056"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W26"/>
     <s v="2024 June 30"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="106277"/>
+    <n v="106091"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W26"/>
     <s v="2024 June 30"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W26"/>
     <s v="2024 June 30"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W27"/>
     <s v="2024 July 07"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="106472"/>
+    <n v="106285"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W27"/>
     <s v="2024 July 07"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="2046"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W27"/>
     <s v="2024 July 07"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="104239"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W28"/>
     <s v="2024 July 14"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="106647"/>
+    <n v="106458"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W28"/>
     <s v="2024 July 14"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2048"/>
+    <n v="2051"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W28"/>
     <s v="2024 July 14"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="104599"/>
+    <n v="104407"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W29"/>
     <s v="2024 July 21"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="106859"/>
+    <n v="106670"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W29"/>
     <s v="2024 July 21"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2053"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W29"/>
     <s v="2024 July 21"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="104806"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W30"/>
     <s v="2024 July 28"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="107096"/>
+    <n v="106908"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W30"/>
     <s v="2024 July 28"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="2059"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W30"/>
     <s v="2024 July 28"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="104849"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W31"/>
     <s v="2024 August 04"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="107297"/>
+    <n v="107109"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W31"/>
     <s v="2024 August 04"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2064"/>
+    <n v="2069"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W31"/>
     <s v="2024 August 04"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="105233"/>
+    <n v="105040"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W32"/>
     <s v="2024 August 11"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="107435"/>
+    <n v="107247"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W32"/>
     <s v="2024 August 11"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2068"/>
+    <n v="2073"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W32"/>
     <s v="2024 August 11"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="105367"/>
+    <n v="105174"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W33"/>
     <s v="2024 August 18"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="107542"/>
+    <n v="107354"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W33"/>
     <s v="2024 August 18"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2075"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W33"/>
     <s v="2024 August 18"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="105467"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W34"/>
     <s v="2024 August 25"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="107651"/>
+    <n v="107464"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W34"/>
     <s v="2024 August 25"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W34"/>
     <s v="2024 August 25"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="105383"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W35"/>
     <s v="2024 September 01"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="107777"/>
+    <n v="107590"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W35"/>
     <s v="2024 September 01"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="2083"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W35"/>
     <s v="2024 September 01"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="105507"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W36"/>
     <s v="2024 September 08"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="107918"/>
+    <n v="107729"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W36"/>
     <s v="2024 September 08"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2081"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W36"/>
     <s v="2024 September 08"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="105837"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W37"/>
     <s v="2024 September 15"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="108135"/>
+    <n v="107944"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W37"/>
     <s v="2024 September 15"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W37"/>
     <s v="2024 September 15"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W38"/>
     <s v="2024 September 22"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="108280"/>
+    <n v="108089"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W38"/>
     <s v="2024 September 22"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="2088"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W38"/>
     <s v="2024 September 22"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="106001"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W39"/>
     <s v="2024 September 29"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="108458"/>
+    <n v="108264"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W39"/>
     <s v="2024 September 29"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2090"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W39"/>
     <s v="2024 September 29"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="106368"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W40"/>
     <s v="2024 October 06"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="108636"/>
+    <n v="108442"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W40"/>
     <s v="2024 October 06"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2093"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W40"/>
     <s v="2024 October 06"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="106543"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W41"/>
     <s v="2024 October 13"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="108839"/>
+    <n v="108644"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W41"/>
     <s v="2024 October 13"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2096"/>
+    <n v="2102"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W41"/>
     <s v="2024 October 13"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="106743"/>
+    <n v="106542"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W42"/>
     <s v="2024 October 20"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="109056"/>
+    <n v="108859"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W42"/>
     <s v="2024 October 20"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2101"/>
+    <n v="2107"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W42"/>
     <s v="2024 October 20"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="106955"/>
+    <n v="106752"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W43"/>
     <s v="2024 October 27"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="109266"/>
+    <n v="109067"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W43"/>
     <s v="2024 October 27"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2107"/>
+    <n v="2113"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W43"/>
     <s v="2024 October 27"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="107159"/>
+    <n v="106954"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W44"/>
     <s v="2024 November 03"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="109370"/>
+    <n v="109170"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W44"/>
     <s v="2024 November 03"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2111"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W44"/>
     <s v="2024 November 03"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="107259"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W45"/>
     <s v="2024 November 10"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="109507"/>
+    <n v="109305"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W45"/>
     <s v="2024 November 10"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W45"/>
     <s v="2024 November 10"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W46"/>
     <s v="2024 November 17"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="109684"/>
+    <n v="109482"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W46"/>
     <s v="2024 November 17"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2115"/>
+    <n v="2121"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W46"/>
     <s v="2024 November 17"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="107569"/>
+    <n v="107361"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W47"/>
     <s v="2024 November 24"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="109873"/>
+    <n v="109669"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W47"/>
     <s v="2024 November 24"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W47"/>
     <s v="2024 November 24"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W48"/>
     <s v="2024 December 01"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="110047"/>
+    <n v="109842"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W48"/>
     <s v="2024 December 01"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="2123"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W48"/>
     <s v="2024 December 01"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="107719"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W49"/>
     <s v="2024 December 08"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="110197"/>
+    <n v="109992"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W49"/>
     <s v="2024 December 08"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2122"/>
+    <n v="2128"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W49"/>
     <s v="2024 December 08"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="108075"/>
+    <n v="107864"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W50"/>
     <s v="2024 December 15"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="110416"/>
+    <n v="110211"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W50"/>
     <s v="2024 December 15"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2127"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W50"/>
     <s v="2024 December 15"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="108289"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W51"/>
     <s v="2024 December 22"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="110657"/>
+    <n v="110452"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W51"/>
     <s v="2024 December 22"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2130"/>
+    <n v="2136"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W51"/>
     <s v="2024 December 22"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="108527"/>
+    <n v="108316"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W52"/>
     <s v="2024 December 29"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="110799"/>
+    <n v="110594"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W52"/>
     <s v="2024 December 29"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2133"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2024W52"/>
     <s v="2024 December 29"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="108666"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W01"/>
     <s v="2025 January 05"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="110932"/>
+    <n v="110728"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W01"/>
     <s v="2025 January 05"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="2142"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W01"/>
     <s v="2025 January 05"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="108586"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W02"/>
     <s v="2025 January 12"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="111028"/>
+    <n v="110824"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W02"/>
     <s v="2025 January 12"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2138"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W02"/>
     <s v="2025 January 12"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="108890"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W03"/>
     <s v="2025 January 19"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="111203"/>
+    <n v="110996"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W03"/>
     <s v="2025 January 19"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2141"/>
+    <n v="2148"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W03"/>
     <s v="2025 January 19"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="109062"/>
+    <n v="108848"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W04"/>
     <s v="2025 January 26"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="111335"/>
+    <n v="111128"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W04"/>
     <s v="2025 January 26"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W04"/>
     <s v="2025 January 26"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W05"/>
     <s v="2025 Februrary 02"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="111519"/>
+    <n v="111308"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W05"/>
     <s v="2025 Februrary 02"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="2151"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W05"/>
     <s v="2025 Februrary 02"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="109157"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W06"/>
     <s v="2025 February 09"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="111629"/>
+    <n v="111418"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W06"/>
     <s v="2025 February 09"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2148"/>
+    <n v="2155"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W06"/>
     <s v="2025 February 09"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="109481"/>
+    <n v="109263"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W07"/>
     <s v="2025 February 16"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="111810"/>
+    <n v="111599"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W07"/>
     <s v="2025 February 16"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2155"/>
+    <n v="2162"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W07"/>
     <s v="2025 February 16"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="109655"/>
+    <n v="109437"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W08"/>
     <s v="2025 February 23"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="112009"/>
+    <n v="111797"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W08"/>
     <s v="2025 February 23"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2160"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W08"/>
     <s v="2025 February 23"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="109849"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W09"/>
     <s v="2025 March 02"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="112154"/>
+    <n v="111941"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W09"/>
     <s v="2025 March 02"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2163"/>
+    <n v="2170"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W09"/>
     <s v="2025 March 02"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="109991"/>
+    <n v="109771"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W10"/>
     <s v="2025 March 09"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="112302"/>
+    <n v="112087"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W10"/>
     <s v="2025 March 09"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W10"/>
     <s v="2025 March 09"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W11"/>
     <s v="2025 March 16"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="112423"/>
+    <n v="112207"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W11"/>
     <s v="2025 March 16"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W11"/>
     <s v="2025 March 16"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W12"/>
     <s v="2025 March 23"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="112512"/>
+    <n v="112296"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W12"/>
     <s v="2025 March 23"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W12"/>
     <s v="2025 March 23"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W13"/>
     <s v="2025 March 30"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="112630"/>
+    <n v="112414"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W13"/>
     <s v="2025 March 30"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2168"/>
+    <n v="2175"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W13"/>
     <s v="2025 March 30"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="110462"/>
+    <n v="110239"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W14"/>
     <s v="2025 April 06"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="112730"/>
+    <n v="112513"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W14"/>
     <s v="2025 April 06"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W14"/>
     <s v="2025 April 06"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W15"/>
     <s v="2025 April 13"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="112845"/>
+    <n v="112628"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W15"/>
     <s v="2025 April 13"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W15"/>
     <s v="2025 April 13"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W16"/>
     <s v="2025 April 20"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="112951"/>
+    <n v="112734"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W16"/>
     <s v="2025 April 20"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W16"/>
     <s v="2025 April 20"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W17"/>
     <s v="2025 April 27"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="113048"/>
+    <n v="112830"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W17"/>
     <s v="2025 April 27"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2171"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W17"/>
     <s v="2025 April 27"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="110877"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W18"/>
     <s v="2025 May 04"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="113129"/>
+    <n v="112912"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W18"/>
     <s v="2025 May 04"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W18"/>
     <s v="2025 May 04"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W19"/>
     <s v="2025 May 11"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="113248"/>
+    <n v="113026"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W19"/>
     <s v="2025 May 11"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W19"/>
     <s v="2025 May 11"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W20"/>
     <s v="2025 May 18"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="113355"/>
+    <n v="113133"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W20"/>
     <s v="2025 May 18"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="2179"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W20"/>
     <s v="2025 May 18"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="110954"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W21"/>
     <s v="2025 May 25"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="113448"/>
+    <n v="113226"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W21"/>
     <s v="2025 May 25"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2174"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W21"/>
     <s v="2025 May 25"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="111274"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W22"/>
     <s v="2025 June 01"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="113570"/>
+    <n v="113348"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W22"/>
     <s v="2025 June 01"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W22"/>
     <s v="2025 June 01"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W23"/>
     <s v="2025 June 08"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="113700"/>
+    <n v="113477"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W23"/>
     <s v="2025 June 08"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2177"/>
+    <n v="2184"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W23"/>
     <s v="2025 June 08"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="111523"/>
+    <n v="111293"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W24"/>
     <s v="2025 June 15"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="113866"/>
+    <n v="113644"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W24"/>
     <s v="2025 June 15"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2183"/>
+    <n v="2191"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W24"/>
     <s v="2025 June 15"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="111683"/>
+    <n v="111453"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W25"/>
     <s v="2025 June 22"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="114018"/>
+    <n v="113796"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W25"/>
     <s v="2025 June 22"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2190"/>
+    <n v="2198"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W25"/>
     <s v="2025 June 22"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="111828"/>
+    <n v="111598"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W26"/>
     <s v="2025 June 29"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="114184"/>
+    <n v="113963"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W26"/>
     <s v="2025 June 29"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2194"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W26"/>
     <s v="2025 June 29"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="111990"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W27"/>
     <s v="2025 July 06"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="114392"/>
+    <n v="114169"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W27"/>
     <s v="2025 July 06"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="2203"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W27"/>
     <s v="2025 July 06"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="111966"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W28"/>
     <s v="2025 July 13"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="114625"/>
+    <n v="114401"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W28"/>
     <s v="2025 July 13"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2197"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W28"/>
     <s v="2025 July 13"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="112428"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W29"/>
     <s v="2025 July 20"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="114857"/>
+    <n v="114632"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W29"/>
     <s v="2025 July 20"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2194"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W29"/>
     <s v="2025 July 20"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="112660"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W30"/>
     <s v="2025 July 27"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="115084"/>
+    <n v="114861"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W30"/>
     <s v="2025 July 27"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2200"/>
+    <n v="2208"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W30"/>
     <s v="2025 July 27"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="112884"/>
+    <n v="112653"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W31"/>
     <s v="2025 August 03"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="115301"/>
+    <n v="115076"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W31"/>
     <s v="2025 August 03"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2206"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W31"/>
     <s v="2025 August 03"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="113095"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W32"/>
     <s v="2025 August 10"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="115452"/>
+    <n v="115225"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W32"/>
     <s v="2025 August 10"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W32"/>
     <s v="2025 August 10"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W33"/>
     <s v="2025 August 17"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="115614"/>
+    <n v="115384"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W33"/>
     <s v="2025 August 17"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2209"/>
+    <n v="2217"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W33"/>
     <s v="2025 August 17"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="113405"/>
+    <n v="113167"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W34"/>
     <s v="2025 August 24"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="115765"/>
+    <n v="115536"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W34"/>
     <s v="2025 August 24"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2215"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W34"/>
     <s v="2025 August 24"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="113550"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W35"/>
     <s v="2025 August 31"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="115888"/>
+    <n v="115658"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W35"/>
     <s v="2025 August 31"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2217"/>
+    <n v="2224"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W35"/>
     <s v="2025 August 31"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="113671"/>
+    <n v="113434"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W36"/>
     <s v="2025 September 07"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="116210"/>
+    <n v="115979"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W36"/>
     <s v="2025 September 07"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W36"/>
     <s v="2025 September 07"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W37"/>
     <s v="2025 September 14"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="116535"/>
+    <n v="116307"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W37"/>
     <s v="2025 September 14"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2221"/>
+    <n v="2228"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W37"/>
     <s v="2025 September 14"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="114314"/>
+    <n v="114079"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W38"/>
     <s v="2025 September 21"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="116993"/>
+    <n v="116757"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W38"/>
     <s v="2025 September 21"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2226"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W38"/>
     <s v="2025 September 21"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="114767"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W39"/>
     <s v="2025 September 28"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="117355"/>
+    <n v="117114"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W39"/>
     <s v="2025 September 28"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W39"/>
     <s v="2025 September 28"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
     <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W40"/>
     <s v="2025 October 05"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="117803"/>
+    <n v="117556"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W40"/>
     <s v="2025 October 05"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="2234"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W40"/>
     <s v="2025 October 05"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <s v=""/>
+    <n v="115322"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W41"/>
     <s v="2025 October 12"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="118201"/>
+    <n v="117940"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W41"/>
     <s v="2025 October 12"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2232"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W41"/>
     <s v="2025 October 12"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="115969"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W42"/>
     <s v="2025 October 19"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="118552"/>
+    <n v="118279"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W42"/>
     <s v="2025 October 19"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2238"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W42"/>
     <s v="2025 October 19"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="116314"/>
+    <s v=""/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W43"/>
     <s v="2025 October 26"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="118872"/>
+    <n v="118594"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W43"/>
     <s v="2025 October 26"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2243"/>
+    <n v="2239"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W43"/>
     <s v="2025 October 26"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="116629"/>
+    <n v="116355"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W44"/>
     <s v="2025 November 02"/>
     <s v="-"/>
     <s v="All nationalities"/>
     <s v="Number"/>
-    <n v="119043"/>
+    <n v="118796"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W44"/>
     <s v="2025 November 02"/>
     <s v="U3"/>
     <s v="Other nationalities with protected status"/>
     <s v="Number"/>
-    <n v="2250"/>
+    <n v="2243"/>
   </r>
   <r>
     <s v="UA07C01"/>
     <s v="PPSN registrations of arrivals from Ukraine"/>
     <s v="2025W44"/>
     <s v="2025 November 02"/>
     <s v="UA"/>
     <s v="Ukrainian"/>
     <s v="Number"/>
-    <n v="116793"/>
+    <n v="116553"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W45"/>
+    <s v="2025 November 09"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="119000"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W45"/>
+    <s v="2025 November 09"/>
+    <s v="U3"/>
+    <s v="Other nationalities with protected status"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W45"/>
+    <s v="2025 November 09"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W46"/>
+    <s v="2025 November 16"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="119306"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W46"/>
+    <s v="2025 November 16"/>
+    <s v="U3"/>
+    <s v="Other nationalities with protected status"/>
+    <s v="Number"/>
+    <n v="2249"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W46"/>
+    <s v="2025 November 16"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="Number"/>
+    <n v="117057"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W47"/>
+    <s v="2025 November 23"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="119527"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W47"/>
+    <s v="2025 November 23"/>
+    <s v="U3"/>
+    <s v="Other nationalities with protected status"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W47"/>
+    <s v="2025 November 23"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W48"/>
+    <s v="2025 November 30"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="119769"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W48"/>
+    <s v="2025 November 30"/>
+    <s v="U3"/>
+    <s v="Other nationalities with protected status"/>
+    <s v="Number"/>
+    <n v="2257"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W48"/>
+    <s v="2025 November 30"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="Number"/>
+    <n v="117512"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W49"/>
+    <s v="2025 December 07"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="119961"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W49"/>
+    <s v="2025 December 07"/>
+    <s v="U3"/>
+    <s v="Other nationalities with protected status"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W49"/>
+    <s v="2025 December 07"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W50"/>
+    <s v="2025 December 14"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="120120"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W50"/>
+    <s v="2025 December 14"/>
+    <s v="U3"/>
+    <s v="Other nationalities with protected status"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W50"/>
+    <s v="2025 December 14"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W51"/>
+    <s v="2025 December 21"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="120386"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W51"/>
+    <s v="2025 December 21"/>
+    <s v="U3"/>
+    <s v="Other nationalities with protected status"/>
+    <s v="Number"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W51"/>
+    <s v="2025 December 21"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="Number"/>
+    <n v="118125"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W52"/>
+    <s v="2025 December 28"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="120514"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W52"/>
+    <s v="2025 December 28"/>
+    <s v="U3"/>
+    <s v="Other nationalities with protected status"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2025W52"/>
+    <s v="2025 December 28"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W01"/>
+    <s v="2026 January 04"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="120629"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W01"/>
+    <s v="2026 January 04"/>
+    <s v="U3"/>
+    <s v="Other nationalities with protected status"/>
+    <s v="Number"/>
+    <n v="2265"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W01"/>
+    <s v="2026 January 04"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="Number"/>
+    <n v="118364"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W02"/>
+    <s v="2026 January 11"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="120716"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W02"/>
+    <s v="2026 January 11"/>
+    <s v="U3"/>
+    <s v="Other nationalities with protected status"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W02"/>
+    <s v="2026 January 11"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W03"/>
+    <s v="2026 January 18"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="120838"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W03"/>
+    <s v="2026 January 18"/>
+    <s v="U3"/>
+    <s v="Other nationalities with protected status"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W03"/>
+    <s v="2026 January 18"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="Number"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W04"/>
+    <s v="2026 January 25"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="120934"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W04"/>
+    <s v="2026 January 25"/>
+    <s v="U3"/>
+    <s v="Other nationalities with protected status"/>
+    <s v="Number"/>
+    <n v="2270"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W04"/>
+    <s v="2026 January 25"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="Number"/>
+    <n v="118664"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W05"/>
+    <s v="2026 February 01"/>
+    <s v="-"/>
+    <s v="All nationalities"/>
+    <s v="Number"/>
+    <n v="121048"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W05"/>
+    <s v="2026 February 01"/>
+    <s v="U3"/>
+    <s v="Other nationalities with protected status"/>
+    <s v="Number"/>
+    <n v="2275"/>
+  </r>
+  <r>
+    <s v="UA07C01"/>
+    <s v="PPSN registrations of arrivals from Ukraine"/>
+    <s v="2026W05"/>
+    <s v="2026 February 01"/>
+    <s v="UA"/>
+    <s v="Ukrainian"/>
+    <s v="Number"/>
+    <n v="118773"/>
   </r>
 </pivotCacheRecords>
 </file>