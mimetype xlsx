--- v0 (2025-11-08)
+++ v1 (2025-12-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41c96d6fa3a84697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b2cae163cc0492ea870268c2d6520fe.psmdcp" Id="Rabcd4f87d38b4514" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b207776bd1f491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/888185278ab44b3f9e372a090fee6f07.psmdcp" Id="R9bcd9064055c48b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TSA01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Value of Merchandise Trade</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>10/15/2025 11:00:00 AM</x:t>
+    <x:t>15/10/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TSA01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>GEI</x:t>
   </x:si>
   <x:si>
     <x:t>External Trade</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Jane Burmanje</x:t>
   </x:si>
@@ -649,915 +649,296 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...863 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="95">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="95">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H286" totalsRowShown="0">
   <x:autoFilter ref="A1:H286"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02196V02652"/>
     <x:tableColumn id="6" name="State"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1826,51 +1207,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TSA01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2057,51 +1438,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H286"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="35.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="7.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="14.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="10.282054" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -9525,51 +8906,51 @@
       <x:c r="E286" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H286" s="0">
         <x:v>89078396</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9586,51 +8967,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H286" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="TSA01C1"/>
         <x:s v="TSA01C2"/>
         <x:s v="TSA01C3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Total Imports"/>
         <x:s v="Total Exports"/>
         <x:s v="Trade Surplus (Exports Minus Imports)"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="95">
         <x:s v="1930"/>
         <x:s v="1931"/>
         <x:s v="1932"/>
         <x:s v="1933"/>
         <x:s v="1934"/>
         <x:s v="1935"/>
         <x:s v="1936"/>
@@ -10110,27 +9491,2878 @@
         <x:n v="24640400"/>
         <x:n v="29167500"/>
         <x:n v="39382100"/>
         <x:n v="42229200"/>
         <x:n v="40155400"/>
         <x:n v="37327500"/>
         <x:n v="33394400"/>
         <x:n v="30458400"/>
         <x:n v="42296300"/>
         <x:n v="44995841"/>
         <x:n v="39841606"/>
         <x:n v="48653878"/>
         <x:n v="61514932"/>
         <x:n v="75065650"/>
         <x:n v="61926624"/>
         <x:n v="67725215"/>
         <x:n v="55735256"/>
         <x:n v="89078396"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1930"/>
+    <s v="1930"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="72091"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1931"/>
+    <s v="1931"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="64072"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1932"/>
+    <s v="1932"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="54058"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1933"/>
+    <s v="1933"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="45443"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1934"/>
+    <s v="1934"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="49675"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1935"/>
+    <s v="1935"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="47422"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="50679"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1937"/>
+    <s v="1937"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="56006"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1938"/>
+    <s v="1938"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="52585"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1939"/>
+    <s v="1939"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="55126"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1940"/>
+    <s v="1940"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="59411"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1941"/>
+    <s v="1941"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="37495"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1942"/>
+    <s v="1942"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="43971"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1943"/>
+    <s v="1943"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="33469"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1944"/>
+    <s v="1944"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="36227"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1945"/>
+    <s v="1945"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="52152"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="91476"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1947"/>
+    <s v="1947"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="166761"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1948"/>
+    <s v="1948"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="173086"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1949"/>
+    <s v="1949"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="165361"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1950"/>
+    <s v="1950"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="202389"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="259783"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1952"/>
+    <s v="1952"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="218787"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1953"/>
+    <s v="1953"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="231702"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1954"/>
+    <s v="1954"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="228413"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1955"/>
+    <s v="1955"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="263678"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="232170"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1957"/>
+    <s v="1957"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="233850"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1958"/>
+    <s v="1958"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="252623"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1959"/>
+    <s v="1959"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="270006"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1960"/>
+    <s v="1960"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="287250"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="331913"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1962"/>
+    <s v="1962"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="347558"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1963"/>
+    <s v="1963"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="390678"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1964"/>
+    <s v="1964"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="458097"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1965"/>
+    <s v="1965"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="492407"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="503730"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1967"/>
+    <s v="1967"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="526515"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1968"/>
+    <s v="1968"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="655342"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1969"/>
+    <s v="1969"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="779162"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="859171"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="958542"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="1064108"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="1443992"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="2064989"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="2163778"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="2968561"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="3924617"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="4714662"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="6130198"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="6882876"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="8352853"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="8654732"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="9353875"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="11316122"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="11971342"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="10946781"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="11624715"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="12970067"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="15597800"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="15832134"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="16317158"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="16753940"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="18899670"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="21945391"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="26180856"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="28479463"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="32863488"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="39714995"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="44327064"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="54960100"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="56455200"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="55105700"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="48515300"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="51557200"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="58462600"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="63833100"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="65939300"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="59335600"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="48203300"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="48694600"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="53035200"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="56179200"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="55787100"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="62157500"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="70111000"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="74296313"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="82943187"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="91991090"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="91019066"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="87065432"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="103788491"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="141037426"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="140294493"/>
+  </r>
+  <r>
+    <s v="TSA01C1"/>
+    <s v="Total Imports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="134655571"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1930"/>
+    <s v="1930"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="57068"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1931"/>
+    <s v="1931"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="46144"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1932"/>
+    <s v="1932"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="33407"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1933"/>
+    <s v="1933"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="24152"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1934"/>
+    <s v="1934"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="22760"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1935"/>
+    <s v="1935"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="25293"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="28577"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1937"/>
+    <s v="1937"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="29012"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1938"/>
+    <s v="1938"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="30778"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1939"/>
+    <s v="1939"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="34143"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1940"/>
+    <s v="1940"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="41858"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1941"/>
+    <s v="1941"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="40414"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1942"/>
+    <s v="1942"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="41476"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1943"/>
+    <s v="1943"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="35310"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1944"/>
+    <s v="1944"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="37987"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1945"/>
+    <s v="1945"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="45071"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="49530"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1947"/>
+    <s v="1947"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="50169"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1948"/>
+    <s v="1948"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="62632"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1949"/>
+    <s v="1949"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="76885"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1950"/>
+    <s v="1950"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="91918"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="103509"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1952"/>
+    <s v="1952"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="129004"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1953"/>
+    <s v="1953"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="144873"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1954"/>
+    <s v="1954"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="146454"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1955"/>
+    <s v="1955"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="140752"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="137293"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1957"/>
+    <s v="1957"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="166769"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1958"/>
+    <s v="1958"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="166708"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1959"/>
+    <s v="1959"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="165837"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1960"/>
+    <s v="1960"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="193893"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="229153"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1962"/>
+    <s v="1962"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="221430"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1963"/>
+    <s v="1963"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="249553"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1964"/>
+    <s v="1964"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="296983"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1965"/>
+    <s v="1965"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="306263"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="347118"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1967"/>
+    <s v="1967"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="399338"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1968"/>
+    <s v="1968"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="461790"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1969"/>
+    <s v="1969"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="513287"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="592551"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="683960"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="822218"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="1103639"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="1440239"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="1837777"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="2360541"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="3197416"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="3762464"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="4415816"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="5183701"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="6066264"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="7226641"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="8816853"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="11297526"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="12371106"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="11902918"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="13616034"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="15623933"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="18534419"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="18203873"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="19070092"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="21260240"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="25178525"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="28890858"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="35330081"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="38608926"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="44867973"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="57321818"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="66956209"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="83986000"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="92730400"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="94058900"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="82584800"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="84949200"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="87172700"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="87496700"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="90579700"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="88503100"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="87585500"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="90923800"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="93190600"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="93506700"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="89181500"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="92615900"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="112407300"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="119292154"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="122784793"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="140644968"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="152533997"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="162131082"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="165715115"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="208762641"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="196029749"/>
+  </r>
+  <r>
+    <s v="TSA01C2"/>
+    <s v="Total Exports"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="223733967"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1930"/>
+    <s v="1930"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-15022"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1931"/>
+    <s v="1931"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-17929"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1932"/>
+    <s v="1932"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-20651"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1933"/>
+    <s v="1933"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-21291"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1934"/>
+    <s v="1934"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-26915"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1935"/>
+    <s v="1935"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-22129"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1936"/>
+    <s v="1936"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-22102"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1937"/>
+    <s v="1937"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-26995"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1938"/>
+    <s v="1938"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-21806"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1939"/>
+    <s v="1939"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-20982"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1940"/>
+    <s v="1940"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-17554"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1941"/>
+    <s v="1941"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="2919"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1942"/>
+    <s v="1942"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-2495"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1943"/>
+    <s v="1943"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="1841"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1944"/>
+    <s v="1944"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="1760"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1945"/>
+    <s v="1945"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-7081"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1946"/>
+    <s v="1946"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-41947"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1947"/>
+    <s v="1947"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-116591"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1948"/>
+    <s v="1948"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-110453"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1949"/>
+    <s v="1949"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-88474"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1950"/>
+    <s v="1950"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-110471"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1951"/>
+    <s v="1951"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-156273"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1952"/>
+    <s v="1952"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-89783"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1953"/>
+    <s v="1953"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-86828"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1954"/>
+    <s v="1954"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-81960"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1955"/>
+    <s v="1955"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-122926"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1956"/>
+    <s v="1956"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-94877"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1957"/>
+    <s v="1957"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-67082"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1958"/>
+    <s v="1958"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-85916"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1959"/>
+    <s v="1959"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-104169"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1960"/>
+    <s v="1960"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-93357"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1961"/>
+    <s v="1961"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-102760"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1962"/>
+    <s v="1962"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-126128"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1963"/>
+    <s v="1963"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-141124"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1964"/>
+    <s v="1964"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-161115"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1965"/>
+    <s v="1965"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-186144"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1966"/>
+    <s v="1966"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-156612"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1967"/>
+    <s v="1967"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-127177"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1968"/>
+    <s v="1968"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-193553"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1969"/>
+    <s v="1969"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-265874"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1970"/>
+    <s v="1970"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-266621"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1971"/>
+    <s v="1971"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-274582"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1972"/>
+    <s v="1972"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-241891"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1973"/>
+    <s v="1973"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-340353"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1974"/>
+    <s v="1974"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-624750"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1975"/>
+    <s v="1975"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-326001"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1976"/>
+    <s v="1976"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-608020"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1977"/>
+    <s v="1977"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-727199"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1978"/>
+    <s v="1978"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-952199"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1979"/>
+    <s v="1979"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-1714381"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1980"/>
+    <s v="1980"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-1699175"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1981"/>
+    <s v="1981"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-2286590"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1982"/>
+    <s v="1982"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-1428091"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1983"/>
+    <s v="1983"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-537022"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1984"/>
+    <s v="1984"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="-18597"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1985"/>
+    <s v="1985"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="399764"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1986"/>
+    <s v="1986"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="956137"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1987"/>
+    <s v="1987"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="1991319"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1988"/>
+    <s v="1988"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="2653866"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1989"/>
+    <s v="1989"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="2936618"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1990"/>
+    <s v="1990"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="2371739"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1991"/>
+    <s v="1991"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="2752934"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1992"/>
+    <s v="1992"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="4506427"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1993"/>
+    <s v="1993"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="6278855"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1994"/>
+    <s v="1994"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="6945594"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1995"/>
+    <s v="1995"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="9149225"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1996"/>
+    <s v="1996"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="10129589"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1997"/>
+    <s v="1997"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="12004485"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1998"/>
+    <s v="1998"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="17606696"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="1999"/>
+    <s v="1999"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="22629145"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="29025900"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="36275200"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="38953200"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="34069500"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="33392000"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="28710100"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="23663500"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="24640400"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="29167500"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="39382100"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="42229200"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="40155400"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="37327500"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="33394400"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="30458400"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="42296300"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="44995841"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="39841606"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="48653878"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="61514932"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="75065650"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="61926624"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="67725215"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="55735256"/>
+  </r>
+  <r>
+    <s v="TSA01C3"/>
+    <s v="Trade Surplus (Exports Minus Imports)"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="Euro Thousand"/>
+    <n v="89078396"/>
+  </r>
+</pivotCacheRecords>
 </file>