--- v1 (2025-12-30)
+++ v2 (2026-02-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b207776bd1f491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/888185278ab44b3f9e372a090fee6f07.psmdcp" Id="R9bcd9064055c48b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R695654bdf8304bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/02cb1bbea8104d3a90bdf30b90d5f1ba.psmdcp" Id="Rd2165d5c30a54e2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>