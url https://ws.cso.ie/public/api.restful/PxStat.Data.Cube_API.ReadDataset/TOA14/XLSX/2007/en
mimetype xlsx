--- v0 (2025-10-02)
+++ v1 (2026-03-31)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f75c4be8a314b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/370b60dbb8f64e6ea6c6428311b0bb03.psmdcp" Id="R89d118b4ac2443cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5405be4ab8104bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7329cbdc2fa40d5bff5932aac4fb798.psmdcp" Id="R66fee4f706614a28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TOA14</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Dublin Bus Passenger Numbers by Month</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/22/2025 11:00:00 AM</x:t>
+    <x:t>22/05/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TOA14/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TRANOM</x:t>
   </x:si>
   <x:si>
     <x:t>Transport Hub</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Noreen Dorgan</x:t>
   </x:si>
@@ -460,323 +460,148 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01885V02316" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="13">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H144" totalsRowShown="0">
   <x:autoFilter ref="A1:H144"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C01885V02316"/>
     <x:tableColumn id="6" name="Month"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1045,51 +870,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TOA14/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dublinbus.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1276,51 +1101,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H144"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="20.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="8.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="11.853482" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -5052,51 +4877,51 @@
       <x:c r="E144" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H144" s="0">
         <x:v>12598224</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -5113,51 +4938,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H144" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="TOA14C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Dublin Bus passenger"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="11">
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
@@ -5347,27 +5172,1458 @@
         <x:n v="11786706"/>
         <x:n v="12981362"/>
         <x:n v="13744110"/>
         <x:n v="12915737"/>
         <x:n v="11812274"/>
         <x:n v="159104579"/>
         <x:n v="12219581"/>
         <x:n v="12888486"/>
         <x:n v="13287864"/>
         <x:n v="13339428"/>
         <x:n v="13709427"/>
         <x:n v="12334313"/>
         <x:n v="12857580"/>
         <x:n v="12726154"/>
         <x:n v="13990348"/>
         <x:n v="14927284"/>
         <x:n v="14225890"/>
         <x:n v="12598224"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="116261991"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="8991175"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="9117393"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="10327497"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="9648830"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="9439479"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="9096253"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="9250780"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="9348448"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="10288409"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="10746115"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="10545021"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="9462591"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="122092555"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="9577528"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="9596458"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="10543380"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="10041339"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="9371545"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="9470674"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="10317027"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="9537133"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="10979884"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="11432628"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="11052013"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="10172946"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="125377353"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="9857291"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="10700553"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="10701987"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="11091977"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="10825747"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="9957220"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="10480109"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="10243169"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="8559909"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="11236567"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="11318902"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="10403922"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="138978139"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="10468427"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="10718425"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="12051139"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="10841832"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="11771832"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="10986482"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="11629833"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="11342248"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="12432529"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="12546921"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="13024610"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="11163861"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="143104484"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="11419534"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="11279304"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="11067489"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="12046319"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="12737152"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="11490525"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="12074231"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="11679839"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="12448501"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="13240113"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="12765522"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="10855955"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="138310980"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="11216738"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="11107751"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="11959588"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="11285530"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="11811474"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="10569888"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="11760960"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="10931243"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="11898080"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="12611911"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="12239821"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="10917996"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="68927428"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="11501632"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="11510850"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="6606702"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="1467736"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="2192361"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="3544895"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="5224212"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="5418671"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="6024417"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="5296571"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="4449595"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="5689784"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="69928511"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="2785900"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="2921923"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="3839607"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="4210958"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="5284722"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="6042584"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="6289956"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="6480609"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="7823189"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="8519740"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="8549355"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="7179968"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="121389639"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="7100719.241"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="7888541.999"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="9368847.436"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="9201677.318"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="10142950.74"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="10046619.72"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="10304252.87"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="10445063.39"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="11650000.94"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="12275823.63"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="12217747.11"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="10747395.06"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="146421312"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="11160975"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="11273472"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="12731323"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="11765976"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="12744167"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="11809487"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="11695722"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="11786706"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="12981362"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="13744110"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="12915737"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="11812274"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All months"/>
+    <s v="Number"/>
+    <n v="159104579"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="Number"/>
+    <n v="12219581"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="Number"/>
+    <n v="12888486"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="Number"/>
+    <n v="13287864"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="Number"/>
+    <n v="13339428"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="Number"/>
+    <n v="13709427"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="Number"/>
+    <n v="12334313"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="Number"/>
+    <n v="12857580"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="Number"/>
+    <n v="12726154"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="Number"/>
+    <n v="13990348"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="Number"/>
+    <n v="14927284"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="Number"/>
+    <n v="14225890"/>
+  </r>
+  <r>
+    <s v="TOA14C01"/>
+    <s v="Dublin Bus passenger"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="Number"/>
+    <n v="12598224"/>
+  </r>
+</pivotCacheRecords>
 </file>