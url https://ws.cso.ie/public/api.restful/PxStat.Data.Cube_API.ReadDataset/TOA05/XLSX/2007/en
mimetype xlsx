--- v0 (2025-10-04)
+++ v1 (2026-02-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R918057fd14974f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f71148454ab40d896431891c238a225.psmdcp" Id="R5bd31da7fb284fc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af3a906fd5d4f52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9db1e44a4f3461f8dc86c4b763d33fb.psmdcp" Id="Rfc8d3a1d0a79484e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TOA05</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Age profile of small public service vehicle fleet</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>7/1/2025 11:00:00 AM</x:t>
+    <x:t>01/07/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TOA05/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TRANOM</x:t>
   </x:si>
   <x:si>
     <x:t>Transport Hub</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Noreen Dorgan</x:t>
   </x:si>
@@ -490,379 +490,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03845V04595" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Age of Vehicle" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C03844V04594" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Vehicle" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J793" totalsRowShown="0">
   <x:autoFilter ref="A1:J793"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C03845V04595"/>
     <x:tableColumn id="6" name="Age of Vehicle"/>
     <x:tableColumn id="7" name="C03844V04594"/>
     <x:tableColumn id="8" name="Type of Vehicle"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1133,51 +922,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TOA05/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nationaltransport.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1364,51 +1153,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J793"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="41.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="16.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="28.424911" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -26774,51 +26563,51 @@
       <x:c r="G793" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H793" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I793" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J793" s="0">
         <x:v>17</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -26835,51 +26624,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J793" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="TOA05C01"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Age profile of small public service vehicle fleet"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="11">
         <x:s v="2014"/>
         <x:s v="2015"/>
         <x:s v="2016"/>
         <x:s v="2017"/>
         <x:s v="2018"/>
         <x:s v="2019"/>
         <x:s v="2020"/>
         <x:s v="2021"/>
         <x:s v="2022"/>
         <x:s v="2023"/>
         <x:s v="2024"/>
@@ -27478,27 +27267,9532 @@
         <x:n v="462"/>
         <x:n v="2129"/>
         <x:n v="113"/>
         <x:n v="291"/>
         <x:n v="1254"/>
         <x:n v="447"/>
         <x:n v="1980"/>
         <x:n v="243"/>
         <x:n v="1236"/>
         <x:n v="368"/>
         <x:n v="1650"/>
         <x:n v="178"/>
         <x:n v="1065"/>
         <x:n v="311"/>
         <x:n v="5225"/>
         <x:n v="764"/>
         <x:n v="3201"/>
         <x:n v="1042"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="21547"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="2287"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="16899"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1086"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1813"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1248"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2377"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1859"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="3849"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="242"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="3029"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="3153"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="372"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2479"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2531"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2026"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="3787"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="416"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2592"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="21146"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="16460"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="969"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1052"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="827"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1895"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1404"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2534"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2008"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="404"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="269"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2914"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1981"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="4414"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="493"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="3104"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="20804"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="1848"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="1741"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="15961"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="1185"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="674"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="607"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="944"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1222"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1989"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1562"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2105"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1728"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1479"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1886"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2913"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2248"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="4641"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="3266"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="20581"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="1894"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="15490"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="1471"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1087"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1484"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1153"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2189"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1685"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="146"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1773"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="4646"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="357"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="3172"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="20733"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="1490"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="15064"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="2115"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="902"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1743"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1619"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2277"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1705"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="195"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2311"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="213"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2182"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1867"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1145"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="956"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="3664"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="21326"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="1350"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="2104"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="14795"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="2957"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="230"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1212"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="651"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2423"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1787"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2942"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2139"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="452"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2847"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2391"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1765"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2123"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1642"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1546"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1295"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2644"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="19347"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="1136"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="1827"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="13253"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="3013"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="457"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="257"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1527"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2095"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="314"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1840"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="3007"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2219"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="3284"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2632"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="637"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="18946"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="12861"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="3118"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="708"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="337"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1046"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="65"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="511"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1698"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="955"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2215"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2593"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2122"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2288"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1726"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1656"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1200"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="617"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1744"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="19281"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="972"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="1948"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="13014"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="789"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="727"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1301"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="358"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1133"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="380"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2559"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="174"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1912"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="332"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2651"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1941"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="72"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1415"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="339"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1987"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="487"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="19784"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="13028"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="3506"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1098"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="752"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="700"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1292"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="723"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="406"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="270"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2266"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2268"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="188"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2331"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="4162"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="20564"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="2518"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="12984"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="4055"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="All vehicle ages"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1221"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="100"/>
+    <s v="Under 1 year"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="110"/>
+    <s v="1 to &lt; 2 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="88"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="130"/>
+    <s v="2 to &lt; 3 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1311"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="997"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="140"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="150"/>
+    <s v="3 to &lt; 4 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1073"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="170"/>
+    <s v="4 to &lt; 5 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1727"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="180"/>
+    <s v="5 to &lt; 6 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1806"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="200"/>
+    <s v="6 to &lt; 7 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1254"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="447"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="210"/>
+    <s v="7 to &lt; 8 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1980"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1236"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="368"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="230"/>
+    <s v="8 to &lt; 9 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="240"/>
+    <s v="9 to &lt; 10 years"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="-"/>
+    <s v="All small public Service vehicles"/>
+    <s v="Number"/>
+    <n v="5225"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="10"/>
+    <s v="Hackney"/>
+    <s v="Number"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="20"/>
+    <s v="Limousine"/>
+    <s v="Number"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="30"/>
+    <s v="Taxi"/>
+    <s v="Number"/>
+    <n v="3201"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="40"/>
+    <s v="Wheelchair accessible taxi"/>
+    <s v="Number"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="TOA05C01"/>
+    <s v="Age profile of small public service vehicle fleet"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="250"/>
+    <s v="10 years and over"/>
+    <s v="50"/>
+    <s v="Wheelchair accessible hackney"/>
+    <s v="Number"/>
+    <n v="17"/>
+  </r>
+</pivotCacheRecords>
 </file>