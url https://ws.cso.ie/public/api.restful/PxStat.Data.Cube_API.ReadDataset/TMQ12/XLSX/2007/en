--- v0 (2025-11-05)
+++ v1 (2025-12-28)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R212f74b7af494d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e0e79ad8d9964b0e9c091700c9667b0e.psmdcp" Id="R26794610dae74e01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R011e94925d734668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c5b24557ba6d4e06a143eea9ef9640cd.psmdcp" Id="Rbdd575d2b3b64965" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TMQ12</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Overseas Trips to Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/15/2020 11:00:00 AM</x:t>
+    <x:t>15/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>[url = &lt;a href="http://www.cso.ie/en/databases/footnotes/othereurope29/" target="_blank"&gt;http://www.cso.ie/en/databases/footnotes ... urope29/&lt;/a&gt;]Click here[/url] to see the list of countries in Other Europe (29)\n[url = &lt;a href="http://www.cso.ie/en/databases/footnotes/otherareas28/" target="_blank"&gt;http://www.cso.ie/en/databases/footnotes ... areas28/&lt;/a&gt;]Click here[/url] to see the list of countries in Other Areas (28)\n[url = &lt;a href="http://www.cso.ie/en/databases/footnotes/otherareas29/" target="_blank"&gt;http://www.cso.ie/en/databases/footnotes ... areas29/&lt;/a&gt;]Click here[/url] to see the list of countries in Other Areas (29)\n[url = &lt;a href="http://www.cso.ie/en/databases/footnotes/otherareas30/" target="_blank"&gt;http://www.cso.ie/en/databases/footnotes ... areas30/&lt;/a&gt;]Click here[/url] to see the list of countries in Other Areas (30)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMQ12/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>OT</x:t>
   </x:si>
   <x:si>
     <x:t>Overseas Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -479,50 +479,53 @@
   <x:si>
     <x:t>ZZAE1</x:t>
   </x:si>
   <x:si>
     <x:t>Belgium, Netherlands and Luxembourg</x:t>
   </x:si>
   <x:si>
     <x:t>ZZAH1</x:t>
   </x:si>
   <x:si>
     <x:t>Norway, Sweden, Finland and Denmark</x:t>
   </x:si>
   <x:si>
     <x:t>ZZEURQ19</x:t>
   </x:si>
   <x:si>
     <x:t>Other Europe (29)</x:t>
   </x:si>
   <x:si>
     <x:t>ZZWORX28</x:t>
   </x:si>
   <x:si>
     <x:t>Other Areas  (28)</x:t>
   </x:si>
   <x:si>
+    <x:t/>
+  </x:si>
+  <x:si>
     <x:t>ZZWORX29</x:t>
   </x:si>
   <x:si>
     <x:t>Other Areas (29)</x:t>
   </x:si>
   <x:si>
     <x:t>ZZWORX30</x:t>
   </x:si>
   <x:si>
     <x:t>Other Areas (30)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -670,563 +673,208 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...511 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02173V04143" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Area of Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="14">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="40">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="40">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H561" totalsRowShown="0">
   <x:autoFilter ref="A1:H561"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02173V04143"/>
     <x:tableColumn id="4" name="Detailed Area of Residence"/>
     <x:tableColumn id="5" name="TLIST(Q1)"/>
     <x:tableColumn id="6" name="Quarter"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1495,51 +1143,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMQ12/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1728,51 +1376,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H561"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="38.710625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.567768" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -13236,165 +12884,183 @@
         <x:v>251.3</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:8">
       <x:c r="A442" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E442" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F442" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G442" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H442" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="443" spans="1:8">
       <x:c r="A443" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F443" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H443" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="444" spans="1:8">
       <x:c r="A444" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E444" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F444" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G444" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H444" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="445" spans="1:8">
       <x:c r="A445" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E445" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F445" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H445" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="446" spans="1:8">
       <x:c r="A446" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E446" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F446" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G446" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H446" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="447" spans="1:8">
       <x:c r="A447" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E447" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F447" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H447" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="448" spans="1:8">
       <x:c r="A448" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E448" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F448" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G448" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H448" s="0">
         <x:v>70</x:v>
@@ -14244,1913 +13910,2135 @@
       </x:c>
       <x:c r="D481" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E481" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F481" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H481" s="0">
         <x:v>103.1</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:8">
       <x:c r="A482" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E482" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F482" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G482" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H482" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="483" spans="1:8">
       <x:c r="A483" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E483" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F483" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H483" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="484" spans="1:8">
       <x:c r="A484" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E484" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F484" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G484" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H484" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="485" spans="1:8">
       <x:c r="A485" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E485" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F485" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H485" s="0">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:8">
       <x:c r="A486" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E486" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F486" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G486" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H486" s="0">
         <x:v>44.2</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:8">
       <x:c r="A487" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E487" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F487" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H487" s="0">
         <x:v>54.7</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:8">
       <x:c r="A488" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E488" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F488" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G488" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H488" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="489" spans="1:8">
       <x:c r="A489" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E489" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F489" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H489" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="490" spans="1:8">
       <x:c r="A490" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E490" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F490" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G490" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H490" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="491" spans="1:8">
       <x:c r="A491" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E491" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F491" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H491" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="492" spans="1:8">
       <x:c r="A492" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E492" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F492" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G492" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H492" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="493" spans="1:8">
       <x:c r="A493" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E493" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F493" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H493" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="494" spans="1:8">
       <x:c r="A494" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E494" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F494" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G494" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H494" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="495" spans="1:8">
       <x:c r="A495" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E495" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F495" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H495" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="496" spans="1:8">
       <x:c r="A496" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E496" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H496" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="497" spans="1:8">
       <x:c r="A497" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E497" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F497" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H497" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="498" spans="1:8">
       <x:c r="A498" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E498" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F498" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G498" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H498" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="499" spans="1:8">
       <x:c r="A499" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E499" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F499" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H499" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="500" spans="1:8">
       <x:c r="A500" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E500" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F500" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G500" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H500" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="501" spans="1:8">
       <x:c r="A501" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E501" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F501" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G501" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H501" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="502" spans="1:8">
       <x:c r="A502" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E502" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F502" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G502" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H502" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="503" spans="1:8">
       <x:c r="A503" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C503" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D503" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E503" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F503" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H503" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="504" spans="1:8">
       <x:c r="A504" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B504" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C504" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D504" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E504" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F504" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G504" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H504" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="505" spans="1:8">
       <x:c r="A505" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C505" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D505" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E505" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F505" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H505" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="506" spans="1:8">
       <x:c r="A506" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B506" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C506" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D506" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E506" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F506" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G506" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H506" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="507" spans="1:8">
       <x:c r="A507" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C507" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D507" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E507" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F507" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H507" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="508" spans="1:8">
       <x:c r="A508" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B508" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C508" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D508" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E508" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F508" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G508" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H508" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="509" spans="1:8">
       <x:c r="A509" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C509" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D509" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E509" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F509" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H509" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="510" spans="1:8">
       <x:c r="A510" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B510" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C510" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D510" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E510" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F510" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G510" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H510" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="511" spans="1:8">
       <x:c r="A511" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C511" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D511" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E511" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F511" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H511" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="512" spans="1:8">
       <x:c r="A512" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B512" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C512" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D512" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E512" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F512" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G512" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H512" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="513" spans="1:8">
       <x:c r="A513" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C513" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D513" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E513" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F513" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H513" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="514" spans="1:8">
       <x:c r="A514" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B514" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C514" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D514" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E514" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F514" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G514" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H514" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="515" spans="1:8">
       <x:c r="A515" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C515" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D515" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E515" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F515" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H515" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="516" spans="1:8">
       <x:c r="A516" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B516" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C516" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D516" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E516" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F516" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G516" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H516" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="517" spans="1:8">
       <x:c r="A517" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C517" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D517" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E517" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F517" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H517" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="518" spans="1:8">
       <x:c r="A518" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B518" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C518" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D518" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E518" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F518" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G518" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H518" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="519" spans="1:8">
       <x:c r="A519" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C519" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D519" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E519" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F519" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H519" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="520" spans="1:8">
       <x:c r="A520" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B520" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C520" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D520" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E520" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F520" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G520" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H520" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="521" spans="1:8">
       <x:c r="A521" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C521" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D521" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E521" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F521" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H521" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="522" spans="1:8">
       <x:c r="A522" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B522" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C522" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D522" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E522" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F522" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G522" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H522" s="0">
         <x:v>35.1</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:8">
       <x:c r="A523" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C523" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D523" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E523" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F523" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H523" s="0">
         <x:v>42.1</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:8">
       <x:c r="A524" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B524" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C524" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D524" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E524" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F524" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G524" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H524" s="0">
         <x:v>60.3</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:8">
       <x:c r="A525" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C525" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D525" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E525" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F525" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H525" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="526" spans="1:8">
       <x:c r="A526" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B526" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C526" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D526" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E526" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F526" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G526" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H526" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="527" spans="1:8">
       <x:c r="A527" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C527" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D527" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E527" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F527" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G527" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H527" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="528" spans="1:8">
       <x:c r="A528" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B528" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C528" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D528" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E528" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F528" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G528" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H528" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="529" spans="1:8">
       <x:c r="A529" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C529" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D529" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E529" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F529" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G529" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H529" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="530" spans="1:8">
       <x:c r="A530" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B530" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C530" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D530" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E530" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F530" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G530" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H530" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="531" spans="1:8">
       <x:c r="A531" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C531" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D531" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E531" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F531" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G531" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H531" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="532" spans="1:8">
       <x:c r="A532" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B532" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C532" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D532" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E532" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F532" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G532" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H532" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="533" spans="1:8">
       <x:c r="A533" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C533" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D533" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E533" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F533" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G533" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H533" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="534" spans="1:8">
       <x:c r="A534" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B534" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C534" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D534" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E534" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F534" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G534" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H534" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="535" spans="1:8">
       <x:c r="A535" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C535" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D535" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E535" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F535" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H535" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="536" spans="1:8">
       <x:c r="A536" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B536" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C536" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D536" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E536" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F536" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G536" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H536" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="537" spans="1:8">
       <x:c r="A537" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C537" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D537" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E537" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H537" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="538" spans="1:8">
       <x:c r="A538" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B538" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C538" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D538" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E538" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F538" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G538" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H538" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="539" spans="1:8">
       <x:c r="A539" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C539" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D539" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E539" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F539" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H539" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="540" spans="1:8">
       <x:c r="A540" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B540" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C540" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D540" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E540" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F540" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G540" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H540" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="541" spans="1:8">
       <x:c r="A541" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C541" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D541" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E541" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H541" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="542" spans="1:8">
       <x:c r="A542" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B542" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C542" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D542" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E542" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F542" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G542" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H542" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="543" spans="1:8">
       <x:c r="A543" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C543" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D543" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E543" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F543" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H543" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="544" spans="1:8">
       <x:c r="A544" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B544" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C544" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D544" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E544" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F544" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G544" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H544" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="545" spans="1:8">
       <x:c r="A545" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C545" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D545" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E545" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F545" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H545" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="546" spans="1:8">
       <x:c r="A546" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B546" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C546" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D546" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E546" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F546" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G546" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H546" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="547" spans="1:8">
       <x:c r="A547" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C547" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D547" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E547" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F547" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H547" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="548" spans="1:8">
       <x:c r="A548" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B548" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C548" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D548" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E548" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F548" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G548" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H548" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="549" spans="1:8">
       <x:c r="A549" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C549" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D549" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E549" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F549" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H549" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="550" spans="1:8">
       <x:c r="A550" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B550" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C550" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D550" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E550" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F550" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G550" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H550" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="551" spans="1:8">
       <x:c r="A551" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C551" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D551" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E551" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F551" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H551" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="552" spans="1:8">
       <x:c r="A552" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B552" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C552" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D552" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E552" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F552" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G552" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H552" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="553" spans="1:8">
       <x:c r="A553" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C553" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D553" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E553" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F553" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H553" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="554" spans="1:8">
       <x:c r="A554" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B554" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C554" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D554" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E554" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F554" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G554" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H554" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="555" spans="1:8">
       <x:c r="A555" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C555" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D555" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E555" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F555" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H555" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="556" spans="1:8">
       <x:c r="A556" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B556" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C556" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D556" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E556" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F556" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G556" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H556" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="557" spans="1:8">
       <x:c r="A557" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C557" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D557" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E557" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F557" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H557" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="558" spans="1:8">
       <x:c r="A558" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B558" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C558" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D558" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E558" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F558" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G558" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H558" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="559" spans="1:8">
       <x:c r="A559" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C559" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D559" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E559" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F559" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H559" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="560" spans="1:8">
       <x:c r="A560" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B560" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C560" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D560" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E560" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F560" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G560" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H560" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
     </x:row>
     <x:row r="561" spans="1:8">
       <x:c r="A561" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C561" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D561" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E561" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F561" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H561" s="0" t="s">
+        <x:v>152</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -16167,51 +16055,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H561" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="TMQ12"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Overseas Trips to Ireland"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02173V04143">
       <x:sharedItems count="14">
         <x:s v="-"/>
         <x:s v="DE"/>
         <x:s v="ES"/>
         <x:s v="FR"/>
         <x:s v="IT"/>
         <x:s v="USCA"/>
         <x:s v="XB"/>
         <x:s v="ZZAD015"/>
         <x:s v="ZZAE1"/>
         <x:s v="ZZAH1"/>
         <x:s v="ZZEURQ19"/>
@@ -16761,27 +16649,5628 @@
         <x:n v="85.5"/>
         <x:n v="79.1"/>
         <x:n v="115"/>
         <x:n v="134.8"/>
         <x:n v="85.2"/>
         <x:n v="77.5"/>
         <x:n v="111.9"/>
         <x:n v="149.2"/>
         <x:n v="93.7"/>
         <x:n v="87.8"/>
         <x:n v="127.1"/>
         <x:n v="103.1"/>
         <x:n v="45"/>
         <x:n v="44.2"/>
         <x:n v="54.7"/>
         <x:n v="35.1"/>
         <x:n v="42.1"/>
         <x:n v="60.3"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="1084.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="1541.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="1996.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="1414.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="1178.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="2151.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="1369.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="1165.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="1817.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="2096.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="1251.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="1580.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="1342.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="2126.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="2440.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="1694.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="1531.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="2344.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="2770.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="1995.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="1784.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="2598.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="3061.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="2139.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="1796.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="2769.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="3095.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="2270.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="1920.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="2951.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="3330.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="2412.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="2026.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="3021.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="3334.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="2424.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="104.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="135.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="78.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="66.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="123.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="90.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="65.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="134.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="155.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="93.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="72.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="165.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="103.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="82.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="170.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="188.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="115.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="86.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="196.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="213.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="133.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="104.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="192.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="132.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="99.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="209.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="224.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="147.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="129.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="244.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="270.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="172.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="132.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="246.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="169.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="35.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="52.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="52.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="46.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="88.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="50.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="43.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="63.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="91.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="55.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="57.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="49.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="83.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="62.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="89.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="100.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="136.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="86.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="74.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="134.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="146.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="87.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="78.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="148.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="89.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="87.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="136.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ES"/>
+    <s v="Spain"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="99.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="92.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="119.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="126.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="136.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="69.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="66.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="129"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="129.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="71.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="84.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="144.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="129.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="75.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="69.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="149.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="87.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="87.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="159.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="156.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="101.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="164.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="171.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="107.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="169.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="163.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="109.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="177.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="175.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="114.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="117.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="171.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="114.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="43.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="39.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="90.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="48.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="55.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="83.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="42.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="39.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="67.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="94.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="49.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="38.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="63.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="83.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="43.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="62.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="97.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="54.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="59.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="80.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="115.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="65.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="61.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="129.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="57.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="60.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="97.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="130.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="71.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="108.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="142.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="87.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="66.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="98.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="148.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="137.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="332.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="201.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="154.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="303.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="352.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="176.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="144.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="305.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="365.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="201.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="168.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="350.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="223.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="178.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="395.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="264.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="191.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="468.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="550.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="304.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="238.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="520.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="637.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="412.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="293.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="628.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="732.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="446.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="331.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="689.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="847.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="515.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="367.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="746.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="824.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="474.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="526.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="701.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="852.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="657.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="550.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="760.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="911.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="655.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="562.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="735.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="830.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="646.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="570.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="726.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="904.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="727.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="635.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="837.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="922.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="768.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="725.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="886.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="1050.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="884.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="851.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="1013.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="1148.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="910.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="796.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="949.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="1065.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="918.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="798.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="987.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="1055.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="809.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="985.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="928.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="19.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="49.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="33.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="38.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="54.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="26.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="21.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="43.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="56.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="34.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="26.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="49.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="29.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="51.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="39.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="31.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="54.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="75.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="45.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="73.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="48.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="54.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="76.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="34.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="84.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="50.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="32.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="58.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="86.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAD015"/>
+    <s v="Australia, New Zealand and Other Oceania"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="46.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="35.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="49.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="64.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="51.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="47.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="59.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="56.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="44.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="68.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="68.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="54.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="49.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="76.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="76.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="52.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="74.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="84.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="80.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="95.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="89.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="79.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="100.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="120.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="83.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="78.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="108.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="93.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="115.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="114.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="98.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="80.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="112.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="110.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAE1"/>
+    <s v="Belgium, Netherlands and Luxembourg"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="95.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="41.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="55.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="41.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="31.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="41.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="58.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="45.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="39.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="59.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="65.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="45.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="58.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="42.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="35.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="68.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="60.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="44.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="65.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="50.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="37.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="75.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="75.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="64.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="47.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="77.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="56.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="69.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="74.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZAH1"/>
+    <s v="Norway, Sweden, Finland and Denmark"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="62.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="114.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="119.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="154.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="129.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="109.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="172.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="181.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="102.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="152.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="179.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="135.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="155.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="167.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="135.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="114.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="166.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="182.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="137.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="176.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="214.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="161.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="140.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="212.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="238.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="179.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="138.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="226.4"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="235.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="200.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="175.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="253.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="198.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="285.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="298.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ19"/>
+    <s v="Other Europe (29)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="251.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="70"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="46.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="43.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="60.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="67.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="50.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="42.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="60.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="85.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="71.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="97.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="64.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="57.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="84.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="107.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="81.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="64.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="85.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="79.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="75.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="134.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="85.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="77.5"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="111.9"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="149.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="93.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="87.8"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="127.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="154.6"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX28"/>
+    <s v="Other Areas  (28)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="103.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="44.2"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="54.7"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX29"/>
+    <s v="Other Areas (29)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="35.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="42.1"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="60.3"/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ12"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX30"/>
+    <s v="Other Areas (30)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>