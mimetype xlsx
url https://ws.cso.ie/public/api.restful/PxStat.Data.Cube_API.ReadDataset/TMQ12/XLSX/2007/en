--- v1 (2025-12-28)
+++ v2 (2026-02-19)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R011e94925d734668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c5b24557ba6d4e06a143eea9ef9640cd.psmdcp" Id="Rbdd575d2b3b64965" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabd3521d1e5a4d29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5246d0e565ad4119a61d33377782b0a2.psmdcp" Id="Rccc64f9a61c04420" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>