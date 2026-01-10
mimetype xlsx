--- v0 (2025-11-12)
+++ v1 (2026-01-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc35a71233f14b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/043cc89cbd3644f884712c4f38bc952c.psmdcp" Id="R6d59bd829ac24eb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16cbc49cea4042bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d2b53ac838e4856bd802ec5a8c93e62.psmdcp" Id="R78a3833e4e3d4775" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TMQ10</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Overseas Trips to Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/15/2020 11:00:00 AM</x:t>
+    <x:t>15/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Click here(http://www.cso.ie/en/databases/footnotes/othereurope27/) to see a list of countries in Other Europe (27)\nClick here(http://www.cso.ie/en/databases/footnotes/otherareas27/) to see a list of countries in Other Areas (27)\nClick here(http://www.cso.ie/en/databases/footnotes/otherareas31/) to see a list of countries in Other Areas (31)\nClick here(http://www.cso.ie/en/databases/footnotes/otherareas32/) to see a list of countries in Other Areas (32)</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMQ10/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>OT</x:t>
   </x:si>
   <x:si>
     <x:t>Overseas Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -483,50 +483,53 @@
     <x:t>2019Q4</x:t>
   </x:si>
   <x:si>
     <x:t>USCA</x:t>
   </x:si>
   <x:si>
     <x:t>USA and Canada</x:t>
   </x:si>
   <x:si>
     <x:t>XB</x:t>
   </x:si>
   <x:si>
     <x:t>Great Britain</x:t>
   </x:si>
   <x:si>
     <x:t>ZZEURQ17</x:t>
   </x:si>
   <x:si>
     <x:t>Other Europe (27)</x:t>
   </x:si>
   <x:si>
     <x:t>ZZWORX27</x:t>
   </x:si>
   <x:si>
     <x:t>Other Areas  (27)</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>ZZWORX31</x:t>
   </x:si>
   <x:si>
     <x:t>Other Areas (31)</x:t>
   </x:si>
   <x:si>
     <x:t>ZZWORX32</x:t>
   </x:si>
   <x:si>
     <x:t>Other Areas (32)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -676,571 +679,210 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...519 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02173V04143" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="Area of Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="7">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="48">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="48">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H337" totalsRowShown="0">
   <x:autoFilter ref="A1:H337"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02173V04143"/>
     <x:tableColumn id="4" name="Area of Residence"/>
     <x:tableColumn id="5" name="TLIST(Q1)"/>
     <x:tableColumn id="6" name="Quarter"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1509,51 +1151,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMQ10/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1742,51 +1384,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H337"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="23.282054" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.567768" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="10.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -6802,349 +6444,391 @@
         <x:v>871.9</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H194" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H195" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H196" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H197" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H198" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H199" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H200" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H202" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H204" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H205" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H206" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H207" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H208" s="0">
         <x:v>124.6</x:v>
@@ -7994,2305 +7678,2551 @@
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H241" s="0">
         <x:v>149.9</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H242" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H243" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H244" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H246" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H248" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H249" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H250" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H251" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H252" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H253" s="0">
         <x:v>78.1</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H254" s="0">
         <x:v>65.6</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H255" s="0">
         <x:v>92.9</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H256" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H258" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H259" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H260" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H262" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H263" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H264" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H265" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H266" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H267" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H268" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H269" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H270" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H271" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H272" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H274" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H275" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H276" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H277" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H278" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H279" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H280" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H281" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H282" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H283" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H284" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H285" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H286" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H287" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H288" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H289" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H290" s="0">
         <x:v>56.7</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H291" s="0">
         <x:v>95.2</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H292" s="0">
         <x:v>126.4</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H293" s="0">
         <x:v>73.5</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H294" s="0">
         <x:v>48.8</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H295" s="0">
         <x:v>80.3</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H296" s="0">
         <x:v>107.3</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H297" s="0">
         <x:v>71.5</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H298" s="0">
         <x:v>54.2</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:8">
       <x:c r="A299" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E299" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H299" s="0">
         <x:v>75.2</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:8">
       <x:c r="A300" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E300" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H300" s="0">
         <x:v>110.2</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:8">
       <x:c r="A301" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E301" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H301" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="302" spans="1:8">
       <x:c r="A302" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E302" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H302" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="303" spans="1:8">
       <x:c r="A303" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E303" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H303" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="304" spans="1:8">
       <x:c r="A304" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E304" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H304" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="305" spans="1:8">
       <x:c r="A305" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E305" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H305" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="306" spans="1:8">
       <x:c r="A306" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E306" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H306" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="307" spans="1:8">
       <x:c r="A307" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E307" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H307" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="308" spans="1:8">
       <x:c r="A308" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E308" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H308" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="309" spans="1:8">
       <x:c r="A309" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E309" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H309" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="310" spans="1:8">
       <x:c r="A310" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E310" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H310" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="311" spans="1:8">
       <x:c r="A311" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E311" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H311" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="312" spans="1:8">
       <x:c r="A312" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E312" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H312" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="313" spans="1:8">
       <x:c r="A313" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E313" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H313" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="314" spans="1:8">
       <x:c r="A314" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E314" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H314" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="315" spans="1:8">
       <x:c r="A315" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E315" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H315" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="316" spans="1:8">
       <x:c r="A316" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E316" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H316" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="317" spans="1:8">
       <x:c r="A317" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E317" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H317" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="318" spans="1:8">
       <x:c r="A318" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E318" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H318" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="319" spans="1:8">
       <x:c r="A319" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E319" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="320" spans="1:8">
       <x:c r="A320" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E320" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H320" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="321" spans="1:8">
       <x:c r="A321" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E321" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="322" spans="1:8">
       <x:c r="A322" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E322" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H322" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="323" spans="1:8">
       <x:c r="A323" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E323" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H323" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="324" spans="1:8">
       <x:c r="A324" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E324" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H324" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="325" spans="1:8">
       <x:c r="A325" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E325" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H325" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="326" spans="1:8">
       <x:c r="A326" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E326" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H326" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="327" spans="1:8">
       <x:c r="A327" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E327" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H327" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="328" spans="1:8">
       <x:c r="A328" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E328" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H328" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="329" spans="1:8">
       <x:c r="A329" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E329" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H329" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="330" spans="1:8">
       <x:c r="A330" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E330" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H330" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="331" spans="1:8">
       <x:c r="A331" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E331" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H331" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="332" spans="1:8">
       <x:c r="A332" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E332" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H332" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="333" spans="1:8">
       <x:c r="A333" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E333" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H333" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="334" spans="1:8">
       <x:c r="A334" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E334" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H334" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="335" spans="1:8">
       <x:c r="A335" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E335" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H335" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="336" spans="1:8">
       <x:c r="A336" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E336" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
+      <x:c r="H336" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
     </x:row>
     <x:row r="337" spans="1:8">
       <x:c r="A337" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E337" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>51</x:v>
+      </x:c>
+      <x:c r="H337" s="0" t="s">
+        <x:v>154</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -10309,51 +10239,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H337" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="TMQ10"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Overseas Trips to Ireland"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02173V04143">
       <x:sharedItems count="7">
         <x:s v="-"/>
         <x:s v="USCA"/>
         <x:s v="XB"/>
         <x:s v="ZZEURQ17"/>
         <x:s v="ZZWORX27"/>
         <x:s v="ZZWORX31"/>
         <x:s v="ZZWORX32"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Area of Residence">
       <x:sharedItems count="7">
@@ -10702,27 +10632,3388 @@
         <x:n v="120.3"/>
         <x:n v="185.6"/>
         <x:n v="241.4"/>
         <x:n v="149.9"/>
         <x:n v="78.1"/>
         <x:n v="65.6"/>
         <x:n v="92.9"/>
         <x:n v="56.7"/>
         <x:n v="95.2"/>
         <x:n v="126.4"/>
         <x:n v="73.5"/>
         <x:n v="48.8"/>
         <x:n v="80.3"/>
         <x:n v="107.3"/>
         <x:n v="71.5"/>
         <x:n v="54.2"/>
         <x:n v="75.2"/>
         <x:n v="110.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="1542.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="2159.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="2472.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="1665"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="1402.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="1901.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="2177.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="1446.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="1084.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="1541.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="1996.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="1414.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="1178.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="2151.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="1369.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="1165.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="1817.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="2096.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="1251.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="2261"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="1580.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="1342.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="2126.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="2440.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="1694.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="1531.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="2344.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="2770.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="1995.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="1784.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="2598.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="3061.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="2139.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="1796.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="2769.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="3095.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="2270.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="1920.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="2951.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="3330.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="2412.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="2026.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="3021.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="3334.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="-"/>
+    <s v="All trips to Ireland"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="2424.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="155.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="312.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="357.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="179.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="142.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="356.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="176.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="137.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="332.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="201.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="154.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="303.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="352.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="176.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="144.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="305.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="365.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="201.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="168.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="350.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="415"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="223.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="178.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="395.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="264.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="191.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="468.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="550.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="304.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="238.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="520.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="637.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="412.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="293.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="628.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="732.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="446.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="331.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="689.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="847.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="515.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="367.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="746.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="824.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="USCA"/>
+    <s v="USA and Canada"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="474.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="849.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="1023.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="1148.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="850.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="722.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="858.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="956.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="720.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="526.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="701.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="852.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="657.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="550.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="760.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="911.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="655.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="562.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="735.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="830.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="646.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="570.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="726.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="904.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="727.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="635.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="837.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="922.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="768.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="725.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="886.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="1050.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="884.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="851.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="1013.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="1148.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="910.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="796.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="949.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="1065.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="918.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="798.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="987.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="1055.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="809.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="985.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="1065"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="928.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="480.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="839.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="561.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="488.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="658.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="757.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="477.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="366.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="500.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="700.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="477.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="407.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="647.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="763.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="464.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="392.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="672.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="776.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="505.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="444"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="705.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="786.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="527.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="447.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="770.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="861.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="526"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="850.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="679.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="599.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="928.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="1085.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="688.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="595.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="1022"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="1086.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="777.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="678.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="1104.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="1193.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="836.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="1104.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="1203.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZEURQ17"/>
+    <s v="Other Europe (27)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="871.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <n v="124.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <n v="73.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <n v="65.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <n v="124.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <n v="68.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <n v="110.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <n v="80.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <n v="122.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <n v="166.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <n v="103.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <n v="88.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <n v="139.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <n v="183.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <n v="127.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <n v="95.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <n v="136.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <n v="190.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <n v="127.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <n v="110.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <n v="169.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <n v="210.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <n v="128.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <n v="112.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <n v="170.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <n v="234.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <n v="143.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <n v="120.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <n v="185.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <n v="241.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX27"/>
+    <s v="Other Areas  (27)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <n v="149.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <n v="78.1"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <n v="65.6"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <n v="92.9"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX31"/>
+    <s v="Other Areas (31)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="Thousand"/>
+    <n v="56.7"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="Thousand"/>
+    <n v="95.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="Thousand"/>
+    <n v="126.4"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="Thousand"/>
+    <n v="73.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="Thousand"/>
+    <n v="48.8"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="Thousand"/>
+    <n v="80.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="Thousand"/>
+    <n v="107.3"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="Thousand"/>
+    <n v="71.5"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="Thousand"/>
+    <n v="54.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="Thousand"/>
+    <n v="75.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="Thousand"/>
+    <n v="110.2"/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="TMQ10"/>
+    <s v="Overseas Trips to Ireland"/>
+    <s v="ZZWORX32"/>
+    <s v="Other Areas (32)"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+</pivotCacheRecords>
 </file>