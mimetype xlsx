--- v1 (2026-01-10)
+++ v2 (2026-03-04)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16cbc49cea4042bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d2b53ac838e4856bd802ec5a8c93e62.psmdcp" Id="R78a3833e4e3d4775" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f7f8d3398284692" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d95d07d66b245789bf8c4b753ce7ac8.psmdcp" Id="R378a3774388b48e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>