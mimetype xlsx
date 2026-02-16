--- v0 (2025-11-04)
+++ v1 (2026-02-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9db047f6cd74d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/637742dfa37c437aac4579c86ac7b43a.psmdcp" Id="R768ae9cdb08a4f6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc07f006a161940c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f19eb8097ee4d83be784bde1660ed3e.psmdcp" Id="R8fb8196bda234d5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TMQ03</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Expenditure of Visitors to and from Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/14/2020 11:00:00 AM</x:t>
+    <x:t>14/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMQ03/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TTQ</x:t>
   </x:si>
   <x:si>
     <x:t>Tourism and Travel Quarterly Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
@@ -934,915 +934,296 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...863 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02196V02652" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="State" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="96">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="96">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+        <item x="65"/>
+        <item x="66"/>
+        <item x="67"/>
+        <item x="68"/>
+        <item x="69"/>
+        <item x="70"/>
+        <item x="71"/>
+        <item x="72"/>
+        <item x="73"/>
+        <item x="74"/>
+        <item x="75"/>
+        <item x="76"/>
+        <item x="77"/>
+        <item x="78"/>
+        <item x="79"/>
+        <item x="80"/>
+        <item x="81"/>
+        <item x="82"/>
+        <item x="83"/>
+        <item x="84"/>
+        <item x="85"/>
+        <item x="86"/>
+        <item x="87"/>
+        <item x="88"/>
+        <item x="89"/>
+        <item x="90"/>
+        <item x="91"/>
+        <item x="92"/>
+        <item x="93"/>
+        <item x="94"/>
+        <item x="95"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H193" totalsRowShown="0">
   <x:autoFilter ref="A1:H193"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02196V02652"/>
     <x:tableColumn id="2" name="State"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2111,51 +1492,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMQ03/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -2342,51 +1723,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H193"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="61.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -7392,51 +6773,51 @@
       <x:c r="E193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H193" s="0">
         <x:v>1469</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -7453,51 +6834,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H193" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02196V02652">
       <x:sharedItems count="1">
         <x:s v="-"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="State">
       <x:sharedItems count="1">
         <x:s v="State"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="96">
         <x:s v="19851"/>
         <x:s v="19852"/>
         <x:s v="19853"/>
         <x:s v="19854"/>
         <x:s v="19861"/>
         <x:s v="19862"/>
         <x:s v="19863"/>
         <x:s v="19864"/>
         <x:s v="19871"/>
         <x:s v="19872"/>
         <x:s v="19873"/>
@@ -7869,27 +7250,1948 @@
         <x:n v="982"/>
         <x:n v="1180"/>
         <x:n v="819"/>
         <x:n v="1143"/>
         <x:n v="1291"/>
         <x:n v="1524"/>
         <x:n v="1768"/>
         <x:n v="2098"/>
         <x:n v="1024"/>
         <x:n v="1396"/>
         <x:n v="824"/>
         <x:n v="1452"/>
         <x:n v="1313"/>
         <x:n v="1627"/>
         <x:n v="1734"/>
         <x:n v="2366"/>
         <x:n v="913"/>
         <x:n v="1469"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19851"/>
+    <s v="1985Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="107"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19851"/>
+    <s v="1985Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19852"/>
+    <s v="1985Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19852"/>
+    <s v="1985Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19853"/>
+    <s v="1985Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19853"/>
+    <s v="1985Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19854"/>
+    <s v="1985Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19854"/>
+    <s v="1985Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19861"/>
+    <s v="1986Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19861"/>
+    <s v="1986Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19862"/>
+    <s v="1986Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19862"/>
+    <s v="1986Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19863"/>
+    <s v="1986Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="356"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19863"/>
+    <s v="1986Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="264"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19864"/>
+    <s v="1986Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19864"/>
+    <s v="1986Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19871"/>
+    <s v="1987Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19871"/>
+    <s v="1987Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19872"/>
+    <s v="1987Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19872"/>
+    <s v="1987Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19873"/>
+    <s v="1987Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19873"/>
+    <s v="1987Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="282"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19874"/>
+    <s v="1987Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19874"/>
+    <s v="1987Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19881"/>
+    <s v="1988Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19881"/>
+    <s v="1988Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19882"/>
+    <s v="1988Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19882"/>
+    <s v="1988Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19883"/>
+    <s v="1988Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19883"/>
+    <s v="1988Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19884"/>
+    <s v="1988Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19884"/>
+    <s v="1988Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19891"/>
+    <s v="1989Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19891"/>
+    <s v="1989Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19892"/>
+    <s v="1989Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19892"/>
+    <s v="1989Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19893"/>
+    <s v="1989Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19893"/>
+    <s v="1989Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19894"/>
+    <s v="1989Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19894"/>
+    <s v="1989Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19901"/>
+    <s v="1990Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19901"/>
+    <s v="1990Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19902"/>
+    <s v="1990Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19902"/>
+    <s v="1990Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19903"/>
+    <s v="1990Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19903"/>
+    <s v="1990Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19904"/>
+    <s v="1990Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19904"/>
+    <s v="1990Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="151"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19911"/>
+    <s v="1991Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19911"/>
+    <s v="1991Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19912"/>
+    <s v="1991Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19912"/>
+    <s v="1991Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19913"/>
+    <s v="1991Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19913"/>
+    <s v="1991Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19914"/>
+    <s v="1991Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19914"/>
+    <s v="1991Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19921"/>
+    <s v="1992Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19921"/>
+    <s v="1992Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19922"/>
+    <s v="1992Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19922"/>
+    <s v="1992Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19923"/>
+    <s v="1992Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19923"/>
+    <s v="1992Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19924"/>
+    <s v="1992Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19924"/>
+    <s v="1992Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19931"/>
+    <s v="1993Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19931"/>
+    <s v="1993Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19932"/>
+    <s v="1993Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="449"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19932"/>
+    <s v="1993Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="253"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19933"/>
+    <s v="1993Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="749"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19933"/>
+    <s v="1993Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19934"/>
+    <s v="1993Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19934"/>
+    <s v="1993Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19941"/>
+    <s v="1994Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19941"/>
+    <s v="1994Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19942"/>
+    <s v="1994Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="477"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19942"/>
+    <s v="1994Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19943"/>
+    <s v="1994Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19943"/>
+    <s v="1994Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="542"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19944"/>
+    <s v="1994Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19944"/>
+    <s v="1994Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="300"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19951"/>
+    <s v="1995Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="533"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19952"/>
+    <s v="1995Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="871"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19953"/>
+    <s v="1995Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="621"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19954"/>
+    <s v="1995Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="343"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="336"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19961"/>
+    <s v="1996Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19962"/>
+    <s v="1996Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="941"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19963"/>
+    <s v="1996Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="653"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19964"/>
+    <s v="1996Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="376"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19971"/>
+    <s v="1997Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="725"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19972"/>
+    <s v="1997Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1044"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19973"/>
+    <s v="1997Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19974"/>
+    <s v="1997Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19981"/>
+    <s v="1998Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="787"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19982"/>
+    <s v="1998Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="576"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1093"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19983"/>
+    <s v="1998Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19984"/>
+    <s v="1998Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="481"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19991"/>
+    <s v="1999Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19992"/>
+    <s v="1999Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1141"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19993"/>
+    <s v="1999Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="645"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="19994"/>
+    <s v="1999Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="486"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="554"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20001"/>
+    <s v="2000Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="984"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20002"/>
+    <s v="2000Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="732"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20003"/>
+    <s v="2000Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="754"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20004"/>
+    <s v="2000Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="571"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="625"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20011"/>
+    <s v="2001Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20012"/>
+    <s v="2001Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20013"/>
+    <s v="2001Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20014"/>
+    <s v="2001Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="664"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20021"/>
+    <s v="2002Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="649"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1082"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20022"/>
+    <s v="2002Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1416"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20023"/>
+    <s v="2002Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1491"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="828"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20024"/>
+    <s v="2002Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="837"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20031"/>
+    <s v="2003Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20032"/>
+    <s v="2003Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1071"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20033"/>
+    <s v="2003Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1536"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="861"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20034"/>
+    <s v="2003Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="811"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20041"/>
+    <s v="2004Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1113"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20042"/>
+    <s v="2004Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1048"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1427"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20043"/>
+    <s v="2004Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="850"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20044"/>
+    <s v="2004Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="712"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20051"/>
+    <s v="2005Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="876"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20052"/>
+    <s v="2005Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1152"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1506"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20053"/>
+    <s v="2005Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20054"/>
+    <s v="2005Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1035"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20061"/>
+    <s v="2006Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1231"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20062"/>
+    <s v="2006Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1746"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20063"/>
+    <s v="2006Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="982"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20064"/>
+    <s v="2006Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20071"/>
+    <s v="2007Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1291"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20072"/>
+    <s v="2007Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1524"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1768"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20073"/>
+    <s v="2007Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="2098"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1024"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20074"/>
+    <s v="2007Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="824"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20081"/>
+    <s v="2008Q1"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1452"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1313"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20082"/>
+    <s v="2008Q2"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1734"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20083"/>
+    <s v="2008Q3"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="2366"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TMQ03C1"/>
+    <s v="Expenditure of Visitors to Ireland (excluding International fares)"/>
+    <s v="Euro Million"/>
+    <n v="913"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="State"/>
+    <s v="20084"/>
+    <s v="2008Q4"/>
+    <s v="TMQ03C2"/>
+    <s v="Expenditure of Irish Residents Abroad (including International fares)"/>
+    <s v="Euro Million"/>
+    <n v="1469"/>
+  </r>
+</pivotCacheRecords>
 </file>