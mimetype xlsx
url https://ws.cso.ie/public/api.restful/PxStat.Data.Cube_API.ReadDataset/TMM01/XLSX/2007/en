--- v0 (2025-11-12)
+++ v1 (2025-12-30)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8472f29783ce4019" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6652cdbdde034e848dd79513d65a4c70.psmdcp" Id="Rb59b19d5722a436c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342bad10223b4912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/167749d4c25b4e4b87d5f3d30cc5bd27.psmdcp" Id="R03e6d1f363ed4f79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TMM01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Overseas Trips to and from Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Monthly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/15/2020 11:00:00 AM</x:t>
+    <x:t>15/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMM01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>OT</x:t>
   </x:si>
   <x:si>
     <x:t>Overseas Travel</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
@@ -670,563 +670,208 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...511 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02169V02615" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Trips" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(M1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="50">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="50">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H301" totalsRowShown="0">
   <x:autoFilter ref="A1:H301"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02169V02615"/>
     <x:tableColumn id="2" name="Trips"/>
     <x:tableColumn id="3" name="TLIST(M1)"/>
     <x:tableColumn id="4" name="Month"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1495,51 +1140,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMM01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1726,51 +1371,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H301"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="39.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.996339" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="9.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="51.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -9584,51 +9229,51 @@
       <x:c r="E301" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H301" s="0">
         <x:v>898.2</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9645,51 +9290,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H301" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02169V02615">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="3"/>
         <x:s v="4"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Trips">
       <x:sharedItems count="3">
         <x:s v="All Trips"/>
         <x:s v="Overseas Trips by Irish Residents"/>
         <x:s v="Overseas Trips to Ireland by Non-Residents"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(M1)">
       <x:sharedItems count="50">
         <x:s v="201601"/>
         <x:s v="201602"/>
         <x:s v="201603"/>
         <x:s v="201604"/>
         <x:s v="201605"/>
         <x:s v="201606"/>
         <x:s v="201607"/>
@@ -10091,27 +9736,3028 @@
         <x:n v="891.9"/>
         <x:n v="1061.8"/>
         <x:n v="926.1"/>
         <x:n v="1155.1"/>
         <x:n v="905.2"/>
         <x:n v="1190.6"/>
         <x:n v="900.6"/>
         <x:n v="988.7"/>
         <x:n v="907.4"/>
         <x:n v="956.8"/>
         <x:n v="917.5"/>
         <x:n v="688.6"/>
         <x:n v="779.2"/>
         <x:n v="919.6"/>
         <x:n v="654.5"/>
         <x:n v="904.9"/>
         <x:n v="615.2"/>
         <x:n v="898.2"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="990.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1364.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1001.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1385"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1270.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1406.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1343.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1379.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1531.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1407.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1699.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1413.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1865.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1410.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1880.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1419.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1424.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1488.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1441.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1169.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1448.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1180.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1452.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201701"/>
+    <s v="2017M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1072.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201701"/>
+    <s v="2017M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1463.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201702"/>
+    <s v="2017M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1018.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201702"/>
+    <s v="2017M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1454.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201703"/>
+    <s v="2017M03"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1273.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201703"/>
+    <s v="2017M03"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1482.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201704"/>
+    <s v="2017M04"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1510.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201704"/>
+    <s v="2017M04"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1468.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201705"/>
+    <s v="2017M05"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1582.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201705"/>
+    <s v="2017M05"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1465.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201706"/>
+    <s v="2017M06"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1795.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201706"/>
+    <s v="2017M06"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1488.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201707"/>
+    <s v="2017M07"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1957.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201707"/>
+    <s v="2017M07"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1495.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201708"/>
+    <s v="2017M08"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1974.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201708"/>
+    <s v="2017M08"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1499.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201709"/>
+    <s v="2017M09"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1659.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201709"/>
+    <s v="2017M09"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1505.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201710"/>
+    <s v="2017M10"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1545"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201710"/>
+    <s v="2017M10"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1494.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201711"/>
+    <s v="2017M11"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1241.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201711"/>
+    <s v="2017M11"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1527.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201712"/>
+    <s v="2017M12"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1240.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201712"/>
+    <s v="2017M12"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1521.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201801"/>
+    <s v="2018M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1133.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201801"/>
+    <s v="2018M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1546.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201802"/>
+    <s v="2018M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1067.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201802"/>
+    <s v="2018M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1523.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201803"/>
+    <s v="2018M03"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1318.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201803"/>
+    <s v="2018M03"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1448.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201804"/>
+    <s v="2018M04"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1558.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201804"/>
+    <s v="2018M04"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1588.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201805"/>
+    <s v="2018M05"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1736.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201805"/>
+    <s v="2018M05"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1609.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201806"/>
+    <s v="2018M06"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1904.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201806"/>
+    <s v="2018M06"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1595.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201807"/>
+    <s v="2018M07"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="2065.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201807"/>
+    <s v="2018M07"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1593.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201808"/>
+    <s v="2018M08"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="2072.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201808"/>
+    <s v="2018M08"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1584.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201809"/>
+    <s v="2018M09"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1763.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201809"/>
+    <s v="2018M09"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1598.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201810"/>
+    <s v="2018M10"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1649.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201810"/>
+    <s v="2018M10"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1608.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201811"/>
+    <s v="2018M11"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1309.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201811"/>
+    <s v="2018M11"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1596.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201812"/>
+    <s v="2018M12"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1311.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201812"/>
+    <s v="2018M12"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1603.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201901"/>
+    <s v="2019M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1188.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201901"/>
+    <s v="2019M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1607.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201902"/>
+    <s v="2019M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1147"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201902"/>
+    <s v="2019M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201903"/>
+    <s v="2019M03"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1418.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201903"/>
+    <s v="2019M03"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1623.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201904"/>
+    <s v="2019M04"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1683.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201904"/>
+    <s v="2019M04"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1636.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201905"/>
+    <s v="2019M05"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1787.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201905"/>
+    <s v="2019M05"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1650.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201906"/>
+    <s v="2019M06"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1954.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201906"/>
+    <s v="2019M06"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201907"/>
+    <s v="2019M07"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="2124"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201907"/>
+    <s v="2019M07"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1654.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201908"/>
+    <s v="2019M08"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="2164.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201908"/>
+    <s v="2019M08"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1660.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201909"/>
+    <s v="2019M09"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1820.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201909"/>
+    <s v="2019M09"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1651.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201910"/>
+    <s v="2019M10"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1689.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201910"/>
+    <s v="2019M10"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1642.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201911"/>
+    <s v="2019M11"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1300.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201911"/>
+    <s v="2019M11"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1598.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201912"/>
+    <s v="2019M12"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1343.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="201912"/>
+    <s v="2019M12"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1636.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="202001"/>
+    <s v="2020M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1203"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="202001"/>
+    <s v="2020M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1626"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="202002"/>
+    <s v="2020M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1174.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Trips"/>
+    <s v="202002"/>
+    <s v="2020M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="1622.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="469.1"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="601.8"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="440.7"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="604.1"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="567.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="621.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="544.7"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="582.1"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="650.3"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="623.6"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="780.3"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="623.8"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="822.2"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="592.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="755.1"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="586.7"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="675.6"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="628.1"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="655.8"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="636"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="527.4"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="655.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="515.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="652.1"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201701"/>
+    <s v="2017M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="508.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201701"/>
+    <s v="2017M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="648.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201702"/>
+    <s v="2017M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="506.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201702"/>
+    <s v="2017M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="665.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201703"/>
+    <s v="2017M03"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="553.3"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201703"/>
+    <s v="2017M03"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="662.8"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201704"/>
+    <s v="2017M04"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="677.2"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201704"/>
+    <s v="2017M04"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="648.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201705"/>
+    <s v="2017M05"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="639.4"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201705"/>
+    <s v="2017M05"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="622.2"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201706"/>
+    <s v="2017M06"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="802.4"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201706"/>
+    <s v="2017M06"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="644.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201707"/>
+    <s v="2017M07"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="925.7"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201707"/>
+    <s v="2017M07"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="692.8"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201708"/>
+    <s v="2017M08"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="856.6"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201708"/>
+    <s v="2017M08"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="680.8"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201709"/>
+    <s v="2017M09"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="712.8"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201709"/>
+    <s v="2017M09"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="649.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201710"/>
+    <s v="2017M10"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="674.7"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201710"/>
+    <s v="2017M10"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="661.1"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201711"/>
+    <s v="2017M11"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="523.3"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201711"/>
+    <s v="2017M11"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="658.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201712"/>
+    <s v="2017M12"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="558.2"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201712"/>
+    <s v="2017M12"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="691.7"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201801"/>
+    <s v="2018M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201801"/>
+    <s v="2018M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="700.8"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201802"/>
+    <s v="2018M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="492.4"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201802"/>
+    <s v="2018M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201803"/>
+    <s v="2018M03"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="558.6"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201803"/>
+    <s v="2018M03"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="595.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201804"/>
+    <s v="2018M04"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="658.4"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201804"/>
+    <s v="2018M04"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="699.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201805"/>
+    <s v="2018M05"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="711.2"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201805"/>
+    <s v="2018M05"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="694.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201806"/>
+    <s v="2018M06"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="878.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201806"/>
+    <s v="2018M06"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="715.6"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201807"/>
+    <s v="2018M07"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="905.4"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201807"/>
+    <s v="2018M07"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="677.7"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201808"/>
+    <s v="2018M08"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="870.4"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201808"/>
+    <s v="2018M08"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="683.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201809"/>
+    <s v="2018M09"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="795.1"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201809"/>
+    <s v="2018M09"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="711.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201810"/>
+    <s v="2018M10"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="716.3"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201810"/>
+    <s v="2018M10"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="709.8"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201811"/>
+    <s v="2018M11"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="568.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201811"/>
+    <s v="2018M11"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="704.6"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201812"/>
+    <s v="2018M12"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="572.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201812"/>
+    <s v="2018M12"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="711.6"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201901"/>
+    <s v="2019M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="536.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201901"/>
+    <s v="2019M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="703.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201902"/>
+    <s v="2019M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="556.3"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201902"/>
+    <s v="2019M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="728.2"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201903"/>
+    <s v="2019M03"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201903"/>
+    <s v="2019M03"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201904"/>
+    <s v="2019M04"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="745.1"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201904"/>
+    <s v="2019M04"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="730.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201905"/>
+    <s v="2019M05"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="765.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201905"/>
+    <s v="2019M05"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="748.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201906"/>
+    <s v="2019M06"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="892.6"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201906"/>
+    <s v="2019M06"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="723.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201907"/>
+    <s v="2019M07"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="968.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201907"/>
+    <s v="2019M07"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="747.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201908"/>
+    <s v="2019M08"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="973.6"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201908"/>
+    <s v="2019M08"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="770.7"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201909"/>
+    <s v="2019M09"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="831.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201909"/>
+    <s v="2019M09"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="747.1"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201910"/>
+    <s v="2019M10"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201910"/>
+    <s v="2019M10"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="726.9"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201911"/>
+    <s v="2019M11"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="612.3"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201911"/>
+    <s v="2019M11"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="741.3"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201912"/>
+    <s v="2019M12"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="564.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="201912"/>
+    <s v="2019M12"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="715.3"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="202001"/>
+    <s v="2020M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="548.5"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="202001"/>
+    <s v="2020M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="725.8"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="202002"/>
+    <s v="2020M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="3"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="202002"/>
+    <s v="2020M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="736.8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="521"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201601"/>
+    <s v="2016M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="759.5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201602"/>
+    <s v="2016M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="785.4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="702.7"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201603"/>
+    <s v="2016M03"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="777.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="798.8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201604"/>
+    <s v="2016M04"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="798.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="881.3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201605"/>
+    <s v="2016M05"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="768.4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="918.8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201606"/>
+    <s v="2016M06"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="800.7"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1043.3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201607"/>
+    <s v="2016M07"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="817.1"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1125.9"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201608"/>
+    <s v="2016M08"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="825.3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="892.4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201609"/>
+    <s v="2016M09"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="805.7"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="832.3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201610"/>
+    <s v="2016M10"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="805.2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="642.2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201611"/>
+    <s v="2016M11"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="795.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="664.8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201612"/>
+    <s v="2016M12"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="807.8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201701"/>
+    <s v="2017M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="564.1"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201701"/>
+    <s v="2017M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="810.5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201702"/>
+    <s v="2017M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="512"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201702"/>
+    <s v="2017M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="792.4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201703"/>
+    <s v="2017M03"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201703"/>
+    <s v="2017M03"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="815.3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201704"/>
+    <s v="2017M04"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="833.3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201704"/>
+    <s v="2017M04"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="813.1"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201705"/>
+    <s v="2017M05"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="943.4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201705"/>
+    <s v="2017M05"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="825"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201706"/>
+    <s v="2017M06"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="992.7"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201706"/>
+    <s v="2017M06"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="854.8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201707"/>
+    <s v="2017M07"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1031.5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201707"/>
+    <s v="2017M07"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="802.8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201708"/>
+    <s v="2017M08"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1117.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201708"/>
+    <s v="2017M08"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201709"/>
+    <s v="2017M09"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="946.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201709"/>
+    <s v="2017M09"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="864.9"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201710"/>
+    <s v="2017M10"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="870.3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201710"/>
+    <s v="2017M10"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="831.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201711"/>
+    <s v="2017M11"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="718.2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201711"/>
+    <s v="2017M11"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="876.5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201712"/>
+    <s v="2017M12"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="682.4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201712"/>
+    <s v="2017M12"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="829.3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201801"/>
+    <s v="2018M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="585.5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201801"/>
+    <s v="2018M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="840.3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201802"/>
+    <s v="2018M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="575.3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201802"/>
+    <s v="2018M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="869.2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201803"/>
+    <s v="2018M03"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="759.8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201803"/>
+    <s v="2018M03"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="843.8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201804"/>
+    <s v="2018M04"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="899.9"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201804"/>
+    <s v="2018M04"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="887.8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201805"/>
+    <s v="2018M05"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1025.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201805"/>
+    <s v="2018M05"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="904"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201806"/>
+    <s v="2018M06"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1026.4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201806"/>
+    <s v="2018M06"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="887.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201807"/>
+    <s v="2018M07"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1160.5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201807"/>
+    <s v="2018M07"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="912.4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201808"/>
+    <s v="2018M08"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1202.1"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201808"/>
+    <s v="2018M08"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="901.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201809"/>
+    <s v="2018M09"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="968.2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201809"/>
+    <s v="2018M09"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="895.2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201810"/>
+    <s v="2018M10"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="933.5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201810"/>
+    <s v="2018M10"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="895.1"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201811"/>
+    <s v="2018M11"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201811"/>
+    <s v="2018M11"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="888.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201812"/>
+    <s v="2018M12"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="738.3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201812"/>
+    <s v="2018M12"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="892.4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201901"/>
+    <s v="2019M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="651.3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201901"/>
+    <s v="2019M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="907.7"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201902"/>
+    <s v="2019M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="590.7"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201902"/>
+    <s v="2019M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="896.5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201903"/>
+    <s v="2019M03"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="784.7"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201903"/>
+    <s v="2019M03"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="891.7"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201904"/>
+    <s v="2019M04"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="938.3"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201904"/>
+    <s v="2019M04"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="901.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201905"/>
+    <s v="2019M05"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1021.7"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201905"/>
+    <s v="2019M05"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="891.9"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201906"/>
+    <s v="2019M06"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1061.8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201906"/>
+    <s v="2019M06"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="926.1"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201907"/>
+    <s v="2019M07"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1155.1"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201907"/>
+    <s v="2019M07"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="905.2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201908"/>
+    <s v="2019M08"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="1190.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201908"/>
+    <s v="2019M08"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="900.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201909"/>
+    <s v="2019M09"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="988.7"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201909"/>
+    <s v="2019M09"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="907.4"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201910"/>
+    <s v="2019M10"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="956.8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201910"/>
+    <s v="2019M10"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="917.5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201911"/>
+    <s v="2019M11"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="688.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201911"/>
+    <s v="2019M11"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="843.8"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201912"/>
+    <s v="2019M12"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="779.2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="201912"/>
+    <s v="2019M12"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="919.6"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="202001"/>
+    <s v="2020M01"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="654.5"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="202001"/>
+    <s v="2020M01"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="904.9"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="202002"/>
+    <s v="2020M02"/>
+    <s v="TMM01C01"/>
+    <s v="Overseas Trips to and from Ireland"/>
+    <s v="Thousand"/>
+    <n v="615.2"/>
+  </r>
+  <r>
+    <s v="4"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="202002"/>
+    <s v="2020M02"/>
+    <s v="TMM01S1"/>
+    <s v="Overseas Trips to and from Ireland (Seasonally Adjusted)"/>
+    <s v="Thousand"/>
+    <n v="898.2"/>
+  </r>
+</pivotCacheRecords>
 </file>