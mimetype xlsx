--- v1 (2025-12-30)
+++ v2 (2026-02-17)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342bad10223b4912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/167749d4c25b4e4b87d5f3d30cc5bd27.psmdcp" Id="R03e6d1f363ed4f79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4524a31b0f14194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/99bdadbc86fd4aa3bd6b02623a33852f.psmdcp" Id="R446ed13420214057" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>