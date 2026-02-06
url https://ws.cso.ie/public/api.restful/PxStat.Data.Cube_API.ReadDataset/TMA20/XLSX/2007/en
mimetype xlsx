--- v0 (2025-11-12)
+++ v1 (2026-02-06)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a5666f3c2ea43ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2a7261979014c1db2b773a20858ef33.psmdcp" Id="R877858fe1f274a11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f59b675393e41b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a82fc7ea71f466282101c8297b4eda6.psmdcp" Id="R5ed683de4fb24121" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TMA20</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Overseas Trips to Ireland by Non-Residents</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/15/2020 11:00:00 AM</x:t>
+    <x:t>15/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMA20/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TTA</x:t>
   </x:si>
   <x:si>
     <x:t>Tourism and Travel Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
@@ -475,339 +475,158 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...287 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C02173V03830" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="Area of Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="8">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02118V02559" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Reason for Journey" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J1081" totalsRowShown="0">
   <x:autoFilter ref="A1:J1081"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C02173V03830"/>
     <x:tableColumn id="2" name="Area of Residence"/>
     <x:tableColumn id="3" name="C02118V02559"/>
     <x:tableColumn id="4" name="Reason for Journey"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1078,51 +897,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMA20/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1309,51 +1128,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J1081"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="24.139196" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="24.567768" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="73.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="11.567768" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -35935,51 +35754,51 @@
       <x:c r="G1081" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H1081" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I1081" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J1081" s="0">
         <x:v>8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -35996,51 +35815,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J1081" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02173V03830">
       <x:sharedItems count="8">
         <x:s v="-"/>
         <x:s v="DE"/>
         <x:s v="FR"/>
         <x:s v="IT"/>
         <x:s v="USCA"/>
         <x:s v="XB"/>
         <x:s v="ZZEURQ06"/>
         <x:s v="ZZWORX24"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Area of Residence">
       <x:sharedItems count="8">
         <x:s v="All Countries"/>
         <x:s v="Germany"/>
         <x:s v="France"/>
         <x:s v="Italy"/>
         <x:s v="United States and Canada"/>
         <x:s v="Great Britain"/>
         <x:s v="Other Europe (14)"/>
         <x:s v="Other countries (24)"/>
       </x:sharedItems>
@@ -36489,27 +36308,12988 @@
         <x:n v="154"/>
         <x:n v="172"/>
         <x:n v="15.7"/>
         <x:n v="181"/>
         <x:n v="99"/>
         <x:n v="13.4"/>
         <x:n v="94"/>
         <x:n v="11.2"/>
         <x:n v="35.3"/>
         <x:n v="36.6"/>
         <x:n v="31.2"/>
         <x:n v="29.3"/>
         <x:n v="28.2"/>
         <x:n v="76"/>
         <x:n v="29.5"/>
         <x:n v="87"/>
         <x:n v="27.6"/>
         <x:n v="25.5"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="2899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="3548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="4208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="4874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="5101"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1513"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1823"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="2547"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="2758"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="3105"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="641"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="784"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="803"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="529"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="724"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="744"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="324"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="11.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="398"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="100"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="196"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="320"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="24.2"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="25.7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="24.4"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="29.1"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="18.2"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.8"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.9"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="21.4"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="19.3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="19.9"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="21.5"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="21.9"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="21.3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="20.6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.1"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.8"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="15.8"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="19.5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="12.1"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="15.2"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="472"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="519"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="581"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="869"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1124"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1334"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1290"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.3"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="64"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="92"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.2"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="12.2"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.8"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="57"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.8"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="3.7"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.1"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="410"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.7"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="294"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.5"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="273"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="62"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="307"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="60"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.6"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.4"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.3"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="54"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5.2"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="2.6"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="203"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="2.9"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="2.7"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="3.6"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="2.8"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="3.1"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="3.4"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="2.2"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="1.7"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="1.2"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="23"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="21"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="231"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="266"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="259"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.1"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="508"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.4"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="143"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="131"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.4"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.1"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="167"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="19.8"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="17.5"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="125"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="16.3"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="14.2"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="136"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="11.1"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="288"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="13.1"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="359"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="524"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="13.6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="587"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="12.9"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="582"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="128"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="142"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="185"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.7"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="247"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="16.1"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="78"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="16.7"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="145"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="15.9"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="16.6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="16.5"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="15.7"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="58"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="11.5"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="13.4"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="11.2"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.7"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="96"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="35.3"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="36.6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="31.2"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="29.3"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="28.2"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="56"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="76"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="29.5"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="27.6"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="77"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C1"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="25.5"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C2"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="55"/>
+  </r>
+  <r>
+    <s v="ZZWORX24"/>
+    <s v="Other countries (24)"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA20C3"/>
+    <s v="Overseas Trips to Ireland by Non-Residents, with at least one overnight in Ireland"/>
+    <s v="%"/>
+    <n v="8"/>
+  </r>
+</pivotCacheRecords>
 </file>