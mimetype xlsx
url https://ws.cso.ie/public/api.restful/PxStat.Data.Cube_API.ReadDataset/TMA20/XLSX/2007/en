--- v1 (2026-02-06)
+++ v2 (2026-03-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f59b675393e41b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a82fc7ea71f466282101c8297b4eda6.psmdcp" Id="R5ed683de4fb24121" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fa762b0e0dc4ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03be78d3013344a891be021481e1552e.psmdcp" Id="R8db667676a6d4114" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>