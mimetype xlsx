--- v0 (2025-10-05)
+++ v1 (2025-12-08)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e4f1979e08f4c16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b3f8d2434e1246ffb98fde81d9ad7260.psmdcp" Id="R43ecc0c264244aea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R994400ae055c4dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/66e1cb0ae8064710951cdca6c08b014a.psmdcp" Id="R3b0b0cbdd9cf47df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TMA17</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Bednights Spent in Ireland by Non-residents on Overseas Trips</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/15/2020 11:00:00 AM</x:t>
+    <x:t>15/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMA17/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TTA</x:t>
   </x:si>
   <x:si>
     <x:t>Tourism and Travel Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
@@ -445,323 +445,154 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...271 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="1">
+        <item x="0"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02164V02610" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Accommodation Used" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02118V02559" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Reason for Journey" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J331" totalsRowShown="0">
   <x:autoFilter ref="A1:J331"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="C02164V02610"/>
     <x:tableColumn id="4" name="Type of Accommodation Used"/>
     <x:tableColumn id="5" name="C02118V02559"/>
     <x:tableColumn id="6" name="Reason for Journey"/>
     <x:tableColumn id="7" name="TLIST(A1)"/>
     <x:tableColumn id="8" name="Year"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1032,51 +863,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMA17/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1263,51 +1094,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J331"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="66.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="30.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="24.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.282054" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="6.996339" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="9.853482" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -11889,51 +11720,51 @@
       <x:c r="G331" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H331" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J331" s="0">
         <x:v>3749</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -11950,51 +11781,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J331" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="1">
         <x:s v="TMA17"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="1">
         <x:s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="C02164V02610">
       <x:sharedItems count="6">
         <x:s v="-"/>
         <x:s v="111"/>
         <x:s v="214"/>
         <x:s v="222"/>
         <x:s v="92"/>
         <x:s v="999"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Accommodation Used">
       <x:sharedItems count="6">
         <x:s v="All types of accommodation"/>
@@ -12369,27 +12200,3988 @@
         <x:n v="759"/>
         <x:n v="1120"/>
         <x:n v="1182"/>
         <x:n v="1109"/>
         <x:n v="1218"/>
         <x:n v="1346"/>
         <x:n v="1269"/>
         <x:n v="3550"/>
         <x:n v="3741"/>
         <x:n v="5331"/>
         <x:n v="4464"/>
         <x:n v="4082"/>
         <x:n v="3521"/>
         <x:n v="4020"/>
         <x:n v="3975"/>
         <x:n v="3874"/>
         <x:n v="3595"/>
         <x:n v="3749"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="52823"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="47971"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="50323"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="47942"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="50985"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="54877"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="61228"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="66399"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="68652"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="70886"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="70418"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="19892"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="18304"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="18899"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="18682"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="20304"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="21779"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="25970"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="28230"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="30118"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="32839"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="31892"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="19452"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="15816"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14851"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="13308"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="14624"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="16437"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="16837"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="18343"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="18355"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="18747"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="19020"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="5561"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="5646"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5548"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="5853"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="6708"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="7143"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="7644"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="8764"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="9078"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="8840"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="8793"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="7918"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="8204"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11024"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="10100"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="9350"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="9519"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="10776"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="11062"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="11101"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="10460"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="-"/>
+    <s v="All types of accommodation"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="10713"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="11187"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="11265"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="12552"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="14180"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="14272"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="14707"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="17375"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="18522"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="19183"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="20060"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="20890"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="7231"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="7135"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="8259"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="9190"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="9380"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="9603"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="11676"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="12369"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="12853"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="14144"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="14533"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="1213"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1175"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="1466"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="1606"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="1911"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="2076"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="2346"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2575"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="3099"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="2936"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="3074"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="3856"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="3814"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="3466"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="3683"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="503"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="543"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="711"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="490"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="424"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="465"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="540"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="111"/>
+    <s v="Hotels"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="9422"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="8346"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="8494"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="6048"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="6935"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="7852"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="9429"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="10387"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="10825"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="11075"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="10971"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="3134"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="2603"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="1805"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="2217"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="2443"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="2546"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="3062"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="2899"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="1885"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="1119"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="957"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="498"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="569"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="650"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="852"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="963"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="1780"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="1584"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1384"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="895"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="1811"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="2300"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="2449"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="2361"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="2557"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="2623"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="3040"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3831"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="3218"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="3288"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="3705"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="4538"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="4792"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="4897"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="4688"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="214"/>
+    <s v="Rented house/apartment"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="4582"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="18177"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="15110"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="14785"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="13331"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="14336"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="16096"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="15794"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="17219"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="16969"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="17157"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="17060"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="2429"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="2155"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2330"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="2635"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="2621"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="2844"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="3080"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="2800"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="14348"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="11922"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="11176"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="9736"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="10480"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="11545"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="11558"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="12729"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="12274"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="12750"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="12803"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="500"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="572"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="729"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="760"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="933"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="741"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="900"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="706"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="798"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="773"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="764"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="680"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="222"/>
+    <s v="Friends/relatives"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="716"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="4484"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="3989"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="4074"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="4451"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="5171"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="6729"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="7854"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="8594"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="9575"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="8930"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="2856"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="2783"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="2340"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="3445"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="4645"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="5549"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="6101"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="6955"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="6301"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="780"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="514"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="578"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="864"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="927"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="1018"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="507"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="618"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="509"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="613"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="717"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="801"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="1021"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="958"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="92"/>
+    <s v="Guest house/bed &amp;breakfast"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="1068"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="9553"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="9261"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="10324"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="10311"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="10992"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="11051"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="11900"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="12417"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="13082"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="13018"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="-"/>
+    <s v="All reasons for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="12567"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="4242"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="3839"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="3648"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="4290"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="4812"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="5025"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="5539"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="5882"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="1"/>
+    <s v="Holiday/leisure/recreation"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="5358"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="1130"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="1029"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="1655"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="2232"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="2"/>
+    <s v="Visit to friends/relatives"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="2191"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="627"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="758"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="759"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="1120"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="1109"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="1218"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="1437"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="1346"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="3"/>
+    <s v="Business"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="Thousand"/>
+    <n v="3550"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="Thousand"/>
+    <n v="3741"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="Thousand"/>
+    <n v="5331"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="Thousand"/>
+    <n v="4464"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="Thousand"/>
+    <n v="4082"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="Thousand"/>
+    <n v="3521"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="Thousand"/>
+    <n v="4020"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="Thousand"/>
+    <n v="3975"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="Thousand"/>
+    <n v="3874"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="Thousand"/>
+    <n v="3595"/>
+  </r>
+  <r>
+    <s v="TMA17"/>
+    <s v="Number of Bednights Spent in Ireland by Non-residents on Overseas Trips"/>
+    <s v="999"/>
+    <s v="Other"/>
+    <s v="4"/>
+    <s v="Other reason for journey"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="Thousand"/>
+    <n v="3749"/>
+  </r>
+</pivotCacheRecords>
 </file>