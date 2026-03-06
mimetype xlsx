--- v1 (2025-12-08)
+++ v2 (2026-03-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R994400ae055c4dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/66e1cb0ae8064710951cdca6c08b014a.psmdcp" Id="R3b0b0cbdd9cf47df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd81a01a76a24037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e086066e02a4948a0e2fd3131b34410.psmdcp" Id="Rbdf5005b35064af6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>