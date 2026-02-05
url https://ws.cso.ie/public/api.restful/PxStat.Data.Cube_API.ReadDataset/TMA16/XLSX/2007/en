--- v0 (2025-11-11)
+++ v1 (2026-02-05)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf19596fda9740b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db98edd0dc76464c9591088c47586184.psmdcp" Id="Rc883e8eba7154529" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eed7791b0ab45f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8429e33a6e434ed8b404696f1a0d814d.psmdcp" Id="Rbf86aae0d7c44098" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TMA16</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Overseas Trips to and From Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/15/2020 11:00:00 AM</x:t>
+    <x:t>15/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMA16/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TTA</x:t>
   </x:si>
   <x:si>
     <x:t>Tourism and Travel Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>James Mahon</x:t>
   </x:si>
@@ -228,50 +228,53 @@
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>Same-day trips</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>2</x:t>
   </x:si>
   <x:si>
     <x:t>Trips with at least one overnight</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -415,259 +418,132 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...207 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C01729V02064" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Trip" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H100" totalsRowShown="0">
   <x:autoFilter ref="A1:H100"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C01729V02064"/>
     <x:tableColumn id="2" name="Type of Trip"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -936,51 +812,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMA16/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1167,51 +1043,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H100"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="56.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -2145,50 +2021,53 @@
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H38" s="0">
         <x:v>439</x:v>
@@ -2220,50 +2099,53 @@
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="H40" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H41" s="0">
         <x:v>482</x:v>
@@ -2925,913 +2807,919 @@
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H68" s="0">
         <x:v>6470</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H69" s="0">
         <x:v>6889</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="H70" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H71" s="0">
         <x:v>5700</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H72" s="0">
         <x:v>6534</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>6023</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>6145</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>2864</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>6039</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>6178</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H79" s="0">
         <x:v>2882</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>6396</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>6185</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>3227</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>6828</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>6326</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H85" s="0">
         <x:v>3507</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>7749</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>6781</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>4169</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H89" s="0">
         <x:v>8428</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>7224</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H91" s="0">
         <x:v>4529</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>8726</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>7728</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>4822</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>9276</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>8085</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>5103</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>9357</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H99" s="0">
         <x:v>8620</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H100" s="0">
         <x:v>5057</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -3848,51 +3736,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H100" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C01729V02064">
       <x:sharedItems count="3">
         <x:s v="-"/>
         <x:s v="1"/>
         <x:s v="2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Type of Trip">
       <x:sharedItems count="3">
         <x:s v="All trip types"/>
         <x:s v="Same-day trips"/>
         <x:s v="Trips with at least one overnight"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="11">
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
         <x:s v="2015"/>
@@ -4019,27 +3907,1018 @@
         <x:n v="3227"/>
         <x:n v="6828"/>
         <x:n v="3507"/>
         <x:n v="7749"/>
         <x:n v="6781"/>
         <x:n v="4169"/>
         <x:n v="8428"/>
         <x:n v="7224"/>
         <x:n v="4529"/>
         <x:n v="8726"/>
         <x:n v="7728"/>
         <x:n v="4822"/>
         <x:n v="9276"/>
         <x:n v="8085"/>
         <x:n v="5103"/>
         <x:n v="9357"/>
         <x:n v="8620"/>
         <x:n v="5057"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="7021"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="6660"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="6293"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="2899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="6326"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="6323"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="7604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="6514"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="3548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="8643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="6965"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="4208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="9584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="7405"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="9932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="7939"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="4874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="10616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="8276"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="10808"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="8814"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All trip types"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="5101"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="437"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="126"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="482"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="147"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="590"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="138"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="894"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1157"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1206"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1450"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="1"/>
+    <s v="Same-day trips"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6470"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="6889"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="5700"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="6534"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6023"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="6145"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="2864"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6039"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="6178"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="2882"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6396"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="6185"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="3227"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6828"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="6326"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="7749"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="6781"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="4169"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="8428"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="7224"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="4529"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="8726"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="7728"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="4822"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="9276"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="8085"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="5103"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA16C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="9357"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA16C2"/>
+    <s v="Overseas Trips by Irish Residents"/>
+    <s v="Thousand"/>
+    <n v="8620"/>
+  </r>
+  <r>
+    <s v="2"/>
+    <s v="Trips with at least one overnight"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA16C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="5057"/>
+  </r>
+</pivotCacheRecords>
 </file>