--- v1 (2026-02-05)
+++ v2 (2026-03-29)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eed7791b0ab45f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8429e33a6e434ed8b404696f1a0d814d.psmdcp" Id="Rbf86aae0d7c44098" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75cf24f7bc094378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c5b1b620331449188a834884b8cd391.psmdcp" Id="R9802ce43660a4037" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>