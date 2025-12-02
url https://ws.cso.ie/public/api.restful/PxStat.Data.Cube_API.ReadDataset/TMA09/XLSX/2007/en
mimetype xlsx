--- v0 (2025-10-05)
+++ v1 (2025-12-02)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R079c044754334c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c5b0c5fbdcf498fa06a373afa80cdc2.psmdcp" Id="Rd8744ce98f984308" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaff8b475ffc42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f98cdea98a24ffe97accc1a80f9b729.psmdcp" Id="Rf6d1558f8a4642ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TMA09</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Overseas Trips (incl. Expenditure) to Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>9/15/2020 11:00:00 AM</x:t>
+    <x:t>15/09/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>For 2009 and 2010 - France, Germany and Italy are included in Other Europe and Australia and New Zealand are included in the Other countries category.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMA09/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TTA</x:t>
   </x:si>
   <x:si>
     <x:t>Tourism and Travel Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -234,50 +234,53 @@
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>DE</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
+  </x:si>
+  <x:si>
+    <x:t/>
   </x:si>
   <x:si>
     <x:t>FR</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
     <x:t>IT</x:t>
   </x:si>
   <x:si>
     <x:t>Italy</x:t>
   </x:si>
   <x:si>
     <x:t>USCA</x:t>
   </x:si>
   <x:si>
     <x:t>United States and Canada</x:t>
   </x:si>
   <x:si>
     <x:t>XB</x:t>
   </x:si>
   <x:si>
     <x:t>Great Britain (includes England, Scotland, Wales)</x:t>
   </x:si>
@@ -457,307 +460,144 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...255 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02173V02619" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Area of Residence" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="11">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H298" totalsRowShown="0">
   <x:autoFilter ref="A1:H298"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02173V02619"/>
     <x:tableColumn id="2" name="Area of Residence"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1026,51 +866,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TMA09/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1259,51 +1099,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H298"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="56.139196" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.567768" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -2185,165 +2025,183 @@
         <x:v>5101</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:8">
       <x:c r="A35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="36" spans="1:8">
       <x:c r="A36" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H36" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="37" spans="1:8">
       <x:c r="A37" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="38" spans="1:8">
       <x:c r="A38" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F38" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G38" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H38" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="39" spans="1:8">
       <x:c r="A39" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="40" spans="1:8">
       <x:c r="A40" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F40" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G40" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H40" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="41" spans="1:8">
       <x:c r="A41" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H41" s="0">
         <x:v>423</x:v>
@@ -3005,6013 +2863,6067 @@
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H67" s="0">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:8">
       <x:c r="A68" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H68" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="69" spans="1:8">
       <x:c r="A69" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="70" spans="1:8">
       <x:c r="A70" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F70" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G70" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H70" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="71" spans="1:8">
       <x:c r="A71" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="72" spans="1:8">
       <x:c r="A72" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H72" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="73" spans="1:8">
       <x:c r="A73" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H73" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="74" spans="1:8">
       <x:c r="A74" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H74" s="0">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:8">
       <x:c r="A75" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H75" s="0">
         <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:8">
       <x:c r="A76" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H76" s="0">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:8">
       <x:c r="A77" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H77" s="0">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:8">
       <x:c r="A78" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H78" s="0">
         <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:8">
       <x:c r="A79" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H79" s="0">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:8">
       <x:c r="A80" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H80" s="0">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:8">
       <x:c r="A81" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H81" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:8">
       <x:c r="A82" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H82" s="0">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:8">
       <x:c r="A83" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H83" s="0">
         <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:8">
       <x:c r="A84" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H84" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:8">
       <x:c r="A85" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H85" s="0">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:8">
       <x:c r="A86" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H86" s="0">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:8">
       <x:c r="A87" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H87" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:8">
       <x:c r="A88" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H88" s="0">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:8">
       <x:c r="A89" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H89" s="0">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:8">
       <x:c r="A90" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H90" s="0">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:8">
       <x:c r="A91" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H91" s="0">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:8">
       <x:c r="A92" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H92" s="0">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:8">
       <x:c r="A93" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H93" s="0">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:8">
       <x:c r="A94" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H94" s="0">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:8">
       <x:c r="A95" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H95" s="0">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:8">
       <x:c r="A96" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H96" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:8">
       <x:c r="A97" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H97" s="0">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:8">
       <x:c r="A98" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H98" s="0">
         <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:8">
       <x:c r="A99" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H99" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:8">
       <x:c r="A100" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F100" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G100" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H100" s="0">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:8">
       <x:c r="A101" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="102" spans="1:8">
       <x:c r="A102" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H102" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="103" spans="1:8">
       <x:c r="A103" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="104" spans="1:8">
       <x:c r="A104" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H104" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="105" spans="1:8">
       <x:c r="A105" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="106" spans="1:8">
       <x:c r="A106" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H106" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="107" spans="1:8">
       <x:c r="A107" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H107" s="0">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:8">
       <x:c r="A108" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G108" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H108" s="0">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:8">
       <x:c r="A109" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H109" s="0">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:8">
       <x:c r="A110" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H110" s="0">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:8">
       <x:c r="A111" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H111" s="0">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:8">
       <x:c r="A112" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H112" s="0">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:8">
       <x:c r="A113" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H113" s="0">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:8">
       <x:c r="A114" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H114" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:8">
       <x:c r="A115" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H115" s="0">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:8">
       <x:c r="A116" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H116" s="0">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:8">
       <x:c r="A117" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H117" s="0">
         <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:8">
       <x:c r="A118" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H118" s="0">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:8">
       <x:c r="A119" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H119" s="0">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:8">
       <x:c r="A120" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H120" s="0">
         <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:8">
       <x:c r="A121" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H121" s="0">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:8">
       <x:c r="A122" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H122" s="0">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:8">
       <x:c r="A123" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H123" s="0">
         <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:8">
       <x:c r="A124" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H124" s="0">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:8">
       <x:c r="A125" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H125" s="0">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:8">
       <x:c r="A126" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H126" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:8">
       <x:c r="A127" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H127" s="0">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:8">
       <x:c r="A128" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H128" s="0">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:8">
       <x:c r="A129" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H129" s="0">
         <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:8">
       <x:c r="A130" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H130" s="0">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:8">
       <x:c r="A131" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H131" s="0">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:8">
       <x:c r="A132" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H132" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:8">
       <x:c r="A133" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H133" s="0">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:8">
       <x:c r="A134" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H134" s="0">
         <x:v>991</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:8">
       <x:c r="A135" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H135" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:8">
       <x:c r="A136" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H136" s="0">
         <x:v>722</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:8">
       <x:c r="A137" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H137" s="0">
         <x:v>929</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:8">
       <x:c r="A138" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H138" s="0">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:8">
       <x:c r="A139" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H139" s="0">
         <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:8">
       <x:c r="A140" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E140" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H140" s="0">
         <x:v>987</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:8">
       <x:c r="A141" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H141" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:8">
       <x:c r="A142" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E142" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H142" s="0">
         <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:8">
       <x:c r="A143" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H143" s="0">
         <x:v>1017</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:8">
       <x:c r="A144" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E144" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H144" s="0">
         <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:8">
       <x:c r="A145" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H145" s="0">
         <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:8">
       <x:c r="A146" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E146" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H146" s="0">
         <x:v>1158</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:8">
       <x:c r="A147" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H147" s="0">
         <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:8">
       <x:c r="A148" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E148" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H148" s="0">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:8">
       <x:c r="A149" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E149" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H149" s="0">
         <x:v>1329</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:8">
       <x:c r="A150" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E150" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H150" s="0">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:8">
       <x:c r="A151" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E151" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H151" s="0">
         <x:v>935</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:8">
       <x:c r="A152" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E152" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H152" s="0">
         <x:v>1514</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:8">
       <x:c r="A153" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H153" s="0">
         <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:8">
       <x:c r="A154" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E154" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H154" s="0">
         <x:v>1197</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:8">
       <x:c r="A155" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H155" s="0">
         <x:v>1808</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:8">
       <x:c r="A156" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E156" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H156" s="0">
         <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:8">
       <x:c r="A157" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H157" s="0">
         <x:v>1335</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:8">
       <x:c r="A158" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E158" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H158" s="0">
         <x:v>2101</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:8">
       <x:c r="A159" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H159" s="0">
         <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:8">
       <x:c r="A160" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E160" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H160" s="0">
         <x:v>1523</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:8">
       <x:c r="A161" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H161" s="0">
         <x:v>2384</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:8">
       <x:c r="A162" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E162" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H162" s="0">
         <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:8">
       <x:c r="A163" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H163" s="0">
         <x:v>1735</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:8">
       <x:c r="A164" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E164" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H164" s="0">
         <x:v>2412</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:8">
       <x:c r="A165" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H165" s="0">
         <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:8">
       <x:c r="A166" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E166" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H166" s="0">
         <x:v>1691</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:8">
       <x:c r="A167" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H167" s="0">
         <x:v>3224</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:8">
       <x:c r="A168" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E168" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H168" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:8">
       <x:c r="A169" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H169" s="0">
         <x:v>1037</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:8">
       <x:c r="A170" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E170" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H170" s="0">
         <x:v>2806</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:8">
       <x:c r="A171" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H171" s="0">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:8">
       <x:c r="A172" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E172" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H172" s="0">
         <x:v>859</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:8">
       <x:c r="A173" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H173" s="0">
         <x:v>2878</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:8">
       <x:c r="A174" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E174" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H174" s="0">
         <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:8">
       <x:c r="A175" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E175" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H175" s="0">
         <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:8">
       <x:c r="A176" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E176" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H176" s="0">
         <x:v>2774</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:8">
       <x:c r="A177" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H177" s="0">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:8">
       <x:c r="A178" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E178" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H178" s="0">
         <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:8">
       <x:c r="A179" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E179" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H179" s="0">
         <x:v>2929</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:8">
       <x:c r="A180" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E180" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H180" s="0">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:8">
       <x:c r="A181" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H181" s="0">
         <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:8">
       <x:c r="A182" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E182" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H182" s="0">
         <x:v>3164</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:8">
       <x:c r="A183" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E183" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H183" s="0">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:8">
       <x:c r="A184" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E184" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H184" s="0">
         <x:v>885</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:8">
       <x:c r="A185" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E185" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H185" s="0">
         <x:v>3547</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:8">
       <x:c r="A186" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E186" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H186" s="0">
         <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:8">
       <x:c r="A187" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H187" s="0">
         <x:v>971</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:8">
       <x:c r="A188" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E188" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H188" s="0">
         <x:v>3924</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:8">
       <x:c r="A189" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H189" s="0">
         <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:8">
       <x:c r="A190" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E190" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H190" s="0">
         <x:v>1061</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:8">
       <x:c r="A191" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E191" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H191" s="0">
         <x:v>3729</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:8">
       <x:c r="A192" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E192" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H192" s="0">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:8">
       <x:c r="A193" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E193" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H193" s="0">
         <x:v>1007</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:8">
       <x:c r="A194" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E194" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H194" s="0">
         <x:v>3759</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:8">
       <x:c r="A195" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E195" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H195" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:8">
       <x:c r="A196" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E196" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H196" s="0">
         <x:v>981</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:8">
       <x:c r="A197" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E197" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H197" s="0">
         <x:v>3788</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:8">
       <x:c r="A198" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E198" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H198" s="0">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:8">
       <x:c r="A199" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H199" s="0">
         <x:v>977</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:8">
       <x:c r="A200" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H200" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="201" spans="1:8">
       <x:c r="A201" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="202" spans="1:8">
       <x:c r="A202" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H202" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="203" spans="1:8">
       <x:c r="A203" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="204" spans="1:8">
       <x:c r="A204" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E204" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
+      <x:c r="H204" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="205" spans="1:8">
       <x:c r="A205" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E205" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
+      <x:c r="H205" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
     </x:row>
     <x:row r="206" spans="1:8">
       <x:c r="A206" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E206" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H206" s="0">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:8">
       <x:c r="A207" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H207" s="0">
         <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:8">
       <x:c r="A208" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E208" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H208" s="0">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:8">
       <x:c r="A209" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E209" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H209" s="0">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:8">
       <x:c r="A210" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E210" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H210" s="0">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:8">
       <x:c r="A211" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H211" s="0">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:8">
       <x:c r="A212" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E212" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H212" s="0">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:8">
       <x:c r="A213" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H213" s="0">
         <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:8">
       <x:c r="A214" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E214" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H214" s="0">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:8">
       <x:c r="A215" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E215" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H215" s="0">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:8">
       <x:c r="A216" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E216" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H216" s="0">
         <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:8">
       <x:c r="A217" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E217" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H217" s="0">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:8">
       <x:c r="A218" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E218" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H218" s="0">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:8">
       <x:c r="A219" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E219" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H219" s="0">
         <x:v>12.3</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:8">
       <x:c r="A220" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E220" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H220" s="0">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:8">
       <x:c r="A221" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E221" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H221" s="0">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:8">
       <x:c r="A222" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E222" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H222" s="0">
         <x:v>12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:8">
       <x:c r="A223" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H223" s="0">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:8">
       <x:c r="A224" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E224" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H224" s="0">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:8">
       <x:c r="A225" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E225" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H225" s="0">
         <x:v>12.6</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:8">
       <x:c r="A226" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E226" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H226" s="0">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:8">
       <x:c r="A227" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E227" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H227" s="0">
         <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:8">
       <x:c r="A228" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E228" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H228" s="0">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:8">
       <x:c r="A229" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H229" s="0">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:8">
       <x:c r="A230" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E230" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H230" s="0">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:8">
       <x:c r="A231" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E231" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H231" s="0">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:8">
       <x:c r="A232" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E232" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H232" s="0">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:8">
       <x:c r="A233" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E233" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H233" s="0">
         <x:v>2388</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:8">
       <x:c r="A234" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E234" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H234" s="0">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:8">
       <x:c r="A235" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E235" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H235" s="0">
         <x:v>1342</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:8">
       <x:c r="A236" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E236" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H236" s="0">
         <x:v>2092</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:8">
       <x:c r="A237" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H237" s="0">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:8">
       <x:c r="A238" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E238" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H238" s="0">
         <x:v>1134</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:8">
       <x:c r="A239" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E239" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H239" s="0">
         <x:v>1239</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:8">
       <x:c r="A240" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E240" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H240" s="0">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:8">
       <x:c r="A241" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E241" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H241" s="0">
         <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:8">
       <x:c r="A242" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E242" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H242" s="0">
         <x:v>1251</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:8">
       <x:c r="A243" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E243" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H243" s="0">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:8">
       <x:c r="A244" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E244" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H244" s="0">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:8">
       <x:c r="A245" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E245" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H245" s="0">
         <x:v>1312</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:8">
       <x:c r="A246" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E246" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H246" s="0">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:8">
       <x:c r="A247" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E247" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H247" s="0">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:8">
       <x:c r="A248" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E248" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H248" s="0">
         <x:v>1368</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:8">
       <x:c r="A249" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E249" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H249" s="0">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:8">
       <x:c r="A250" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E250" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H250" s="0">
         <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:8">
       <x:c r="A251" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E251" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H251" s="0">
         <x:v>1588</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:8">
       <x:c r="A252" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E252" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H252" s="0">
         <x:v>8.7</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:8">
       <x:c r="A253" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E253" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H253" s="0">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:8">
       <x:c r="A254" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E254" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H254" s="0">
         <x:v>1774</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:8">
       <x:c r="A255" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E255" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H255" s="0">
         <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:8">
       <x:c r="A256" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E256" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H256" s="0">
         <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:8">
       <x:c r="A257" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E257" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H257" s="0">
         <x:v>1888</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:8">
       <x:c r="A258" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E258" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H258" s="0">
         <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:8">
       <x:c r="A259" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E259" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H259" s="0">
         <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:8">
       <x:c r="A260" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E260" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H260" s="0">
         <x:v>2021</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:8">
       <x:c r="A261" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E261" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H261" s="0">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:8">
       <x:c r="A262" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E262" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H262" s="0">
         <x:v>890</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:8">
       <x:c r="A263" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E263" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H263" s="0">
         <x:v>2129</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:8">
       <x:c r="A264" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E264" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H264" s="0">
         <x:v>7.5</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:8">
       <x:c r="A265" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E265" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H265" s="0">
         <x:v>959</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:8">
       <x:c r="A266" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E266" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H266" s="0">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:8">
       <x:c r="A267" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E267" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H267" s="0">
         <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:8">
       <x:c r="A268" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E268" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H268" s="0">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:8">
       <x:c r="A269" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E269" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H269" s="0">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:8">
       <x:c r="A270" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E270" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H270" s="0">
         <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:8">
       <x:c r="A271" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E271" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H271" s="0">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:8">
       <x:c r="A272" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E272" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H272" s="0">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:8">
       <x:c r="A273" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E273" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H273" s="0">
         <x:v>15.4</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:8">
       <x:c r="A274" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E274" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H274" s="0">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:8">
       <x:c r="A275" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E275" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H275" s="0">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:8">
       <x:c r="A276" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E276" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H276" s="0">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:8">
       <x:c r="A277" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E277" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H277" s="0">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:8">
       <x:c r="A278" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E278" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H278" s="0">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:8">
       <x:c r="A279" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E279" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H279" s="0">
         <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:8">
       <x:c r="A280" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E280" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H280" s="0">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:8">
       <x:c r="A281" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E281" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H281" s="0">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:8">
       <x:c r="A282" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E282" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H282" s="0">
         <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:8">
       <x:c r="A283" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E283" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H283" s="0">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:8">
       <x:c r="A284" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E284" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H284" s="0">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:8">
       <x:c r="A285" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E285" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H285" s="0">
         <x:v>15.1</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:8">
       <x:c r="A286" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E286" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H286" s="0">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:8">
       <x:c r="A287" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E287" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H287" s="0">
         <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:8">
       <x:c r="A288" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E288" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H288" s="0">
         <x:v>15.6</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:8">
       <x:c r="A289" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E289" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H289" s="0">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:8">
       <x:c r="A290" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E290" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H290" s="0">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:8">
       <x:c r="A291" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E291" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H291" s="0">
         <x:v>15.5</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:8">
       <x:c r="A292" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E292" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H292" s="0">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:8">
       <x:c r="A293" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E293" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H293" s="0">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:8">
       <x:c r="A294" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E294" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H294" s="0">
         <x:v>14.4</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:8">
       <x:c r="A295" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E295" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H295" s="0">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:8">
       <x:c r="A296" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E296" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H296" s="0">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:8">
       <x:c r="A297" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E297" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H297" s="0">
         <x:v>13.5</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:8">
       <x:c r="A298" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E298" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H298" s="0">
         <x:v>377</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -9028,51 +8940,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H298" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02173V02619">
       <x:sharedItems count="9">
         <x:s v="-"/>
         <x:s v="DE"/>
         <x:s v="FR"/>
         <x:s v="IT"/>
         <x:s v="USCA"/>
         <x:s v="XB"/>
         <x:s v="ZZAC2"/>
         <x:s v="ZZEURQ06"/>
         <x:s v="ZZWORX18"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Area of Residence">
       <x:sharedItems count="9">
         <x:s v="All Countries"/>
         <x:s v="Germany"/>
         <x:s v="France"/>
         <x:s v="Italy"/>
         <x:s v="United States and Canada"/>
         <x:s v="Great Britain (includes England, Scotland, Wales)"/>
         <x:s v="Australia and New Zealand"/>
         <x:s v="Other Europe (14)"/>
@@ -9353,27 +9265,2998 @@
         <x:n v="284"/>
         <x:n v="14.8"/>
         <x:n v="244"/>
         <x:n v="331"/>
         <x:n v="15.1"/>
         <x:n v="283"/>
         <x:n v="346"/>
         <x:n v="15.6"/>
         <x:n v="319"/>
         <x:n v="411"/>
         <x:n v="15.5"/>
         <x:n v="370"/>
         <x:n v="433"/>
         <x:n v="14.4"/>
         <x:n v="369"/>
         <x:n v="473"/>
         <x:n v="13.5"/>
         <x:n v="377"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6907"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.6"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="3410"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6139"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="2976"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6505"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="2899"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6517"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="6986"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.3"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="3262"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="7604"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="3548"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="8643"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.1"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="4208"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="9584"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="4577"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="9932"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="4874"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="10616"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.7"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="5149"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="10808"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.5"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All Countries"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="5101"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="483"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="286"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="557"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="397"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="652"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="388"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="681"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="399"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="818"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="467"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="812"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="DE"/>
+    <s v="Germany"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="446"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="396"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.2"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="434"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="456"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="505"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="531"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.4"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="274"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="565"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="577"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="FR"/>
+    <s v="France"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="119"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="258"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.6"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="153"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.3"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="198"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="IT"/>
+    <s v="Italy"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="178"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="991"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="722"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.3"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="695"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="679"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1017"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.5"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1158"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.2"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="822"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1329"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.4"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="935"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.7"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1197"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1808"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.2"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="2101"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.9"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="2384"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.6"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1735"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="2412"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="6.4"/>
+  </r>
+  <r>
+    <s v="USCA"/>
+    <s v="United States and Canada"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="3224"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1037"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="2806"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="2878"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.8"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="830"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="2774"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.6"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="819"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="2929"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.7"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="847"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="3164"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.5"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="3547"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.3"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="971"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="3924"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.2"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1061"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="3729"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.4"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1007"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="3759"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="4.1"/>
+  </r>
+  <r>
+    <s v="XB"/>
+    <s v="Great Britain (includes England, Scotland, Wales)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="977"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <s v=""/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="11.7"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="11.8"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="168"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="12.3"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="200"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="12.5"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="12.6"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="228"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="218"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="225"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="11.6"/>
+  </r>
+  <r>
+    <s v="ZZAC2"/>
+    <s v="Australia and New Zealand"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="2388"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.9"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1342"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1239"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="10.2"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="580"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1251"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9.1"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="544"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1312"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.8"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1368"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="639"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1588"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.7"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="8.9"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="821"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="1888"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.8"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="883"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.9"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="890"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="2129"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="7.5"/>
+  </r>
+  <r>
+    <s v="ZZEURQ06"/>
+    <s v="Other Europe (14)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="15.3"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="311"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="14.5"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="15.4"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="13.9"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="14.1"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="191"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="284"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="14.8"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="244"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="15.1"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="283"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="15.6"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="319"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="15.5"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="370"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="14.4"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="369"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C1"/>
+    <s v="Overseas Trips to Ireland by Non-Residents"/>
+    <s v="Thousand"/>
+    <n v="473"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C2"/>
+    <s v="Average Length of Stay by Overseas Travellers to Ireland"/>
+    <s v="Nights"/>
+    <n v="13.5"/>
+  </r>
+  <r>
+    <s v="ZZWORX18"/>
+    <s v="Other countries (18)"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="TMA09C3"/>
+    <s v="Expenditure by Overseas Travellers in Ireland (excluding fares)"/>
+    <s v="Euro Million"/>
+    <n v="377"/>
+  </r>
+</pivotCacheRecords>
 </file>