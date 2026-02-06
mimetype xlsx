--- v1 (2025-12-02)
+++ v2 (2026-02-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaff8b475ffc42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f98cdea98a24ffe97accc1a80f9b729.psmdcp" Id="Rf6d1558f8a4642ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49adf84bc8ca4c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e1ff3029e0b4e878e771cad220b5ef5.psmdcp" Id="Rcf68c7d5300d4239" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>