--- v0 (2025-11-14)
+++ v1 (2026-01-01)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6eb60cea9104991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b1af5f0b5fd74297ac0958afbd3c9a3c.psmdcp" Id="R237c0218afa54721" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R325eb45872f64a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/008a1f8eb8e847ffa21698602370b09b.psmdcp" Id="R7fbded3d72534567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>THA16</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Road Traffic Volumes</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/THA16/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TORTV</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Noreen Dorgan</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
@@ -502,355 +502,162 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...303 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="C01885V02316" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="Month of Registration" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="12">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02875V03459" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Vehicle" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J973" totalsRowShown="0">
   <x:autoFilter ref="A1:J973"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="C01885V02316"/>
     <x:tableColumn id="2" name="Month of Registration"/>
     <x:tableColumn id="3" name="C02875V03459"/>
     <x:tableColumn id="4" name="Type of Vehicle"/>
     <x:tableColumn id="5" name="TLIST(A1)"/>
     <x:tableColumn id="6" name="Year"/>
     <x:tableColumn id="7" name="STATISTIC"/>
     <x:tableColumn id="8" name="Statistic Label"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1121,51 +928,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/THA16/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1352,51 +1159,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J973"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.996339" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.139196" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="20.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.282054" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="6.996339" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.996339" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="26.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="10.424911" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -32522,51 +32329,51 @@
       <x:c r="G973" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H973" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I973" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J973" s="0">
         <x:v>691</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -32583,51 +32390,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J973" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C01885V02316">
       <x:sharedItems count="12">
         <x:s v="01"/>
         <x:s v="02"/>
         <x:s v="03"/>
         <x:s v="04"/>
         <x:s v="05"/>
         <x:s v="06"/>
         <x:s v="07"/>
         <x:s v="08"/>
         <x:s v="09"/>
         <x:s v="10"/>
         <x:s v="11"/>
         <x:s v="12"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Month of Registration">
       <x:sharedItems count="12">
         <x:s v="January"/>
         <x:s v="February"/>
         <x:s v="March"/>
         <x:s v="April"/>
         <x:s v="May"/>
@@ -33493,27 +33300,11692 @@
         <x:n v="26653"/>
         <x:n v="59"/>
         <x:n v="2220"/>
         <x:n v="8853"/>
         <x:n v="2747"/>
         <x:n v="8557"/>
         <x:n v="8238"/>
         <x:n v="20"/>
         <x:n v="2438"/>
         <x:n v="26367"/>
         <x:n v="1303"/>
         <x:n v="26883"/>
         <x:n v="26974"/>
         <x:n v="1187"/>
         <x:n v="38707"/>
         <x:n v="42694"/>
         <x:n v="1028"/>
         <x:n v="45018"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2451745"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3329"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1358"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2493675"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3464"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1389"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2459836"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2938"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1893175"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2372"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1923600"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2550"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1326"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1901623"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2196"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1155"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="346850"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="622"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1793"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="350578"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1758"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="340656"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="491"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1442"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37067"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="328"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="39154"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="39124"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="78959"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1902"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="77655"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="73638"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1214"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29040"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29617"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="75"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="28580"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="67"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2361"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8348"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2883"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8716"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3069"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8501"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="21327"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1336"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="23727"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1514"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="23398"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1265"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="36980"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1003"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="40627"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1053"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="44316"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="01"/>
+    <s v="January"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="748"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2475634"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3403"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2493481"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3328"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1335"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2457518"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3199"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1913619"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2431"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1270"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1925416"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2455"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1901792"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2396"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1260"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="349249"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1807"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="348845"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="588"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="338904"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="532"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1569"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37093"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="331"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38861"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38695"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="79156"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1924"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="77308"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="73304"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="97"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1322"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29093"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2903"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29527"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2415"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="28390"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8394"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8761"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2952"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8474"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2796"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="22028"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="24169"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1451"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="23837"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="33"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37002"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1010"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="40595"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1008"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="44122"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="02"/>
+    <s v="February"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2493023"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3608"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1447"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2491260"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3788"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2453948"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3620"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1475"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1927784"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2583"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1340"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1925187"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2799"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1454"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1900746"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2715"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="351482"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1893"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="347291"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1916"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="337127"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1775"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37082"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38507"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38258"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="79215"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="76907"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="72871"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29201"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="89"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3053"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29415"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2745"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="28190"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="82"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2902"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8468"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3037"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8769"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3359"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8455"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3165"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="22743"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1411"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="24594"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1650"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="24339"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1555"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37047"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1057"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="40588"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1146"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="43961"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="03"/>
+    <s v="March"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="919"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2504069"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3687"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1472"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2487099"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3787"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1523"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2448646"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3607"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1473"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1936364"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2645"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1923074"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1457"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1898458"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="352959"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="676"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="345637"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="662"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="334936"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="593"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37155"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="353"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38257"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37819"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="79206"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2059"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="76419"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="115"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1502"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="72398"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29270"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3103"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29288"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2744"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="28009"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2891"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8537"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3065"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8756"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3363"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8440"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3156"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="23391"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1433"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="25008"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1649"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="24809"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37188"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1070"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="40660"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="47"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1144"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="43777"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="04"/>
+    <s v="April"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="914"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2511117"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3890"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1549"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2481436"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3970"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2441898"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3790"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1552"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1941587"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1439"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1919010"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2940"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1532"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1894860"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="353729"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2005"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="344221"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="691"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2007"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="332441"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1861"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37354"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38142"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37499"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="290"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="79216"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="172"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2165"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="75992"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="120"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1578"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="71945"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="113"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1570"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29274"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3261"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29166"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2878"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="27796"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3039"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8620"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3206"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8749"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3535"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8427"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3320"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="23988"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="25384"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1730"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="25246"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1627"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37350"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1122"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="40773"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1199"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="43684"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="05"/>
+    <s v="May"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2513225"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3682"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1465"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2475423"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3855"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1557"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2435066"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3662"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1942542"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1363"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1914848"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2857"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1890921"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2760"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="353866"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1887"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="342522"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="668"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1951"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="329883"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="594"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37578"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38069"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="296"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37394"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="280"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="79309"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2049"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="75625"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="116"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1538"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="71581"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1521"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29254"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="28998"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2798"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="27602"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2939"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8651"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3022"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8721"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3441"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8397"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3211"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="24478"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1418"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="25692"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1681"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="25631"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37546"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1056"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="40949"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="48"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1165"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="43657"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="06"/>
+    <s v="June"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2521302"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3821"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1515"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2473457"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1631"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2431989"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3830"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1948732"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1413"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1912942"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2992"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1888834"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2889"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1529"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="354211"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="687"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1940"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="342023"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2040"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="328494"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="619"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1883"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38051"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="362"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38236"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37513"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="293"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="79535"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2121"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="75458"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="71462"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1595"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29250"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3184"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="28861"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2927"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="27437"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="84"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3071"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8680"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3112"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8682"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3606"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8365"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3360"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="25011"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="25982"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1759"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26054"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1644"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37833"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1094"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="41274"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="50"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1217"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="43830"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="07"/>
+    <s v="July"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2521523"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3872"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1535"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2472936"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="4059"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1641"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2430649"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3929"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1616"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1947919"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2794"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1434"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1911201"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3009"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1887047"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2964"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1571"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="353820"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1954"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="342262"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="702"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2050"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="328210"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="634"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1931"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38531"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="367"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38613"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37764"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="79689"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2150"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="75419"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1629"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="71467"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="117"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1639"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29210"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="28770"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="85"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2943"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="27286"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="86"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3147"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8702"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3124"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8648"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3630"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8335"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="29"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3448"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="25478"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26271"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1769"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26412"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38174"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1099"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="41753"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1220"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="44129"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="08"/>
+    <s v="August"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="987"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2518238"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3700"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1469"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2472000"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3874"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2428869"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3705"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1525"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1943976"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2672"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1375"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1909224"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1504"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1884730"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2795"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1483"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="353439"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="658"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1860"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="342553"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="670"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1955"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="328091"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="597"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1821"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38945"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="351"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38939"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37960"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="285"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="79741"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="75417"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1558"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="71456"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29163"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="90"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3083"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="28654"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="27169"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="81"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2965"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8765"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2963"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8619"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3471"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8316"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3253"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="25811"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1408"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26500"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1687"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26655"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1589"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38399"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1045"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="42094"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="44492"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="09"/>
+    <s v="September"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2512790"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3732"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2470934"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3891"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2425813"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3722"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1534"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1938312"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2697"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1907153"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2883"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1512"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1881603"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2808"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1492"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="352982"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="661"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1872"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="343019"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1962"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="327892"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="600"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1830"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="39206"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="39200"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="301"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38116"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="79757"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2081"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="75392"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="71426"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1559"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29119"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="91"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3116"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="28549"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2819"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="27006"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2980"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8801"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="26"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2993"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8596"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="30"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3489"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8274"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3272"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26063"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26701"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1694"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26776"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="43"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1597"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38551"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1050"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="42325"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="49"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1164"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="44720"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="October"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2506638"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3583"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1430"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2469432"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3606"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1460"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2421840"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3402"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1405"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1932419"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1904986"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2673"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1877873"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2566"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1367"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="352531"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="632"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1794"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="343427"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="624"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1818"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="327549"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="548"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1674"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="39360"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="342"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="39406"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="279"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38202"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="263"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="79610"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2003"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="75303"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1456"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="71357"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1428"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29053"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="87"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3002"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="28397"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2584"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26823"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="73"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2727"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8815"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2871"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8580"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="28"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3237"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8254"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2995"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26221"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="36"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1364"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26818"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="42"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1568"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26910"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1461"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38629"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="39"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="42516"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="46"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="44873"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="38"/>
+  </r>
+  <r>
+    <s v="11"/>
+    <s v="November"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2499846"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3415"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1366"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2467227"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3452"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1399"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2416311"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2761"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1926324"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2470"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1282"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1902449"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2558"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1345"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1872837"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2082"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1112"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="351753"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="601"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1709"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="343675"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="598"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1739"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="327163"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="445"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="39401"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="39515"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38167"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="215"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="79454"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1915"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="75195"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1397"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="71261"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1162"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="28986"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="83"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2872"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="28260"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="69"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2454"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26653"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2220"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8853"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2747"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8557"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3103"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8238"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="20"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2438"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26367"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="34"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1303"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26883"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1499"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26974"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="32"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1187"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38707"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="37"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="42694"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="44"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="1028"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="45018"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="31"/>
+  </r>
+  <r>
+    <s v="12"/>
+    <s v="December"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA16C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="691"/>
+  </r>
+</pivotCacheRecords>
 </file>