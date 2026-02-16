--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R325eb45872f64a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/008a1f8eb8e847ffa21698602370b09b.psmdcp" Id="R7fbded3d72534567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45c5d384df6c433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d31d5b5e0cc4debb201a62f61000999.psmdcp" Id="R559f96833cb54ec7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>