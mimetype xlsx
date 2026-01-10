--- v0 (2025-11-11)
+++ v1 (2026-01-10)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e44f7719f8f497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af059739b88744aebbcf780f03e67fdf.psmdcp" Id="R8b11e46469c24692" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red65aa34b76e4c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48147647a6054dd1a40788964fbb00ba.psmdcp" Id="R55c99dcf4b2f47f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>THA11</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Road Traffic Volumes</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>5/13/2020 11:00:00 AM</x:t>
+    <x:t>13/05/2020 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t xml:space="preserve">1. The </x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:i/>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Vehicle Population</x:t>
@@ -694,451 +694,180 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...399 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="C02875V03459" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="33">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+      </items>
+    </pivotField>
+    <pivotField name="Detailed Vehicle Type" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="33">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="5">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+      </items>
+    </pivotField>
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H496" totalsRowShown="0">
   <x:autoFilter ref="A1:H496"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="C02875V03459"/>
     <x:tableColumn id="2" name="Detailed Vehicle Type"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="STATISTIC"/>
     <x:tableColumn id="6" name="Statistic Label"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1407,51 +1136,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/THA11/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1640,51 +1369,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H496"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.139196" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.996339" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="26.710625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="10.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -14568,51 +14297,51 @@
       <x:c r="E496" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F496" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G496" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H496" s="0">
         <x:v>7884</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -14629,51 +14358,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H496" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="C02875V03459">
       <x:sharedItems count="33">
         <x:s v="-"/>
         <x:s v="10"/>
         <x:s v="20"/>
         <x:s v="30"/>
         <x:s v="31"/>
         <x:s v="32"/>
         <x:s v="33"/>
         <x:s v="40"/>
         <x:s v="41"/>
         <x:s v="42"/>
         <x:s v="43"/>
         <x:s v="44"/>
         <x:s v="45"/>
         <x:s v="50"/>
         <x:s v="51"/>
         <x:s v="52"/>
         <x:s v="53"/>
         <x:s v="60"/>
         <x:s v="70"/>
         <x:s v="71"/>
         <x:s v="72"/>
@@ -15188,27 +14917,4978 @@
         <x:n v="22922"/>
         <x:n v="790"/>
         <x:n v="21623"/>
         <x:n v="37784"/>
         <x:n v="475"/>
         <x:n v="12570"/>
         <x:n v="41404"/>
         <x:n v="562"/>
         <x:n v="13578"/>
         <x:n v="44215"/>
         <x:n v="470"/>
         <x:n v="10627"/>
         <x:n v="46160"/>
         <x:n v="413"/>
         <x:n v="8954"/>
         <x:n v="47906"/>
         <x:n v="378"/>
         <x:n v="7884"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2502429"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="43721"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="17472"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2479030"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="45110"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="18197"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2437699"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="42166"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="17297"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2419523"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="41681"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="17227"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2421798"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="40648"/>
+  </r>
+  <r>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="16784"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1932729"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="31450"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="16272"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1914924"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="33391"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="17437"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1890110"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="31734"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="16789"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1886421"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="31638"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="16771"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1896184"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="31076"/>
+  </r>
+  <r>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="16388"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="352239"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="7901"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="22432"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="344671"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="7855"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="22789"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="331779"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="6870"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="20707"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="319530"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="6546"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="20487"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="312866"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="6167"/>
+  </r>
+  <r>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19711"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38068"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="4186"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38741"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3472"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="38043"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="36531"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="35438"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37112"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="155"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="4185"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37895"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3474"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37291"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3239"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="35862"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="112"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3126"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="34794"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="31"/>
+    <s v="Cycle"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="767"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3284"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="642"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3047"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="559"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="2"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2934"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="522"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="32"/>
+    <s v="Cycle &amp; sidecar"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="2802"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="53"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="4902"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="4420"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3964"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="110"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3635"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="122"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="0"/>
+  </r>
+  <r>
+    <s v="33"/>
+    <s v="Tricycle &amp; other"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3269"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="79404"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="24452"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="76007"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="18019"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="72014"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="17536"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="70463"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="17480"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="70288"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="18633"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="68804"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1801"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="26178"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="66573"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19065"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="63951"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1182"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="18485"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="63222"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1161"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="18371"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="63493"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1246"/>
+  </r>
+  <r>
+    <s v="41"/>
+    <s v="Agricultural Tractor"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19617"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1419"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="35"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="24477"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1090"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="20521"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="15"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="20000"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="545"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19841"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="443"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="42"/>
+    <s v="Dumper"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="16300"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="5248"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="71"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="13516"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="4866"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="52"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="10758"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="4370"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="45"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="10313"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="41"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="10114"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="3916"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="40"/>
+  </r>
+  <r>
+    <s v="43"/>
+    <s v="Excavator/digger"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="10306"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2629"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="8520"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="2285"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="7177"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1898"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="13"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="6861"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1659"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="11"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="6744"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1548"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="10"/>
+  </r>
+  <r>
+    <s v="44"/>
+    <s v="Forklift"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="6666"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1304"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="9508"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1193"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="7762"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1060"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="7409"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="975"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="7285"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="887"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="45"/>
+    <s v="General haulage tractor"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="7038"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="29159"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="36758"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="28959"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="32630"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="27578"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="33804"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26042"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="37233"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="24779"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="34698"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="5713"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="36919"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="5345"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="34436"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="4701"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="33948"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="4061"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="152"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="37545"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="3587"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="124"/>
+  </r>
+  <r>
+    <s v="51"/>
+    <s v="Hackney"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="34506"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1001"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="25"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="25189"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="992"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="27"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="27153"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="959"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="22714"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="954"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="23504"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="1015"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="52"/>
+    <s v="Limousine"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="21259"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="22446"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="836"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="37232"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="22622"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="734"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="32443"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="21918"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="751"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="34258"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="21026"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="37796"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="20178"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="53"/>
+    <s v="Taxi"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="35408"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8636"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="35920"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8679"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="40255"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8373"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="36984"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8203"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="37578"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="36148"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="24409"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="16888"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="25644"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19670"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="25587"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="18129"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26173"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="17556"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26095"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="17427"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="51"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="15588"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="59"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="18830"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="63"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="16316"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="74"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="15698"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="1"/>
+  </r>
+  <r>
+    <s v="71"/>
+    <s v="Emergency rescue vehicle"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="14833"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="10828"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="13624"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="421"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="11413"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="428"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="10896"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="72"/>
+    <s v="Exempt diplomatic"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="10820"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="833"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="8902"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="10702"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="9993"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="891"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="8"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="9206"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="9"/>
+  </r>
+  <r>
+    <s v="73"/>
+    <s v="Exempt emergency services"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="9590"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="18442"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="321"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="17388"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="19565"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19734"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="19463"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="355"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="18218"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="19977"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="352"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="17639"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="20039"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="346"/>
+  </r>
+  <r>
+    <s v="74"/>
+    <s v="Exempt special vehicle"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="17268"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="4678"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="79"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="16876"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="4746"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="21571"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="4759"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19889"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="4803"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19383"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="4649"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="94"/>
+  </r>
+  <r>
+    <s v="75"/>
+    <s v="Exempt state owned"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="20284"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="199"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="3"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="16890"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="21439"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19688"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19176"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="4"/>
+  </r>
+  <r>
+    <s v="81"/>
+    <s v="Combine harvestor"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19896"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="802"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="5"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="5988"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="831"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="7"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="8490"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="6811"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="838"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="6608"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="863"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="6"/>
+  </r>
+  <r>
+    <s v="82"/>
+    <s v="Hearse"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="7022"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="735"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="12"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="16489"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="21183"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19262"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="849"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="16"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="18404"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="83"/>
+    <s v="Island vehicle"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19162"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="6672"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="148"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="22166"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="6121"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="132"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="21613"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="5765"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="18772"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="5512"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="98"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="17825"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="5332"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="93"/>
+  </r>
+  <r>
+    <s v="84"/>
+    <s v="Mobile machine"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="17430"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="8972"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="23803"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="9828"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="252"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="25687"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="10481"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="20924"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="10795"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="14814"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="10187"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="99"/>
+  </r>
+  <r>
+    <s v="85"/>
+    <s v="Motor caravan"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="9683"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="949"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19359"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="24"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="23576"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="19596"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="20501"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="872"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="86"/>
+    <s v="School bus"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="20684"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="18690"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="61"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3250"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="21743"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="4719"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="24368"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="80"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3275"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="26343"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="95"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="3607"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="28713"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="87"/>
+    <s v="Vintage/veteran"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="4276"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="765"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="14"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="18398"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="839"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="22"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="26290"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="816"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="19"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="23000"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="771"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="18"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="22922"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="790"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="17"/>
+  </r>
+  <r>
+    <s v="88"/>
+    <s v=" Youth community bus"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="21623"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="37784"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="12570"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="41404"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="13578"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="44215"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="10627"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="46160"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="8954"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C1"/>
+    <s v="Vehicle Population"/>
+    <s v="Number"/>
+    <n v="47906"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="Million"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="THA11C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="Kilometres"/>
+    <n v="7884"/>
+  </r>
+</pivotCacheRecords>
 </file>