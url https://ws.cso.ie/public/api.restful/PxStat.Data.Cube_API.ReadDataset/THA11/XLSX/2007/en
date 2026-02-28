--- v1 (2026-01-10)
+++ v2 (2026-02-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red65aa34b76e4c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48147647a6054dd1a40788964fbb00ba.psmdcp" Id="R55c99dcf4b2f47f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R499fc03bb6ae4b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d07aac7112854320a48b3bf5f70a5ec7.psmdcp" Id="R47ccf5e13fac4286" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>