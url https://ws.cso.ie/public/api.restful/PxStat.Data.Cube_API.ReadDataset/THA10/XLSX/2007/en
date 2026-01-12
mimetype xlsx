--- v0 (2025-11-09)
+++ v1 (2026-01-12)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf55bb636bad4c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb8a37f835c74ef78d11923a1fb23140.psmdcp" Id="Rbd78a91077084e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a5b912a44d24d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05598c37952a4810a933cfa39b5250ca.psmdcp" Id="Rd1f54df0581441ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>THA10</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Road Traffic Volumes</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>11/1/2024 11:00:00 AM</x:t>
+    <x:t>01/11/2024 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>1. Vehicle population represents annual average for each year.&lt;br&gt;2. The totals on this table may vary slightly due to rounding.&lt;br&gt;3. Vehicle kilometre estimates and average kilometre estimates for motorcycles, tractors and machinery maybe unreliable as minimal odometer data is available for these categories of vehicles.&lt;br&gt;4. Vehicle kilometre estimates and average kilometre estimates for private cars less than four years old are based on the extrapolated trends of older private cars (private cars less than 4 years are not subject to the NCT).&lt;br&gt;25 July 2023 - Missing data for 2019 added.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/THA10/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>TORTV</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Noreen Dorgan</x:t>
   </x:si>
@@ -493,411 +493,170 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...359 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="24">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="24">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+      </items>
+    </pivotField>
+    <pivotField name="C02875V03459" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField name="Type of Vehicle" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="9">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H649" totalsRowShown="0">
   <x:autoFilter ref="A1:H649"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C02875V03459"/>
     <x:tableColumn id="6" name="Type of Vehicle"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1166,51 +925,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/THA10/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1399,51 +1158,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H649"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.710625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="20.282054" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="10.424911" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>39</x:v>
@@ -18305,51 +18064,51 @@
       <x:c r="E649" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F649" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H649" s="0">
         <x:v>5304</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -18366,51 +18125,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H649" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="3">
         <x:s v="THA10C1"/>
         <x:s v="THA10C2"/>
         <x:s v="THA10C3"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="3">
         <x:s v="Vehicle Population"/>
         <x:s v="Kilometres Travelled"/>
         <x:s v="Average Kilometres Travelled"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="24">
         <x:s v="2000"/>
         <x:s v="2001"/>
         <x:s v="2002"/>
         <x:s v="2003"/>
         <x:s v="2004"/>
         <x:s v="2005"/>
         <x:s v="2006"/>
@@ -19116,27 +18875,6508 @@
         <x:n v="16261"/>
         <x:n v="15423"/>
         <x:n v="24131"/>
         <x:n v="2425"/>
         <x:n v="15628"/>
         <x:n v="35393"/>
         <x:n v="28872"/>
         <x:n v="14459"/>
         <x:n v="5691"/>
         <x:n v="15854"/>
         <x:n v="15196"/>
         <x:n v="22207"/>
         <x:n v="2648"/>
         <x:n v="15558"/>
         <x:n v="38785"/>
         <x:n v="35147"/>
         <x:n v="13865"/>
         <x:n v="5304"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="1666744"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1314059"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="199259"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="28489"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="74211"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="13983"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="6726"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="12448"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="17569"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="1748599"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1372672"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="214767"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="31589"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="73281"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="15799"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="6985"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="13744"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="19762"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="1833705"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1437985"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="228658"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="32835"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="73356"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="18215"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="7050"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="14851"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="20754"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="1918721"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1500123"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="244634"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="33920"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="74700"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="19947"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="7203"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="15909"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="22285"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2013113"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1568619"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="262323"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="34768"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="76061"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="21251"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="7373"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="17177"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="25541"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2115150"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1647331"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="280217"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="34373"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="76002"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="22315"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="7489"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="18672"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="28751"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2246988"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1746845"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="305743"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="34410"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="76908"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="23644"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="7771"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="20231"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="31436"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2400476"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1858906"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="335716"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="35841"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="78861"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="26139"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="8181"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="22348"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="34483"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2502429"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1932729"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="352239"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="38068"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="79404"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="29159"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="8636"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="24409"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="37784"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2479030"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1914924"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="344671"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="38741"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="76007"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="28959"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="8679"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="25644"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="41404"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2437699"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1890110"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="331779"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="38043"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="72014"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="27578"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="8373"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="25587"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="44215"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2419523"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1886421"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="319530"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="36531"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="70463"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="26042"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="8203"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="26173"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="46160"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2421798"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1896184"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="312866"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="35438"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="70288"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="24779"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="8241"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="26095"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="47906"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2463697"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1913939"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="312578"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="35670"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="85801"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="23605"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="8307"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="26164"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="57633"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2521433"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1950080"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="316687"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="36429"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="95593"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="22890"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="8637"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="26211"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="64906"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2573961"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="1992819"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="326277"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="36755"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="92367"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="22428"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="9019"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="27019"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="67278"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2631093"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="2038268"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="338431"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="37461"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="89237"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="21935"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="9539"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="27742"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="68479"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2684730"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="2079345"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="347447"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="39046"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="88378"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="21544"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="10090"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="28702"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="70178"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2729001"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="2117463"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="354458"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="39851"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="85820"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="21319"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="10695"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="29040"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="70355"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2790778"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="2168099"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="362699"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="41471"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="84170"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="21457"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="11206"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="29619"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="72057"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2848023"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="2211416"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="372145"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="43491"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="85504"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="19989"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="10833"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="29820"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="74824"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2901404"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="2248916"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="382144"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="45853"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="86469"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="18108"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="10639"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="29933"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="79342"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2927550"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="2266198"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="387723"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="47056"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="83780"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="17819"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="11380"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="30356"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="83238"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Number"/>
+    <n v="2983209"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Number"/>
+    <n v="2311503"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Number"/>
+    <n v="395129"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Number"/>
+    <n v="47938"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Number"/>
+    <n v="81559"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Number"/>
+    <n v="17894"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Number"/>
+    <n v="11934"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Number"/>
+    <n v="30978"/>
+  </r>
+  <r>
+    <s v="THA10C1"/>
+    <s v="Vehicle Population"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Number"/>
+    <n v="86275"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="30483"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="23072"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="4687"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="105"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1396"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="549"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="256"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="32272"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="24306"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="5095"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="118"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1390"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="626"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="268"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="248"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="33533"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="25192"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="5367"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="121"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1377"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="714"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="267"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="265"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="229"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="35606"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="26633"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="5819"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1421"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="792"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="277"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="287"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="249"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="38154"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="28418"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="6367"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="133"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1476"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="862"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="289"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="292"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="39777"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="29586"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="6743"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1463"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="897"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="291"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="341"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="41357"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="30660"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="7190"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1446"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="295"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="348"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="43368"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="31973"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="7736"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="130"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="391"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="374"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="43721"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="31450"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="7901"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1942"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="1072"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="475"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="45110"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="33391"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="7855"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="135"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1370"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="945"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="349"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="504"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="562"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="42166"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="31734"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="6870"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="123"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1263"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="932"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="310"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="470"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="41681"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="31638"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="6546"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1232"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="970"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="308"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="460"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="413"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="40648"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="31076"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="6167"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="106"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1310"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="860"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="298"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="378"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="41757"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="32031"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="6320"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1344"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="299"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="442"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="345"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="43832"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="32645"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="7259"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="103"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1647"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="309"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="561"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="45790"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="35020"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="7021"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="102"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1598"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="854"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="448"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="47775"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="36623"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="7410"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="104"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1577"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="409"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="48754"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="37181"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="7785"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="108"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="858"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="361"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="462"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="47545"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="35975"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="7891"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="109"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1485"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="842"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="407"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="47072"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="35453"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="8023"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1402"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="848"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="392"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="438"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="403"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="36237"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="26102"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="7283"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="101"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1289"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="552"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="271"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="327"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="312"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="41878"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="30216"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="8812"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="111"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1253"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="461"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="260"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="381"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="384"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="47604"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="34952"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="9356"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="114"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1309"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="631"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="439"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="474"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Million"/>
+    <n v="47296"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Million"/>
+    <n v="35126"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Million"/>
+    <n v="8775"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Million"/>
+    <n v="127"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Million"/>
+    <n v="1269"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Million"/>
+    <n v="694"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Million"/>
+    <n v="419"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Million"/>
+    <n v="430"/>
+  </r>
+  <r>
+    <s v="THA10C2"/>
+    <s v="Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Million"/>
+    <n v="458"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="18289"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="17558"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="23524"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="3702"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="18813"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="39289"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="38022"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="17872"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2000"/>
+    <s v="2000"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="11069"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="18456"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="17707"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="23724"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="3733"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="18973"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="39623"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="38345"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="18024"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2001"/>
+    <s v="2001"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="11164"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="18287"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="17519"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="23472"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="3694"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="18771"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="39202"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="37938"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="17833"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2002"/>
+    <s v="2002"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="11045"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="18557"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="17754"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="23786"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="3743"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="19022"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="39727"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="38446"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="18071"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2003"/>
+    <s v="2003"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="11193"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="18953"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="18117"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="24272"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="3820"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="19411"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="40539"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="39232"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="18441"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2004"/>
+    <s v="2004"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="11422"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="18806"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="17960"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="24063"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="3787"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="19243"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="40189"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="38893"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="18281"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2005"/>
+    <s v="2005"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="11323"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="18406"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="17552"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="23516"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="3701"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="18806"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="39275"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="38009"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="17866"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="11065"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="18067"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="17200"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="23044"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="3626"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="18429"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="38487"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="37246"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="17507"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="10844"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="17472"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="16272"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="22432"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="4186"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="24452"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="36758"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="35920"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="16888"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="12570"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="18197"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="17437"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="22789"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="3472"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="18019"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="32630"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="40255"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="19670"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="13578"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="17297"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="16789"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="20707"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="17536"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="33804"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="36984"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="18129"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="10627"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="17227"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="16771"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="20487"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="3125"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="17480"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="37233"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="37578"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="17556"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="8954"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="16784"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="16388"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="19711"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="18633"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="34698"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="36148"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="17427"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="7884"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="16949"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="16736"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="20220"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="2887"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="15665"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="36994"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="36014"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="16880"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="5981"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="17384"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="16740"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="22923"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="2835"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="17228"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="37041"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="35793"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="17519"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="8646"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="17790"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="17573"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="21519"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="2775"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="17298"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="38099"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="34662"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="16580"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="6442"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="18158"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="17968"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="21896"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="2770"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="17677"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="39443"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="34526"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="16498"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="5970"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="18160"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="17881"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="22407"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="2753"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="17826"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="39845"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="35795"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="16105"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="6025"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="17422"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="16990"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="22263"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="2731"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="17300"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="39501"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="36095"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="15490"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="5789"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="16867"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="16352"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="22121"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="2741"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="16653"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="39504"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="34965"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="14799"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="5592"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="12723"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="11803"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="19571"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="2328"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="15078"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="27626"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="24976"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="10953"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="4165"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="14434"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="13436"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="23059"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="2421"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="14489"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="25470"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="24469"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="12717"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="4841"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="16261"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="15423"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="24131"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="2425"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="15628"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="35393"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="28872"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="14459"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="5691"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="All vehicle types"/>
+    <s v="Kilometres"/>
+    <n v="15854"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="10"/>
+    <s v="Private cars"/>
+    <s v="Kilometres"/>
+    <n v="15196"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="20"/>
+    <s v="Goods vehicles"/>
+    <s v="Kilometres"/>
+    <n v="22207"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="30"/>
+    <s v="Motor cycles"/>
+    <s v="Kilometres"/>
+    <n v="2648"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="40"/>
+    <s v="Tractors &amp; Machinery"/>
+    <s v="Kilometres"/>
+    <n v="15558"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="50"/>
+    <s v="Small PSVs"/>
+    <s v="Kilometres"/>
+    <n v="38785"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="60"/>
+    <s v="Large PSVs"/>
+    <s v="Kilometres"/>
+    <n v="35147"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="70"/>
+    <s v="Exempt vehicles"/>
+    <s v="Kilometres"/>
+    <n v="13865"/>
+  </r>
+  <r>
+    <s v="THA10C3"/>
+    <s v="Average Kilometres Travelled"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="80"/>
+    <s v="Other vehicles"/>
+    <s v="Kilometres"/>
+    <n v="5304"/>
+  </r>
+</pivotCacheRecords>
 </file>