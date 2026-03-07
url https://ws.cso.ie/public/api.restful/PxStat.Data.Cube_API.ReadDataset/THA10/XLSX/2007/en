--- v1 (2026-01-12)
+++ v2 (2026-03-07)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a5b912a44d24d1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05598c37952a4810a933cfa39b5250ca.psmdcp" Id="Rd1f54df0581441ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01ecd10ec9ee403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/90056bffc10a49dc819dd20923e82849.psmdcp" Id="Rbb5ee4d6939b4ce2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>