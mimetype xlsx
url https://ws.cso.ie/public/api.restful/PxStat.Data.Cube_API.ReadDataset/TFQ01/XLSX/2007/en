--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R972ec1b86ff64751" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d14153c677a0453fbe0c91fcb4f89e38.psmdcp" Id="R13c52228ea3147bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5371c0547eff4063" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/905b683af7d54225a7eac43461e238e3.psmdcp" Id="R8c2c710ccd8d4574" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TFQ01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Road Freight Activity</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>8/28/2025 11:00:00 AM</x:t>
+    <x:t>28/08/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>Minor revisions to data in quarters 2 and 3 of 2023 on 2nd August 2024.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TFQ01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RFTSQ</x:t>
   </x:si>
   <x:si>
     <x:t>Road Freight Statistics - Quarterly Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -781,699 +781,242 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...647 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="8">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="4">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(Q1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="65">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+      </items>
+    </pivotField>
+    <pivotField name="Quarter" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="65">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+        <item x="19"/>
+        <item x="20"/>
+        <item x="21"/>
+        <item x="22"/>
+        <item x="23"/>
+        <item x="24"/>
+        <item x="25"/>
+        <item x="26"/>
+        <item x="27"/>
+        <item x="28"/>
+        <item x="29"/>
+        <item x="30"/>
+        <item x="31"/>
+        <item x="32"/>
+        <item x="33"/>
+        <item x="34"/>
+        <item x="35"/>
+        <item x="36"/>
+        <item x="37"/>
+        <item x="38"/>
+        <item x="39"/>
+        <item x="40"/>
+        <item x="41"/>
+        <item x="42"/>
+        <item x="43"/>
+        <item x="44"/>
+        <item x="45"/>
+        <item x="46"/>
+        <item x="47"/>
+        <item x="48"/>
+        <item x="49"/>
+        <item x="50"/>
+        <item x="51"/>
+        <item x="52"/>
+        <item x="53"/>
+        <item x="54"/>
+        <item x="55"/>
+        <item x="56"/>
+        <item x="57"/>
+        <item x="58"/>
+        <item x="59"/>
+        <item x="60"/>
+        <item x="61"/>
+        <item x="62"/>
+        <item x="63"/>
+        <item x="64"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01185V01410" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Business of Owner" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="6">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="7"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:H781" totalsRowShown="0">
   <x:autoFilter ref="A1:H781"/>
   <x:tableColumns count="8">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(Q1)"/>
     <x:tableColumn id="4" name="Quarter"/>
     <x:tableColumn id="5" name="C01185V01410"/>
     <x:tableColumn id="6" name="Business of Owner"/>
     <x:tableColumn id="7" name="UNIT"/>
     <x:tableColumn id="8" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1742,51 +1285,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TFQ01/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1975,51 +1518,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H781"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.853482" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.567768" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.282054" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="19.853482" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="9.853482" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>40</x:v>
@@ -22313,51 +21856,51 @@
       <x:c r="E781" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F781" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G781" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H781" s="0">
         <x:v>286</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -22374,51 +21917,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:H781" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="4">
         <x:s v="TFQ01C01"/>
         <x:s v="TFQ01C02"/>
         <x:s v="TFQ01C03"/>
         <x:s v="TFQ01C04"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="4">
         <x:s v="Tonne-Kilometre"/>
         <x:s v="Tonnes Carried"/>
         <x:s v="Laden Journeys"/>
         <x:s v="All Vehicle Kilometres"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(Q1)">
       <x:sharedItems count="65">
         <x:s v="20091"/>
         <x:s v="20092"/>
         <x:s v="20093"/>
         <x:s v="20094"/>
         <x:s v="20101"/>
@@ -23256,27 +22799,7828 @@
         <x:n v="451"/>
         <x:n v="217"/>
         <x:n v="478"/>
         <x:n v="241"/>
         <x:n v="237"/>
         <x:n v="528"/>
         <x:n v="246"/>
         <x:n v="281"/>
         <x:n v="469"/>
         <x:n v="243"/>
         <x:n v="226"/>
         <x:n v="459"/>
         <x:n v="240"/>
         <x:n v="440"/>
         <x:n v="220"/>
         <x:n v="599"/>
         <x:n v="313"/>
         <x:n v="286"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3519"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2116"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1403"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2900"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1785"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1114"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2666"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1510"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1156"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2985"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1853"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2705"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1613"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1091"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1814"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1192"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2727"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1004"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2487"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="896"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2589"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1722"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="867"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2620"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1691"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="929"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2572"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="763"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2160"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1391"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="769"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2627"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="776"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2571"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1796"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="775"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1718"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="762"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2218"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1498"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="720"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2293"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1618"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="675"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2552"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1710"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="843"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2342"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1654"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="688"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="1950"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1365"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="585"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2676"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1937"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="739"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2482"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1774"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2414"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1721"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="692"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2200"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="663"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2305"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1574"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="730"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2535"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1798"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="737"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2570"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="761"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2435"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1682"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="753"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2729"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1985"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="743"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2884"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2195"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="690"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2896"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2109"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3055"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2125"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="930"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2754"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1968"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="786"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2962"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2117"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="845"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3051"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2114"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="937"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2992"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2119"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="873"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2764"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1778"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3114"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2208"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="906"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2949"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2048"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="901"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1936"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="774"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2890"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2031"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="859"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3136"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2216"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="920"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3277"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2272"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1005"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2058"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2873"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1998"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="875"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2406"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1640"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="766"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3110"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2136"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2994"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2009"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="986"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2852"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="1878"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="973"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2228"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="998"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3326"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2303"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1023"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2179"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="903"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3048"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1016"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3364"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2358"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1006"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2969"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2084"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="2998"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2113"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="885"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2024"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1059"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3278"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2353"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="925"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3225"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="981"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3010"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2093"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="917"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3452"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2373"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1079"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3511"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2436"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1075"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3223"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2118"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1104"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3389"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2292"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1097"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="3939"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="2689"/>
+  </r>
+  <r>
+    <s v="TFQ01C01"/>
+    <s v="Tonne-Kilometre"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="1250"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="42164"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="19878"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="22285"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="37377"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="16555"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="20822"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="35612"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="15015"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="20598"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="33161"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="15028"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="18133"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="31746"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="14946"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="16800"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="34782"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="15897"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="18884"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="31635"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="14317"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="17318"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="27703"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="13678"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="14024"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="26243"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="12988"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="13255"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="28494"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="13613"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="14881"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="30064"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="15846"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="14219"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="25459"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="12393"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="13066"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="26750"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="14735"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="12015"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="27598"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="14737"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="12861"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="28603"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="15234"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="13369"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="25126"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="13630"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="11496"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="25739"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="14990"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="10749"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="30802"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="16508"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="14294"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="29498"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="16577"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="12920"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="22792"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="12823"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="9970"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="29303"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="17093"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="12210"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="28353"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="16262"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="12092"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="28831"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="16831"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="12000"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="26012"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="15054"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="10958"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="27041"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="14177"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="12864"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="29570"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="17523"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="12047"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="31810"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="18207"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="13602"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="29637"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="17066"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="12572"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="33008"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="19278"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="13730"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="35494"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="22273"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="13221"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="35882"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="22510"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="13372"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="37286"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="22909"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="14377"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="34946"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="20863"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="14083"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="39611"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="22685"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="16926"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="37050"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="21329"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="15720"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="35622"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="19680"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="15943"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="35589"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="18732"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="16857"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="40325"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="22169"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="18156"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="40983"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="22939"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="18044"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="33138"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="18822"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="14316"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="36579"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="21299"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="15280"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="42782"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="23922"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="18861"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="42061"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="23838"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="18223"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="37992"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="20284"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="17707"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="36596"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="20998"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="15598"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="30034"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="16110"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="13924"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="39771"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="20904"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="18867"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="34597"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="18350"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="16247"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="34343"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="18815"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="15528"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="39974"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="21971"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="18003"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="43184"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="25502"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="17683"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="37399"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="21446"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="15953"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="40764"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="22176"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="18588"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="40875"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="21346"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="19529"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="43366"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="25267"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="18099"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="39180"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="22522"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="16658"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="41766"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="22613"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="19153"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="45703"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="27094"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="18609"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="40639"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="23195"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="17443"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="37056"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="19758"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="17298"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="44724"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="24117"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="20607"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="42931"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="23457"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="19474"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="38507"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="19488"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="19019"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="39044"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="20675"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="18369"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="45292"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="25192"/>
+  </r>
+  <r>
+    <s v="TFQ01C02"/>
+    <s v="Tonnes Carried"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="20100"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3618"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1115"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2503"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3128"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="960"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2168"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2934"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="844"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2090"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2974"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="882"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2092"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2774"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="865"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1909"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3101"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="926"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2821"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="851"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1970"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2481"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="795"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1686"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2378"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="806"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1572"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2710"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="889"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1822"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2667"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="938"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1729"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2413"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="823"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1591"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2516"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="942"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1575"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2670"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="881"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1789"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2515"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="915"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1600"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2355"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="794"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1561"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2499"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="934"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1565"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2737"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="946"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1791"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2600"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1027"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1573"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2089"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="742"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1347"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2661"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1583"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2517"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="995"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2541"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="965"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1576"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2376"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="909"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1467"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2444"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="880"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1564"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2568"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1042"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1526"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2754"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1096"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1657"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2513"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="976"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1537"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3003"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1173"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1831"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3006"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1302"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3050"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1328"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1723"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3031"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1361"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3044"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1273"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1771"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3353"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1319"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2033"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3234"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1275"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1959"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3195"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1180"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2015"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3252"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1219"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2032"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3510"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1324"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2185"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3501"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1348"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2152"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3098"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1134"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1964"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3488"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1420"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2068"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3966"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1423"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2543"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3711"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1554"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2156"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3315"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2144"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1234"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2020"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2403"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="898"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1505"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3306"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1285"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2021"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="2812"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1058"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1753"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3242"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1143"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2099"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3191"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1272"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1919"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3601"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1455"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2146"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3058"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1249"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1809"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3539"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1341"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2198"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3516"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1235"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2281"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3344"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1438"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="1906"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3415"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1349"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2067"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3612"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1374"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2239"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3539"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1495"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2045"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3628"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1453"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2175"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3979"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1417"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2562"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="4207"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1539"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2668"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3689"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1519"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2171"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3254"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1224"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2030"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="3486"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2244"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Thousand"/>
+    <n v="4549"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Thousand"/>
+    <n v="1704"/>
+  </r>
+  <r>
+    <s v="TFQ01C03"/>
+    <s v="Laden Journeys"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Thousand"/>
+    <n v="2845"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20091"/>
+    <s v="2009Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="255"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="379"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="160"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20092"/>
+    <s v="2009Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="360"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="139"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20093"/>
+    <s v="2009Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="411"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="175"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20094"/>
+    <s v="2009Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20101"/>
+    <s v="2010Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="400"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20102"/>
+    <s v="2010Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="236"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="366"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20103"/>
+    <s v="2010Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="329"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="150"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20104"/>
+    <s v="2010Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20111"/>
+    <s v="2011Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="363"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="166"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20112"/>
+    <s v="2011Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="197"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="340"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20113"/>
+    <s v="2011Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="304"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20114"/>
+    <s v="2011Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="350"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20121"/>
+    <s v="2012Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="173"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20122"/>
+    <s v="2012Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="164"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20123"/>
+    <s v="2012Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="170"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20124"/>
+    <s v="2012Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="318"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20131"/>
+    <s v="2013Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="338"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="156"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20132"/>
+    <s v="2013Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="181"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="330"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="171"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20133"/>
+    <s v="2013Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="276"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="134"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20134"/>
+    <s v="2013Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="141"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="347"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="186"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20141"/>
+    <s v="2014Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="161"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="334"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="176"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20142"/>
+    <s v="2014Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="323"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="165"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20143"/>
+    <s v="2014Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="303"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="149"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20144"/>
+    <s v="2014Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="316"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="154"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20151"/>
+    <s v="2015Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="326"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="169"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20152"/>
+    <s v="2015Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="157"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="344"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="180"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20153"/>
+    <s v="2015Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="163"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="317"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="158"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20154"/>
+    <s v="2015Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="159"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20161"/>
+    <s v="2016Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="193"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="386"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20162"/>
+    <s v="2016Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="177"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="393"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20163"/>
+    <s v="2016Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="394"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20164"/>
+    <s v="2016Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="373"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20171"/>
+    <s v="2017Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="183"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20172"/>
+    <s v="2017Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="395"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20173"/>
+    <s v="2017Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="204"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20174"/>
+    <s v="2017Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="208"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="385"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="184"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20181"/>
+    <s v="2018Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="201"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="420"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20182"/>
+    <s v="2018Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="423"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="209"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20183"/>
+    <s v="2018Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="371"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20184"/>
+    <s v="2018Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="179"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="418"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20191"/>
+    <s v="2019Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="450"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20192"/>
+    <s v="2019Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="454"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="238"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20193"/>
+    <s v="2019Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="412"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="192"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20194"/>
+    <s v="2019Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="405"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="189"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20201"/>
+    <s v="2020Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="305"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="144"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20202"/>
+    <s v="2020Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="162"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="401"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="194"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20203"/>
+    <s v="2020Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="206"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="377"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="187"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20204"/>
+    <s v="2020Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="417"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="190"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20211"/>
+    <s v="2021Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="227"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="426"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="211"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20212"/>
+    <s v="2021Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="216"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="455"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20213"/>
+    <s v="2021Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="232"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="387"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="205"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20214"/>
+    <s v="2021Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="182"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="468"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="223"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20221"/>
+    <s v="2022Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="245"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="464"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20222"/>
+    <s v="2022Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="250"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="422"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="207"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20223"/>
+    <s v="2022Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="214"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="433"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="222"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20224"/>
+    <s v="2022Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="210"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="441"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="202"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20231"/>
+    <s v="2023Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="239"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="453"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="233"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20232"/>
+    <s v="2023Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="221"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="451"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="234"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20233"/>
+    <s v="2023Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="217"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="478"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="241"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20234"/>
+    <s v="2023Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="237"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="528"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="246"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20241"/>
+    <s v="2024Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="281"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="469"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="243"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20242"/>
+    <s v="2024Q2"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="226"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="459"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20243"/>
+    <s v="2024Q3"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="240"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="440"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="219"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20244"/>
+    <s v="2024Q4"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="220"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="-"/>
+    <s v="All business activities"/>
+    <s v="Million"/>
+    <n v="599"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="A"/>
+    <s v="Transport"/>
+    <s v="Million"/>
+    <n v="313"/>
+  </r>
+  <r>
+    <s v="TFQ01C04"/>
+    <s v="All Vehicle Kilometres"/>
+    <s v="20251"/>
+    <s v="2025Q1"/>
+    <s v="L"/>
+    <s v="Other"/>
+    <s v="Million"/>
+    <n v="286"/>
+  </r>
+</pivotCacheRecords>
 </file>