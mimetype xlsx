--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5371c0547eff4063" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/905b683af7d54225a7eac43461e238e3.psmdcp" Id="R8c2c710ccd8d4574" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8d914167d3e4334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8696e2fa735a4cbb934e4a545f8ad8d7.psmdcp" Id="Re4d95abe3f754b72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TFQ01</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Road Freight Activity</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Quarterly</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>28/08/2025 11:00:00</x:t>
+    <x:t>30/01/2026 16:30:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
-    <x:t>Minor revisions to data in quarters 2 and 3 of 2023 on 2nd August 2024.</x:t>
+    <x:t>Minor revisions to data in quarters 2 and 3 of 2023 on 2nd August 2024. &lt;br&gt; &lt;br&gt;30 January 2026 - Road Freight Transport Survey data for Quarter 1 (Q1) 2025 under review.&lt;br&gt;Following a review of the Road Freight Survey (RFS) release for Q1 2025, which was published on 28 August 2025, significant processing and compilation issues were identified. Consequently, the statistics relating to Q1 2025 presented in RFS Q1 2025 are currently under review and will be re-released. Users of this data should exercise caution as major revisions are expected.&lt;br&gt;The updated statistics will be released alongside the Q2 2025 RFS release, scheduled for publication on 05 February 2026. Additional information on any revisions will be provided at that time.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TFQ01/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RFTSQ</x:t>
   </x:si>
   <x:si>
     <x:t>Road Freight Statistics - Quarterly Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
   <x:si>
     <x:t>Noreen Dorgan</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
@@ -113,54 +113,54 @@
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>CSO</x:t>
   </x:si>
   <x:si>
     <x:t>Central Statistics Office, Ireland</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cso.ie/</x:t>
   </x:si>
   <x:si>
     <x:t>Properties</x:t>
   </x:si>
   <x:si>
     <x:t>Official Statistics</x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Exceptional</x:t>
   </x:si>
   <x:si>
-    <x:t>No</x:t>
+    <x:t>Archived</x:t>
   </x:si>
   <x:si>
-    <x:t>Archived</x:t>
+    <x:t>No</x:t>
   </x:si>
   <x:si>
     <x:t>Analytical</x:t>
   </x:si>
   <x:si>
     <x:t>Frontier Series</x:t>
   </x:si>
   <x:si>
     <x:t>Language</x:t>
   </x:si>
   <x:si>
     <x:t>ISO Code</x:t>
   </x:si>
   <x:si>
     <x:t>en</x:t>
   </x:si>
   <x:si>
     <x:t>ISO Name</x:t>
   </x:si>
   <x:si>
     <x:t>English</x:t>
   </x:si>
   <x:si>
     <x:t>STATISTIC</x:t>
   </x:si>
@@ -1454,75 +1454,75 @@
         <x:v>11</x:v>
       </x:c>
       <x:c r="B28" s="5" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B30" s="2"/>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="2"/>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>