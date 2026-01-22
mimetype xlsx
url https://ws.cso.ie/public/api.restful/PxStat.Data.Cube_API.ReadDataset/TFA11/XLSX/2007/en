--- v0 (2025-11-13)
+++ v1 (2026-01-22)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79bac30a72754fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c6e6b9bf40d4c16945f75ca6e3ec775.psmdcp" Id="Rf59b3aedb1674868" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a2ce34d5674e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d23356923ae5435aaaee74ddd845f460.psmdcp" Id="R846fd37146694172" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="About" sheetId="2" r:id="rId2"/>
-[...1 lines deleted...]
-    <x:sheet name="Pivoted" sheetId="11" r:id="rId11"/>
+    <x:sheet name="About" sheetId="1" r:id="rId2"/>
+    <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
+    <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TFA11</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Road Freight Transport Activity</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>6/25/2025 11:00:00 AM</x:t>
+    <x:t>25/06/2025 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/transport/roadfreighttransportsurvey/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TFA11/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RFTSA</x:t>
   </x:si>
   <x:si>
     <x:t>Road Freight Statistics - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>
@@ -466,379 +466,168 @@
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip r:embed="rId8" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="3971925" cy="1381125"/>
         </a:xfrm>
         <a:prstGeom prst="rect"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/pivotTables/_rels/pivotTable.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheDefinition" Target="/pivotCache/pivotCacheDefinition1.xml" Id="rId17" /></Relationships>
 </file>
 
 <file path=xl/pivotTables/pivotTable.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotTableDefinition xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" dataCaption="Values" showError="0" missingCaption="" showMissing="1" pageWrap="0" pageOverThenDown="0" rowGrandTotals="0" colGrandTotals="0" indent="1">
-[...327 lines deleted...]
-</x:pivotTableDefinition>
+<pivotTableDefinition xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" name="Pivoted" cacheId="0" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0" dataCaption="Values" rowGrandTotals="0" colGrandTotals="0" outline="1">
+  <location ref="A1" firstHeaderRow="0" firstDataRow="0" firstDataCol="0"/>
+  <pivotFields count="10">
+    <pivotField name="STATISTIC" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="Statistic Label" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="2">
+        <item x="0"/>
+        <item x="1"/>
+      </items>
+    </pivotField>
+    <pivotField name="TLIST(A1)" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="Year" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="19">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+        <item x="6"/>
+        <item x="7"/>
+        <item x="8"/>
+        <item x="9"/>
+        <item x="10"/>
+        <item x="11"/>
+        <item x="12"/>
+        <item x="13"/>
+        <item x="14"/>
+        <item x="15"/>
+        <item x="16"/>
+        <item x="17"/>
+        <item x="18"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01832V02250" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="Main use of Vehicle" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="3">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+      </items>
+    </pivotField>
+    <pivotField name="C01194V01430" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField name="Unladen Weight" axis="axisRow" showAll="0" defaultSubtotal="0">
+      <items count="6">
+        <item x="0"/>
+        <item x="1"/>
+        <item x="2"/>
+        <item x="3"/>
+        <item x="4"/>
+        <item x="5"/>
+      </items>
+    </pivotField>
+    <pivotField showAll="0"/>
+    <pivotField dataField="1" showAll="0"/>
+  </pivotFields>
+  <rowFields count="8">
+    <field x="0"/>
+    <field x="1"/>
+    <field x="2"/>
+    <field x="3"/>
+    <field x="4"/>
+    <field x="5"/>
+    <field x="6"/>
+    <field x="7"/>
+  </rowFields>
+  <dataFields count="1">
+    <dataField name="VALUE" fld="9"/>
+  </dataFields>
+  <pivotTableStyleInfo name="PivotStyleLight16" showRowHeaders="1" showColHeaders="1"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{962EF5D1-5CA2-4c93-8EF4-DBF5C05439D2}">
+      <x14:pivotTableDefinition enableEdit="0" hideValuesRow="1"/>
+    </ext>
+  </extLst>
+</pivotTableDefinition>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Unpivoted" displayName="Unpivoted" ref="A1:J685" totalsRowShown="0">
   <x:autoFilter ref="A1:J685"/>
   <x:tableColumns count="10">
     <x:tableColumn id="1" name="STATISTIC"/>
     <x:tableColumn id="2" name="Statistic Label"/>
     <x:tableColumn id="3" name="TLIST(A1)"/>
     <x:tableColumn id="4" name="Year"/>
     <x:tableColumn id="5" name="C01832V02250"/>
     <x:tableColumn id="6" name="Main use of Vehicle"/>
     <x:tableColumn id="7" name="C01194V01430"/>
     <x:tableColumn id="8" name="Unladen Weight"/>
     <x:tableColumn id="9" name="UNIT"/>
     <x:tableColumn id="10" name="VALUE"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1109,51 +898,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TFA11/XLSX/2007/en" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cso.ie/" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotTable" Target="/xl/pivotTables/pivotTable.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="100.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B8" s="2"/>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>2</x:v>
@@ -1342,51 +1131,51 @@
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:hyperlinks>
     <x:hyperlink ref="B14" r:id="rId13"/>
     <x:hyperlink ref="B28" r:id="rId14"/>
   </x:hyperlinks>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J685"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.424911" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.282054" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.996339" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="16.139196" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="39.567768" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="16.139196" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="20.710625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.282054" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -23296,51 +23085,51 @@
       <x:c r="G685" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H685" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I685" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J685" s="0">
         <x:v>9904</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId15"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>About</vt:lpstr>
       <vt:lpstr>Unpivoted</vt:lpstr>
       <vt:lpstr>Pivoted</vt:lpstr>
@@ -23357,51 +23146,51 @@
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
 </ap:Properties>
 </file>
 
 <file path=pivotCache/_rels/pivotCacheDefinition1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/pivotCacheRecords" Target="/pivotCache/pivotCacheRecords1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=pivotCache/pivotCacheDefinition1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:pivotCacheDefinition xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" r:id="rId1" saveData="1" refreshOnLoad="1" createdVersion="5" refreshedVersion="5" minRefreshableVersion="3">
   <x:cacheSource type="worksheet">
-    <x:worksheetSource ref="A1:J685" sheet="Unpivoted"/>
+    <x:worksheetSource name="Unpivoted"/>
   </x:cacheSource>
   <x:cacheFields>
     <x:cacheField name="STATISTIC">
       <x:sharedItems count="2">
         <x:s v="TFA11C1"/>
         <x:s v="TFA11C2"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="Statistic Label">
       <x:sharedItems count="2">
         <x:s v="Average Count of Road Freight Vehicles"/>
         <x:s v="Average Count of Relevant Road Freight Vehicles"/>
       </x:sharedItems>
     </x:cacheField>
     <x:cacheField name="TLIST(A1)">
       <x:sharedItems count="19">
         <x:s v="2006"/>
         <x:s v="2007"/>
         <x:s v="2008"/>
         <x:s v="2009"/>
         <x:s v="2010"/>
         <x:s v="2011"/>
         <x:s v="2012"/>
         <x:s v="2013"/>
         <x:s v="2014"/>
@@ -24056,27 +23845,8236 @@
         <x:n v="5148"/>
         <x:n v="9145"/>
         <x:n v="82942"/>
         <x:n v="47192"/>
         <x:n v="4035"/>
         <x:n v="5667"/>
         <x:n v="8694"/>
         <x:n v="17354"/>
         <x:n v="17015"/>
         <x:n v="665"/>
         <x:n v="3159"/>
         <x:n v="7451"/>
         <x:n v="65927"/>
         <x:n v="43076"/>
         <x:n v="3371"/>
         <x:n v="4041"/>
         <x:n v="5535"/>
         <x:n v="9904"/>
       </x:sharedItems>
     </x:cacheField>
   </x:cacheFields>
 </x:pivotCacheDefinition>
 </file>
 
 <file path=pivotCache/pivotCacheRecords1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<pivotCacheRecords xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="xr">
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="87135"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="46927"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="8205"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="8521"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="13337"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="10144"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="21006"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="4283"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="2861"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7207"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5075"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="66129"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="42643"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="6626"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5661"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6130"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5069"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="97752"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="56639"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="7362"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="8599"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="13686"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="11465"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="21703"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="4479"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="1330"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="2764"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7407"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5724"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="76049"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="52160"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="6032"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5835"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6280"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5742"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="97640"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="56948"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="6903"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="8006"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="12316"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="13468"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="21827"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="4390"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="1238"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="2498"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6745"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6957"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="75813"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="52558"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5665"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5508"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5571"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6511"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="87616"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="53769"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="6204"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="6568"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="9813"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="11262"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="17566"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="3447"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="1135"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="2016"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5203"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5764"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="70051"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="50322"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5069"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4551"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4610"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5498"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="84025"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="53579"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5732"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5998"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8645"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="10071"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="11346"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="72679"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="51909"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5014"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4681"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5138"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5937"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="81178"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="52928"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5354"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7788"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="9633"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="11179"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="69999"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="50932"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4676"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4233"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4792"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5366"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="79971"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="52942"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5068"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5237"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7261"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="9463"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="10777"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="69194"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="50954"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4478"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4049"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4494"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5220"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="76967"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="51278"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4803"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4950"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6820"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="9116"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="10429"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4060"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="66538"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="49307"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4196"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3735"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4245"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5055"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="83650"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="56047"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5164"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5153"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6953"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="10333"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="11063"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4527"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="72586"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="53877"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4531"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3959"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4413"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5806"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="87094"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="59829"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4869"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5121"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7208"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="10067"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="11736"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4531"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="75358"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="57188"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4170"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3950"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4514"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5536"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="98656"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="68107"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5087"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5629"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7945"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="11887"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="13804"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5459"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="84852"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="65111"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4273"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4062"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4977"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6428"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="108479"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="75734"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5247"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5999"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8457"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="13042"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="12815"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="3071"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5568"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="95663"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="73653"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4539"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4611"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5386"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7474"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="118032"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="83855"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5211"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="6247"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8425"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="14294"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="13415"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5802"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="104617"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="81199"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4478"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4725"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5723"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8492"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="128434"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="92964"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5237"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="6406"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8501"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="15325"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="14630"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6132"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="113804"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="89491"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4609"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4827"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5683"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="9194"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="137617"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="101407"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4890"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="6675"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8513"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="16134"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="12287"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="1963"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6048"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="125331"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="99444"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4395"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5215"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6191"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="10085"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="151284"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="113530"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5017"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="6651"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8566"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="17519"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="13959"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="2591"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2493"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6869"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="137325"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="110939"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4426"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5238"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6073"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="10650"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="162646"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="123627"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4897"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="6817"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8992"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="18313"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="15279"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="3104"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7107"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="147367"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="120524"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4334"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4967"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6336"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="11206"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="173831"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="133773"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4736"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="7023"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="9216"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="19081"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="15930"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2401"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7117"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="157900"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="129590"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4121"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5410"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6816"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="11964"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="186023"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="144493"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5236"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="6677"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="10052"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="19565"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="17057"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="4116"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="673"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7464"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="168966"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="140377"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4563"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5052"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6873"/>
+  </r>
+  <r>
+    <s v="TFA11C1"/>
+    <s v="Average Count of Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="12101"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="67203"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="29853"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="6951"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="7780"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="12747"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="9872"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="20199"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="3696"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="1468"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="2803"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7156"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5076"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="47003"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="26157"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5482"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4977"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5591"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2006"/>
+    <s v="2006"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4796"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="70953"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="33371"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5900"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="7680"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="13001"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="11001"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="20813"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="3773"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="1274"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="2708"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7344"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5714"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="50140"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="29599"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4626"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4972"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5657"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2007"/>
+    <s v="2007"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5287"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="66943"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="30767"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="5323"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="6837"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="11361"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="12654"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="20118"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="3388"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="1132"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="2243"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6515"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6840"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="46825"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="27379"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4191"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4595"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4846"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2008"/>
+    <s v="2008"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5814"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="59694"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="29303"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4932"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5815"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="9087"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="10556"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="16343"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="2707"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="1078"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1913"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5028"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5617"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="43351"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="26597"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3854"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3902"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4059"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2009"/>
+    <s v="2009"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4939"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="58669"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="31164"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4509"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5362"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8109"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="9524"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="11346"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="1670"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="718"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1317"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="47322"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="29495"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3791"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4045"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4602"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2010"/>
+    <s v="2010"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5390"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="56418"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="31271"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4089"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4915"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7224"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8919"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="11179"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="1996"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="678"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1242"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4267"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="45239"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="29275"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3411"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3673"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4228"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2011"/>
+    <s v="2011"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4652"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="55578"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="31559"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3970"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4600"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6699"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8750"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="10777"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="1988"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1188"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4243"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="44801"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="29572"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3379"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3412"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="3933"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2012"/>
+    <s v="2012"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4506"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="51444"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="29175"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3651"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4297"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6126"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8195"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="10429"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="1971"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="606"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1215"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2576"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4060"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="41015"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="27204"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3045"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3082"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="3550"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2013"/>
+    <s v="2013"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4135"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="47474"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="25688"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3422"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3961"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5778"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8625"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="11063"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="2170"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="633"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1194"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2539"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4527"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="36411"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="23518"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="2789"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="2767"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="3238"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2014"/>
+    <s v="2014"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4098"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="44970"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="23377"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3178"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3926"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6055"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8434"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="11736"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="2641"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="698"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1171"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2694"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4531"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="33235"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="20736"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="2480"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="2755"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="3361"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2015"/>
+    <s v="2015"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="3903"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="53093"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="27299"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3684"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4718"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6873"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="10520"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="13802"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="2996"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="814"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1567"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2968"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5457"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="39291"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="24303"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="2870"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3151"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="3905"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2016"/>
+    <s v="2016"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5063"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="55446"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="28533"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3516"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4969"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7265"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="11163"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="12815"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="2080"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="709"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1388"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="3071"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5568"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="42631"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="26453"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="2807"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3582"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4194"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2017"/>
+    <s v="2017"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5595"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="58326"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="30893"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3462"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4970"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6994"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="12007"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="13415"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="733"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1522"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2702"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5802"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="44912"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="28238"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="2729"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3448"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4293"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2018"/>
+    <s v="2018"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6204"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="61819"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="33261"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3513"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5181"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7101"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="12761"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="14630"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="3473"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="629"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1579"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2818"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6132"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="47189"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="29788"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="2885"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3603"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4283"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2019"/>
+    <s v="2019"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6630"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="64440"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="35171"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3324"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5279"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7106"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="13560"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="12287"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="1963"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="494"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1459"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2322"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6048"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="52153"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="33208"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="2830"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3820"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4783"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2020"/>
+    <s v="2020"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7512"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="61601"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="30485"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3507"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5475"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7279"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="14855"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="13899"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="2540"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="591"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1414"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2488"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="6865"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="47702"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="27944"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="2916"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4061"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4790"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2021"/>
+    <s v="2021"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7990"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="68353"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="36346"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3409"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5482"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7593"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="15524"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="15265"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="3104"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="563"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1850"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2655"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7093"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="53088"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="33242"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="2846"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="3632"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="4937"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2022"/>
+    <s v="2022"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8431"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="73442"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="39967"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3716"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5953"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7548"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="16258"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="15926"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="4183"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="616"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1614"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="2401"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7113"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="57516"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="35784"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3100"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4340"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5148"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2023"/>
+    <s v="2023"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="9145"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="82942"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="47192"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="4035"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="5667"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="8694"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="-"/>
+    <s v="Main use (own account and hire or reward)"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="17354"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="17015"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="4116"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="665"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="1625"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="3159"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="1"/>
+    <s v="Hire or reward"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="7451"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="-"/>
+    <s v="All unladen weights kg"/>
+    <s v="Number"/>
+    <n v="65927"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="1"/>
+    <s v="2,000 - 5000 kgs"/>
+    <s v="Number"/>
+    <n v="43076"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="2"/>
+    <s v="5,001 - 7,500 kgs"/>
+    <s v="Number"/>
+    <n v="3371"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="3"/>
+    <s v="7,501 - 10,000 kgs"/>
+    <s v="Number"/>
+    <n v="4041"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="4"/>
+    <s v="10,001 - 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="5535"/>
+  </r>
+  <r>
+    <s v="TFA11C2"/>
+    <s v="Average Count of Relevant Road Freight Vehicles"/>
+    <s v="2024"/>
+    <s v="2024"/>
+    <s v="2"/>
+    <s v="Own account"/>
+    <s v="5"/>
+    <s v="Over 12,500 kgs"/>
+    <s v="Number"/>
+    <n v="9904"/>
+  </r>
+</pivotCacheRecords>
 </file>