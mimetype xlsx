--- v1 (2026-01-22)
+++ v2 (2026-03-11)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/pivotCache/pivotCacheDefinition1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheDefinition+xml"/>
   <Override PartName="/pivotCache/pivotCacheRecords1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotCacheRecords+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a2ce34d5674e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d23356923ae5435aaaee74ddd845f460.psmdcp" Id="R846fd37146694172" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0fe564e5fda4aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd54ba90e09b4d7498602088b9bf4022.psmdcp" Id="R648ea7029ebb4842" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="About" sheetId="1" r:id="rId2"/>
     <x:sheet name="Unpivoted" sheetId="2" r:id="rId9"/>
     <x:sheet name="Pivoted" sheetId="3" r:id="rId11"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
   <x:pivotCaches>
     <x:pivotCache cacheId="0" r:id="rId12"/>
   </x:pivotCaches>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Table</x:t>
   </x:si>
   <x:si>
     <x:t>Code</x:t>
   </x:si>
   <x:si>
     <x:t>TFA11</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Road Freight Transport Activity</x:t>
   </x:si>
   <x:si>
     <x:t>Frequency</x:t>
   </x:si>
   <x:si>
     <x:t>Annual</x:t>
   </x:si>
   <x:si>
     <x:t>Last Updated</x:t>
   </x:si>
   <x:si>
-    <x:t>25/06/2025 11:00:00</x:t>
+    <x:t>03/02/2026 11:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t>For more information, please go to the statistical release page(https://www.cso.ie/en/statistics/transport/roadfreighttransportsurvey/) on our website.</x:t>
   </x:si>
   <x:si>
     <x:t>Url</x:t>
   </x:si>
   <x:si>
     <x:t>https://ws.cso.ie/public/api.restful/PxStat.Data.Cube_API.ReadDataset/TFA11/XLSX/2007/en</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>
     <x:t>RFTSA</x:t>
   </x:si>
   <x:si>
     <x:t>Road Freight Statistics - Annual Series</x:t>
   </x:si>
   <x:si>
     <x:t>Contacts</x:t>
   </x:si>